--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -10,9617 +10,9809 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7637" uniqueCount="3181">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7805" uniqueCount="3245">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>1208</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>POL</t>
+  </si>
+  <si>
+    <t>Portaria do Legislativo</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2026/1208/portaria_no_012_26-02-2026.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE CONCESSÃO DE INDENIZAÇÃO MEDIANTE CONVERSÃO EM PECÚNIA QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1200</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2026/1200/portaria_no_011_24-02-2026.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CONCESSÃO DE FÉRIAS REGULAMENTAR QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1199</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2026/1199/portaria_no_010_24-02-2026.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CONCESSÃO DE INDENIZAÇÃO MEDIANTE CONVERSÃO EM PECÚNIA QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1198</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2026/1198/portaria_no_009_23-02-2026.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CONCESSÃO DE QUINQUÊNIO QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1205</t>
+  </si>
+  <si>
+    <t>537</t>
+  </si>
+  <si>
+    <t>L</t>
+  </si>
+  <si>
+    <t>Lei</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2026/1205/lei_no_537_13-02-2026.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A REVISÃO DOS SUBSÍDIOS DOS VEREADORES DA CÂMARA MUNICIPAL DE NATALÂNDIA.</t>
+  </si>
+  <si>
+    <t>1204</t>
+  </si>
+  <si>
+    <t>536</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2026/1204/lei_no_536_13-02-2026.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE REVISÃO ANUAL DOS VENCIMENTOS DOS SERVIDORES DA CÂMARA DE NATALÂNDIA.</t>
+  </si>
+  <si>
+    <t>1203</t>
+  </si>
+  <si>
+    <t>535</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2026/1203/lei_no_535_13-02-2026.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE REVISÃO GERAL ANUAL DA REMUNERAÇÃO DOS SERVIDORES DO PODER  EXECUTIVO DO MUNICÍPIO DE NATALÂNDIA-MG.</t>
+  </si>
+  <si>
+    <t>1202</t>
+  </si>
+  <si>
+    <t>534</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2026/1202/lei_no_534_13-02-2026.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A ATUALIZAÇÃO MONETÁRIA DOS SUBSÍDIOS DO PREFEITO, VICE-PREFEITO E DOS SECRETÁRIOS MUNICIPAIS.</t>
+  </si>
+  <si>
+    <t>1197</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2026/1197/portaria_no_008_13-02-2026.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A ATUALIZAÇÃO DOS VENCIMENTOS DOS SERVIDORES, AGENTES POLÍTICOS E FUNÇÕES GRATIFICADAS DA CÂMARA MUNICIPAL DE NATALÂNDIA/MG, EM DECORRÊNCIA DE REAJUSTE LEGAL PARA O EXERCÍCIO DE 2026.</t>
+  </si>
+  <si>
+    <t>1196</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2026/1196/portaria_no_007_13-02-2026.pdf</t>
+  </si>
+  <si>
+    <t>1195</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2026/1195/portaria_no_006_13-02-2026.pdf</t>
+  </si>
+  <si>
+    <t>1194</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2026/1194/portaria_no_005_03-02-2026.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CONSTITUIÇÃO DE COMISSÕES PERMANENTES DA CÂMARA MUNICIPAL DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>1193</t>
   </si>
   <si>
-    <t>2026</t>
-[...1 lines deleted...]
-  <si>
     <t>4</t>
   </si>
   <si>
-    <t>POL</t>
-[...5 lines deleted...]
-    <t>https://sapl.natalandia.mg.leg.br/media/</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/</t>
   </si>
   <si>
     <t>DESIGNA GESTOR E FISCAL DE CONTRATOS ADMINISTRATIVOS NO ÂMBITO DA CÂMARA MUNICIPAL DE NATALÂNDIA-MG.</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2026/1192/portaria_no_003_06-01-2026.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2026/1192/portaria_no_003_06-01-2026.pdf</t>
   </si>
   <si>
     <t>DESIGNA SERVIDORES PARA ATUAR COMO AGENTE DE CONTRATAÇÃO E COMO MEMBROS DA COMISSÃO DE CONTRATAÇÃO E DA EQUIPE DE APOIO, DE ACORDO COM A LEI FEDERAL Nº 14.133, DE 1º DE ABRIL DE 2021.</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2026/1191/portaria_no_002_06-01-2026.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2026/1191/portaria_no_002_06-01-2026.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROCESSO DE PAGAMENTO DE DESPESAS DA CÂMARA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2026/1190/portaria_no_001_06-01-2026.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2026/1190/portaria_no_001_06-01-2026.pdf</t>
   </si>
   <si>
     <t>NOMEIA MEMBROS DA MESA DIRETORA PARA O EXERCÍCIO DE 2026.</t>
   </si>
   <si>
+    <t>1217</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>533</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1217/lei_no_533_17-12-2025.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A LEI Nº 315, DE 24 DE JUNHO DE 2015, QUE "ESTABELECE NORMAS PARA REGULAMENTAR O FUNCIONAMENTO, REMUNERAÇÃO, COMPOSIÇÃO E ORGANIZAÇÃO DO CONSELHO TUTELAR DO MUNICÍPIO DE NATALÂNDIA, DISCIPLINA O PROCESSO DE ESCOLHA DOS CONSELHEIROS, INCLUSIVE REGRAS DE TRANSIÇÃO E ADEQUAÇÃO AO PROCESSO UNIFICADO, E DÁ OUTRAS PROVIDÊNCIAS".</t>
+  </si>
+  <si>
     <t>1189</t>
   </si>
   <si>
-    <t>2025</t>
-[...1 lines deleted...]
-  <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1189/portaria_no_031_16-12-2025.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1189/portaria_no_031_16-12-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE FÉRIAS AOS VEREADORES DA CÂMARA MUNICIPAL DE NATALÂNDIA.</t>
   </si>
   <si>
+    <t>1216</t>
+  </si>
+  <si>
+    <t>532</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1216/lei_no_532_12-12-2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A POLÍTICA MUNICIPAL DE SEGURANÇA ALIMENTAR E NUTRICIONAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1207</t>
+  </si>
+  <si>
+    <t>531</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1207/lei_no_531_12-12-2025.pdf</t>
+  </si>
+  <si>
+    <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O MUNICÍPIO DE NATALÂNDIA-MG, PARA O EXERCÍCIO FINANCEIRO DE 2026.</t>
+  </si>
+  <si>
     <t>1188</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1188/portaria_no_030_01-12-2025.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1188/portaria_no_030_01-12-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE LICENÇA-PRÊMIO QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>1215</t>
+  </si>
+  <si>
+    <t>530</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1215/lei_no_530_28-11-2025.pdf</t>
+  </si>
+  <si>
+    <t>INCLUI AÇÃO NO PLANO PLURIANUAL DO MUNICÍPIO, AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1206</t>
+  </si>
+  <si>
+    <t>529</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1206/lei_no_529_28-11-2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A PLANO PLURIANUAL PARA O QUADRIÊNIO 2026/2029 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1214</t>
+  </si>
+  <si>
+    <t>528</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1214/lei_no_528_28-11-2025.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A LEI 508, DE 20 DE DEZEMBRO DE 2024, QUE "ESTIMA A RECEITA E FIXA A DESPESA PARA O MUNICÍPIO DE NATALÂNDIA-MG, PARA O EXERCÍCIO FINANCEIRO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>1187</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1187/portaria_no_029_11-11-2025.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1187/portaria_no_029_11-11-2025.pdf</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1186/portaria_no_028_11-11-2025.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1186/portaria_no_028_11-11-2025.pdf</t>
+  </si>
+  <si>
+    <t>1213</t>
+  </si>
+  <si>
+    <t>527</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1213/lei_no_527_04-11-2025.pdf</t>
+  </si>
+  <si>
+    <t>DÁ DENOMINAÇÃO AO EDIFÍCIO-SEDE DA CÂMARA MUNICIPAL DE NATALÂNDIA.</t>
+  </si>
+  <si>
+    <t>1212</t>
+  </si>
+  <si>
+    <t>526</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1212/lei_no_526_30-10-2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE ESPORTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1211</t>
+  </si>
+  <si>
+    <t>525</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1211/lei_no_525_30-10-2025.pdf</t>
+  </si>
+  <si>
+    <t>ESTABELECE NORMAS PARA DISPOR SOBRE A GRATIFICAÇÃO PELO EXERCÍCIO DE ATIVIDADES INSALUBRES E PERIGOSAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1210</t>
+  </si>
+  <si>
+    <t>524</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1210/lei_no_524_30-10-2025.pdf</t>
+  </si>
+  <si>
+    <t>1209</t>
+  </si>
+  <si>
+    <t>523</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1209/lei_no_523_30-10-2025.pdf</t>
+  </si>
+  <si>
+    <t>INCLUI AÇÃO NO PLANO PLURIANUAL DO MUNICÍPIO, AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL NO ORÇAMENTO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1185/portaria_no_027_29-10-2025.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1185/portaria_no_027_29-10-2025.pdf</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1175/portaria_no_026_01-10-2025.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1175/portaria_no_026_01-10-2025.pdf</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>L</t>
-[...5 lines deleted...]
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1183/lei_no_522_12-09-2025.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1183/lei_no_522_12-09-2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI A GRATIFICAÇÃO DE INCENTIVO À FORMAÇÃO CONTINUADA - GIFCON E VALOR DE INCENTIVO AO MONITOR ESCOLAR - VIM, NO ÂMBITO DA REDE MUNICIPAL DE ENSINO DE NATALÂNDIA-MG.</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1182/lei_no_521_12-09-2025.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1182/lei_no_521_12-09-2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI A PROGRAMA INCENTIVADO DE DÉBITO TRIBUTÁRIO COM A FAZENDA PÚBLICA, DENOMINADO "NATALÂNDIA E DIA" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
     <t>Dec</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1174/decreto_legislativo_no_026-2025.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1174/decreto_legislativo_no_026-2025.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DO PREFEITO DE NATALÂNDIA, REFERENTE AO EXERCÍCIO DE 2022, NOS TERMOS DO PARECER PRÉVIO DO TRIBUNAL DE CONTAS DO ESTADO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1173/portaria_no_025-2025_19-08-2025.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1173/portaria_no_025-2025_19-08-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RESPONSABILIDADE DE AGENTES PÚBLICOS POR INFRAÇÕES DE TRÂNSITO COMETIDAS DURANTE A UTILIZAÇÃO DE VEÍCULOS OFICIAIS DA CÂMARA MUNICIPAL DE NATALÂNDIA-MG.</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1170/portaria_no_024_19-08-2025.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1170/portaria_no_024_19-08-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE LECENÇA-PRÊMIO QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1169/portaria_no_023_18-08-2025.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1169/portaria_no_023_18-08-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA COMISSÃO DE AVALIAÇÃO DE BENS INSERVÍVEIS DO ÂMBITO DA CÂMARA MUNICIPAL DE NATALÂMDIA.</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1181/lei_no_520_15-08-2025.pdf</t>
-[...2 lines deleted...]
-    <t>INCLUI AÇÃO NO PLANO PLURIANUAL DO MUNICÍPIO, AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1181/lei_no_520_15-08-2025.pdf</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1180/lei_no_519_09-07-2025.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1180/lei_no_519_09-07-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A FAZENDA PÚBLICA MUNICIPAL A CONCILIAR, TRANSIGIR E CELEBRAR ACORDOS EM PROCESSOS ADMINISTRATIVOS OU JUDICIAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1179/lei_no_518_09-07-2025.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1179/lei_no_518_09-07-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGOS PÚBLICOS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>1201</t>
+  </si>
+  <si>
+    <t>517</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1201/lei_no_517_02-07-2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA ANUAL DO EXERCÍCIO 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>1178</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1178/lei_no_516_02-07-2025.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1178/lei_no_516_02-07-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ISENÇÃO DO IMPOSTO SOBRE SERVIÇOS DE QUALQUER NATUREZA - ISSQN ÀS ASSOCIAÇÕES COMUNITÁRIAS E/OU EDUCACIONAIS SEM FINS LUCRATIVOS.</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1172/portaria_no_022_11-06-2025.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1172/portaria_no_022_11-06-2025.pdf</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1171/portaria_no_021_11-06-2025.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1171/portaria_no_021_11-06-2025.pdf</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1168/portaria_no_020_23-05-2025.pdf</t>
-[...2 lines deleted...]
-    <t>DISPÕE SOBRE A CONCESSÃO DE FÉRIAS REGULAMENTAR QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1168/portaria_no_020_23-05-2025.pdf</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1184/lei_complementar_no_29_23-05-2025.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1184/lei_complementar_no_29_23-05-2025.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR Nº 2, DE 29 DE DEZEMBRO DE 1997, PARA DISCIPLINAR A REMOÇÃO DE SERVIDORES.</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1167/portaria_no_019_23-05-2025.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1167/portaria_no_019_23-05-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DECRETAÇÃO DE LUTO OFICIAL E SUSPENSÃO DAS ATIVIDADES LEGISLATIVAS DA CÂMARA MUNICIPAL DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1177/lei_no_515_19-05-2025.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1177/lei_no_515_19-05-2025.pdf</t>
   </si>
   <si>
     <t>REAJUSTA OS VALORES DAS REMUNERAÇÕES CONSTANTES DO ANEXO III DA LEI COMPLEMENTAR Nº 07, DE 01 DE JUNHO DE 2007, QUE "ESTABELECE O PLANO CARREIRA DE MAGISTÉRIO PÚBLICO DO MUNICÍPIO DE NATALÂNDIA-MG E DÁ OUTRAS PROVIDÊNCIAS", QUE PASSA A VIGORAR NA FORMA DE ANEXO I DESTA LEI.</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1166/portaria_no_018_08-05-2025.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1166/portaria_no_018_08-05-2025.pdf</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1165/decreto_legislativo_no_025_25-04-2025.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1165/decreto_legislativo_no_025_25-04-2025.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DO PREFEITO DE NATALÂNDIA, REFERENTES AO EXERCÍCIO DE 2023, NOS TERMOS DO PARECER PRÉVIO DO TRIBUNAL DE CONTAS DO ESTADO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1164/portaria_no_017_22-04-2025.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1164/portaria_no_017_22-04-2025.pdf</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1163/portaria_no_016_22-04-2025.pdf</t>
-[...2 lines deleted...]
-    <t>DISPÕE SOBRE CONCESSÃO DE INDENIZAÇÃO MEDIANTE CONVERSÃO EM PECÚNIA QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1163/portaria_no_016_22-04-2025.pdf</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1162/portaria_no_015_22-04-2025.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1162/portaria_no_015_22-04-2025.pdf</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1161/portaria_no_014_22-04-2025.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1161/portaria_no_014_22-04-2025.pdf</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1176/lei_no_514_11-04-2025.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1176/lei_no_514_11-04-2025.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 321, DE 14 DE SETEMBRO DE 2015, QUE INSTITUI O PROGRAMA DE MELHORIA URBANA E RURAL - PROMEUR, REGULAMENTA A CONCESSÃO DE MÁQUINAS, EQUIPAMENTOS, CAMINHÕES E SERVIDORES, PARA PRESTAÇÃO DE SERVIÇOS A PARTICULARES, EM ÁREA URBANA E RURAL DO MUNICÍPIO DE NATALÂNDIA-MG, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1160/lei_no_513_28-03-2025.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1160/lei_no_513_28-03-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO A ADERIR AO SERVIÇO REGIONALIZADO DE ACOLHIMENTO INSTITUCIONAL DE CRIANÇAS E ADOLESCENTES DO MUNICÍPIO DE BONFINÓPOLIS DE MINAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1154/lei_no_512_28-02-2025.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1154/lei_no_512_28-02-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DOS CARGOS PÚBLICOS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1153/lei_no_511_19-02-2025.pdf</t>
-[...2 lines deleted...]
-    <t>DISPÕE SOBRE REVISÃO ANUAL DOS VENCIMENTOS DOS SERVIDORES DA CÂMARA DE NATALÂNDIA.</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1153/lei_no_511_19-02-2025.pdf</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1152/lei_no_510_19-02-2025.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1152/lei_no_510_19-02-2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL ANUAL DA REMUNERAÇÃO DOS SERVIDORES DO PODER EXECUTIVO DO MUNICÍPIO DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1151/decreto_legislativo_no_024_14-02-2025.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1151/decreto_legislativo_no_024_14-02-2025.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DO PREFEITO DE NATALÂNDIA, REFERENTES AO EXERCÍCIO DE 2020, NOS TERMOS DO PARECER PRÉVIO DO TRIBUNAL DE CONTAS DO ESTADO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1150/portaria_no_013_06-02-2025.pdf</t>
-[...2 lines deleted...]
-    <t>DISPÕE SOBRE A CONSTITUIÇÃO DE COMISSÕES PERMANENTES DA CÂMARA MUNICIPAL DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1150/portaria_no_013_06-02-2025.pdf</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
-    <t>12</t>
-[...2 lines deleted...]
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1149/portaria_no_012_29-01-2025.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1149/portaria_no_012_29-01-2025.pdf</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
-    <t>11</t>
-[...2 lines deleted...]
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1148/portaria_no_011_29-01-2025.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1148/portaria_no_011_29-01-2025.pdf</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
-    <t>10</t>
-[...2 lines deleted...]
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1159/portaria_no_010_29-01-2025.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1159/portaria_no_010_29-01-2025.pdf</t>
   </si>
   <si>
     <t>CRIA COMISSÃO RESPONSÁVEL PELA VERIFICAÇÃO DA EXECUÇÃO DOS ATOS POTENCIAIS, EXERCÍCIO DE 2024.</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
-    <t>9</t>
-[...2 lines deleted...]
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1158/portaria_no_009_29-01-2025.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1158/portaria_no_009_29-01-2025.pdf</t>
   </si>
   <si>
     <t>CRIA COMISSÃO RESPONSÁVEL CONFERÊNCIA DOS VALORES CONSTANTES DO PASSIVO DO BALANÇO PATRIMONIAL, EXERCÍCIO DE 2024.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
-    <t>8</t>
-[...2 lines deleted...]
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1157/portaria_no_008_29-01-2025.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1157/portaria_no_008_29-01-2025.pdf</t>
   </si>
   <si>
     <t>CRIA COMISSÃO RESPONSÁVEL PELA CONFERÊNCIA DO INVENTÁRIO FÍSICO DO BENS PATRIMONIAIS, EXERCÍCIO DE 2024.</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
-    <t>7</t>
-[...2 lines deleted...]
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1156/portaria_no_007_29-01-2025.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1156/portaria_no_007_29-01-2025.pdf</t>
   </si>
   <si>
     <t>CRIA COMISSÃO RESPONSÁVEL CONFERÊNCIA DOS MATERIAIS EM ALMOXARIFADO, EXERCÍCIO DE 2024.</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
-    <t>6</t>
-[...2 lines deleted...]
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1155/portaria_no_006_29-01-2025.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1155/portaria_no_006_29-01-2025.pdf</t>
   </si>
   <si>
     <t>DESIGNA MEMBROS DA COMISSÃO ESPECIAL DE CONFERÊNCIA DE VALORES EM TESOURARIA, EXERCÍCIO DE 2024.</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
-    <t>5</t>
-[...2 lines deleted...]
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1147/portaria_no_005_13-01-2025.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1147/portaria_no_005_13-01-2025.pdf</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1146/portaria_no_004_03-01-2025.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1146/portaria_no_004_03-01-2025.pdf</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1145/portaria_no_003_03-01-2025.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1145/portaria_no_003_03-01-2025.pdf</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1144/portaria_no_002_03-01-2025.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1144/portaria_no_002_03-01-2025.pdf</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1143/portaria_no_001_03-01-2025.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1143/portaria_no_001_03-01-2025.pdf</t>
   </si>
   <si>
     <t>NOMEIA OS MEMBROS DA MESA DIRETORA PARA O EXERCÍCIO DE 2025.</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1142/lei_complementar_no_028_27-12-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1142/lei_complementar_no_028_27-12-2024.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR Nº 22, DE 27 DE DEZEMBRO DE 2017, QUE "INSTITUI O CÓDIGO TRIBUTÁRIO MUNICIPAL E ESTABELECE NORMAS GERAIS DE DIREITO TRIBUTÁRIO APLICÁVEIS AO MUNICÍPIO DE NATALÂNDIA."</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1121/lei_no_509_26-12-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1121/lei_no_509_26-12-2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA REPASSE FINANCEIRO, À TÍTULO DE CONTRIBUIÇÃO EM FAVOR DA CASA DE APOIO PRÓ-CURAR-SE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1120/lei_no_508_20-12-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1120/lei_no_508_20-12-2024.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O MUNICÍPIO DE NATALÂNDIA-MG, PARA O EXERCÍCIO FINANCEIRO DE 2025.</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1141/resolucao_no_092-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1141/resolucao_no_092-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REALIZAÇÃO DE REUNIÃO DA CÂMARA FORA DE SUA SEDE.</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1140/resolucao_no_091-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1140/resolucao_no_091-2024.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE AO SENHOR PREFEITO GERALDO MAGELA GOMES.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1139/resolucao_no_090-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1139/resolucao_no_090-2024.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE AO SENHOR LIANDRO ALVES DE ALMEIDA.</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1138/resolucao_no_089-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1138/resolucao_no_089-2024.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE AO SENHOR SEBASTIÃO PINTO CALDEIRA.</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1137/resolucao_no_088-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1137/resolucao_no_088-2024.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE AO SENHOR DOMINGOS JOSÉ VIEIRA DE SOUZA.</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1136/resolucao_no_087-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1136/resolucao_no_087-2024.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE AO SENHOR RONEI MOREIRA CONRADO.</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1135/resolucao_no_086-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1135/resolucao_no_086-2024.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE AO SENHOR VEREADOR URBANO MACÊDO GUIMARÃES.</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1134/resolucao_no_085-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1134/resolucao_no_085-2024.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE A SENHORA BETÂNIA MOURA DE LIMA SILVA.</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1133/resolucao_no_084-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1133/resolucao_no_084-2024.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE AO SENHOR EGMAR MARTINS DE MENDONÇA.</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1132/resolucao_no_083-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1132/resolucao_no_083-2024.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE AO SENHOR CARLOS ROBERTO BARBOSA DE SOUZA.</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1131/resolucao_no_082-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1131/resolucao_no_082-2024.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE A SENHORA TEREZA MARIA DIAS TEIXEIRA.</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1130/resolucao_no_081-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1130/resolucao_no_081-2024.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE AO SENHOR MARCUS ROBERTO PEREIRA.</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1129/resolucao_no_080-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1129/resolucao_no_080-2024.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE AO SENHOR JOSÉ RIBEIRO DA COSTA.</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1128/resolucao_no_079-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1128/resolucao_no_079-2024.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE A SENHORA TEREZA PIRES BARBOSA.</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1127/resolucao_no_078-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1127/resolucao_no_078-2024.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE AO SENHOR ALEX PIRES ANDRADE.</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1126/resolucao_no_077-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1126/resolucao_no_077-2024.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE AO SENHOR JOSÉ FRANCISCO BARBOSA DE BRITO.</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1125/resolucao_no_076-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1125/resolucao_no_076-2024.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE AO SENHOR ANTÔNIO JOSÉ DE SOUZA.</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1124/resolucao_no_075-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1124/resolucao_no_075-2024.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE AO SENHOR LÁZARO PIRES MACIEL.</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1123/resolucao_no_074-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1123/resolucao_no_074-2024.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE AO SENHOR VICE-PREFEITO PAULO SERGIO LAURINDO MODESTO.</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1122/resolucao_no_073-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1122/resolucao_no_073-2024.pdf</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1119/portaria_no_037_28-11-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1119/portaria_no_037_28-11-2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA SERVIDORA A EXERCER SUAS ATIVIDADES NA MODALIDADE HÍBRIDA.</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1118/portaria_no_036_25-11-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1118/portaria_no_036_25-11-2024.pdf</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1117/portaria_no_035_25-11-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1117/portaria_no_035_25-11-2024.pdf</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1114/portaria_no_034_12-11-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1114/portaria_no_034_12-11-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTITUIÇÃO DE COMISSÃO ESPECIAL DA CÂMARA MUNICIPAL DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1116/lei_no_507_31-10-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1116/lei_no_507_31-10-2024.pdf</t>
   </si>
   <si>
     <t>ALTERA O CAPUT DO ART. 5º DA LEI 494, DE 19 DE DEZEMBRO DE 2023 - LEI ORÇAMENTÁRIA DE 2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1115/lei_no_506_31-10-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1115/lei_no_506_31-10-2024.pdf</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1113/portaria_no_033_23-10-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1113/portaria_no_033_23-10-2024.pdf</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1112/portaria_no_032_23-10-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1112/portaria_no_032_23-10-2024.pdf</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1111/lei_no_505_18-10-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1111/lei_no_505_18-10-2024.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL DE NÚMERO 260, DE 08 DE JULHO DE 2013, E DECLARA DE UTILIDADE PÚBLICA, NO ÂMBITO DO MUNICÍPIO DE NATALÂNDIA- MG, A ASSOCIAÇÃO DOS MICRO E PEQUENOS PRODUTORES AGROPECUÁRIOS DE NATALÂNDIA - MG.</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1110/lei_no_504_14-10-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1110/lei_no_504_14-10-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CERIMÔNIA DE TRANSMISSÃO DO CARGO DE PREFEITO; INSTITUI A CHAVE DO PODER EXECUTIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1108/portaria_no_031_26-09-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1108/portaria_no_031_26-09-2024.pdf</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1107/portaria_no_030_17-09-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1107/portaria_no_030_17-09-2024.pdf</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1109/portaria_no_029_17-09-2024.pdf</t>
-[...2 lines deleted...]
-    <t>DISPÕE SOBRE A CONCESSÃO DE QUINQUÊNIO QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1109/portaria_no_029_17-09-2024.pdf</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1106/portaria_no_028_12-09-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1106/portaria_no_028_12-09-2024.pdf</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1105/portaria_no_027_11-09-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1105/portaria_no_027_11-09-2024.pdf</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1104/portaria_no_026_09-09-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1104/portaria_no_026_09-09-2024.pdf</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1103/portaria_no_025_29-08-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1103/portaria_no_025_29-08-2024.pdf</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1102/portaria_no_024_26-08-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1102/portaria_no_024_26-08-2024.pdf</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1101/portaria_no_023_15-08-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1101/portaria_no_023_15-08-2024.pdf</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1100/portaria_no_022_02-08-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1100/portaria_no_022_02-08-2024.pdf</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1098/lei_no_503_22-07-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1098/lei_no_503_22-07-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RATIFICAÇÃO DO PROTOCOLO DE INTENÇÕES DO CONSÓRCIO INTERMUNICIPAL DE INFRAESTRUTURA DOS MUNICÍPIOS DO NOROESTE DE MINAS - CINF-AMNOR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1097/lei_no_502_22-07-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1097/lei_no_502_22-07-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA ANUAL DO EXERCÍCIO 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1096/portaria_no_021_11-07-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1096/portaria_no_021_11-07-2024.pdf</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1095/portaria_no_020_11-07-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1095/portaria_no_020_11-07-2024.pdf</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1094/portaria_no_019_03-07-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1094/portaria_no_019_03-07-2024.pdf</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1093/lei_no_501_01-07-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1093/lei_no_501_01-07-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O CONSELHO MUNICIPAL DOS DIREITOS DA PESSOA IDOSA, INSTITUI O FUNDO MUNICIPAL DOS DIREITOS DA PESSOA IDOSA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1092/portaria_no_018_28-06-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1092/portaria_no_018_28-06-2024.pdf</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1091/lei_no_500_26-04-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1091/lei_no_500_26-04-2024.pdf</t>
   </si>
   <si>
     <t>INSTITUI O REGIME DE SUPRIMENTO DE FUNDOS, MEDIANTE ADIANTAMENTO, PARA REALIZAÇÃO DE DESPESAS DE PEQUENO VULTO E DE PRONTO PAGAMENTO NO ÂMBITO DA ADMINISTRAÇÃO DIRETA E INDIRETA DOS PODERES EXECUTIVO E LEGISLATIVO.</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1090/lei_no_499_26-04-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1090/lei_no_499_26-04-2024.pdf</t>
   </si>
   <si>
     <t>RATIFICA A SEXTA ALTERAÇÃO E A CONSOLIDAÇÃO DO CONTRATO DE CONSÓRCIO DO CONVALES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1089/portaria_no_017_07-05-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1089/portaria_no_017_07-05-2024.pdf</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1085/lei_no_498_05-04-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1085/lei_no_498_05-04-2024.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A NOVAS RUAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1088/portaria_no_016_02-05-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1088/portaria_no_016_02-05-2024.pdf</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1087/portaria_no_015_22-04-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1087/portaria_no_015_22-04-2024.pdf</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1086/portaria_no_014_05-04-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1086/portaria_no_014_05-04-2024.pdf</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1084/portaria_no_013_03-04-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1084/portaria_no_013_03-04-2024.pdf</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1082/portaria_no_012_27-03-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1082/portaria_no_012_27-03-2024.pdf</t>
   </si>
   <si>
     <t>CONCEDE PONTO FACULTATIVO NA DATA QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1076/decreto_legislativo_no_023-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1076/decreto_legislativo_no_023-2023.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DO PREFEITO DE NATALÂNDIA, REFERENTES AO EXERCÍCIO DE 2021, NOS TERMOS DO PARECER PRÉVIO DO TRIBUNAL DE CONTAS DO ESTADO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1075/lei_no_497_09-02-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1075/lei_no_497_09-02-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REAJUSTE DOS SUBSÍDIOS DOS VEREADORES, DO PREFEITO, DO VICE-PREFEITO E DOS SECRETÁRIOS DO MUNICÍPIO DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1074/lei_no_496_09-02-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1074/lei_no_496_09-02-2024.pdf</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1073/lei_no_495_09-02-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1073/lei_no_495_09-02-2024.pdf</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1081/portaria_no_011_01-02-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1081/portaria_no_011_01-02-2024.pdf</t>
   </si>
   <si>
     <t>CRIA COMISSÃO RESPONSÁVEL PELA VERIFICAÇÃO DA EXECUÇÃO DOS ATOS POTENCIAIS, EXERCÍCIO DE 2023.</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1080/portaria_no_010_01-02-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1080/portaria_no_010_01-02-2024.pdf</t>
   </si>
   <si>
     <t>CRIA COMISSÃO RESPONSÁVEL CONFERÊNCIA DOS VALORES CONSTANTES DO PASSIVO DO BALANÇO PATRIMONIAL, EXERCÍCIO DE 2023.</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1079/portaria_no_009_01-02-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1079/portaria_no_009_01-02-2024.pdf</t>
   </si>
   <si>
     <t>CRIA COMISSÃO RESPONSÁVEL PELA CONFERÊNCIA DO INVENTÁRIO FÍSICO DE BENS PATRIMONIAIS, EXERCÍCIO DE 2023.</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1078/portaria_no_008_01-02-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1078/portaria_no_008_01-02-2024.pdf</t>
   </si>
   <si>
     <t>CRIA COMISSÃO RESPONSÁVEL CONFERÊNCIA DOS MATERIAIS EM ALMOXARIFADO, EXERCÍCIO DE 2023.</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1077/portaria_no_007_01-02-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1077/portaria_no_007_01-02-2024.pdf</t>
   </si>
   <si>
     <t>DESIGNA MEMBROS DA COMISSÃO ESPECIAL DE CONFERÊNCIA DE VALORES EM TESOURARIA, EXERCÍCIO DE 2023.</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
     <t>6 A</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1072/portaria_no_006_01-02-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1072/portaria_no_006_01-02-2024.pdf</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1071/portaria_no_005_01-02-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1071/portaria_no_005_01-02-2024.pdf</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1070/portaria_no_004_01-02-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1070/portaria_no_004_01-02-2024.pdf</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1083/portaria_no_006__09-01-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1083/portaria_no_006__09-01-2024.pdf</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1069/portaria_no_003_03-01-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1069/portaria_no_003_03-01-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTITUIÇÃO DE COMISSÃO PERMANENTE DE LICITAÇÕES E DESIGNA PREGOEIRA-OFICIAL E EQUIPE DE APOIO DA CÂMARA MUNICIPAL DE NATALÂNDIA(MG).</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1068/portaria_no_002_03-01-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1068/portaria_no_002_03-01-2024.pdf</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1067/portaria_no_001_03-01-2024.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1067/portaria_no_001_03-01-2024.pdf</t>
   </si>
   <si>
     <t>NOMEIA OS MEMBROS DA MESA DIRETORA PARA EXERCÍCIO DE 2024.</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1064/lei_no_494_19-12-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1064/lei_no_494_19-12-2023.pdf</t>
   </si>
   <si>
     <t>"QUE ESTIMA A RECEITA E FIXA DESPESA PARA O MUNICÍPIO DE NATALÂNDIA´MG, PARA O EXERCÍCIO FINANCEIRO DE 2024."</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1066/lei_no_493_11-12-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1066/lei_no_493_11-12-2023.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DOS AGENTES POLÍTICOS DO PODER EXECUTIVO DO MUNICÍPIO DE NATALÂNDIA-MG PARA O QUADRIÊNIO 2025/2028 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1099/lei_no_492_11-12-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1099/lei_no_492_11-12-2023.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DOS VEREADORES DA CÂMARA MUNICIPAL DE NATALÂNDIA-MG PARA A 8ª LEGISLATURA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1063/lei_no_491_24-11-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1063/lei_no_491_24-11-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A CAPUT DO ART. 8º DA LEI 471, DE 14 DE DEZEMBRO DE 2022 - LEI ORÇAMENTÁRIA DE 2023 DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1062/lei_no_490_08-11-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1062/lei_no_490_08-11-2023.pdf</t>
   </si>
   <si>
     <t>INSTITUI O GOZO DE FÉRIAS REMUNERADAS AOS VEREADORES DO PODER LEGISLATIVO DO MUNICÍPIO DE NATALÂNDIA-MG, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1061/portaria_no_031_30-10-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1061/portaria_no_031_30-10-2023.pdf</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1060/portaria_no_030_24-10-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1060/portaria_no_030_24-10-2023.pdf</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1059/portaria_no_029_24-10-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1059/portaria_no_029_24-10-2023.pdf</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1058/portaria_no_028_23-10-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1058/portaria_no_028_23-10-2023.pdf</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1054/portaria_no_027_19-10-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1054/portaria_no_027_19-10-2023.pdf</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1057/lei_no_489_17-10-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1057/lei_no_489_17-10-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULAMENTAÇÃO DA ASSISTÊNCIA FINANCEIRA COMPLEMENTAR REPASSADA PELA UNIÃO FEDERAL VISANDO DAR CUMPRIMENTO AO DISPOSITIVO NA LEI FEDERAL Nº 14.434, DE 4 DE AGOSTO DE 2022 QUE INSTITUIU O PISO SALARIAL NACIONAL DE ENFERMEIRO, DO TÉCNICO DE ENFERMAGEM, DO AUXILIAR DE ENFERMAGEM E DA PARTEIRA.</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1056/lei_no_488_17-10-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1056/lei_no_488_17-10-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PARCELAMENTO DE SOLO DE IMÓVEL RURAL, PARA FINS URBANOS, LOCALIZADO FORA DA ZONA URBANA DO MUNICÍPIO DE NATALÂNDIA, DESTINADO À FORMAÇÃO DE SÍTIOS DE RECREIO E SOBRE A REGULARIZAÇÃO DOS CHACREAMENTOS CLANDESTINOS OU IRREGULARES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1055/lei_no_487_17-10-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1055/lei_no_487_17-10-2023.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE PAGAMENTO DE DÉBITO TRIBUTÁRIO COM A FAZENDA PÚBLICA, DENOMINADO "NATALÂNDIA EM DIA" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1053/portaria_no_026_10-10-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1053/portaria_no_026_10-10-2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE PONTO FACULTATIVO NA DATA ESPECÍFICA.</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1051/lei_no_486_18-09-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1051/lei_no_486_18-09-2023.pdf</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1050/lei_no_485_18-09-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1050/lei_no_485_18-09-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 196, DE 1º DE OUTUBRO DE 2009, PARA AMPLIAR O NÚMERO DE CARGOS DE MOTORISTA  I, OPERADOR DE MAQUINAS I, MONITOR DE ATIVIDADES INFANTIS I E TÉCNICO EM ENFERMAGEM.</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1049/lei_no_484_18-09-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1049/lei_no_484_18-09-2023.pdf</t>
   </si>
   <si>
     <t>INSTITUI O SISTEMA MUNICIPAL DE CULTURA DE NATALÂNDIA, DISPÕE SOBRE SEUS PRINCÍPIOS, OBJETIVOS, ESTRUTURA, ORGANIZAÇÃO, GESTÃO, INTER-RELAÇÕES ENTRE OS SEUS COMPONENTES, RECURSOS HUMANOS, FINANCIAMENTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1052/portaria_no_025_19-09-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1052/portaria_no_025_19-09-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTITUIÇÃO DE COMISSÃO TEMPORÁRIA PARLAMENTAR DE INQUÉRITO DA CÂMARA MUNICIPAL DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1048/portaria_no_024_06-09-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1048/portaria_no_024_06-09-2023.pdf</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1047/portaria_no_023_06-09-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1047/portaria_no_023_06-09-2023.pdf</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1045/lei_no_483_25-08-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1045/lei_no_483_25-08-2023.pdf</t>
   </si>
   <si>
     <t>REVOGA DISPOSITIVO DA LEI Nº 432, 17 DE MAIO DE 2021, QUE "AUTORIZA A AQUISIÇÃO, POR COMPRA, DOS DIREITOS REFERENTES À POSSE DO IMÓVEL QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1044/lei_complementar_no_27_25-08-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1044/lei_complementar_no_27_25-08-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR Nº 7, DE 1º DE JUNHO DE 2007, PARA O FIM DE ESTABELECER GRATIFICAÇÃO ESPECIAL PARA O ESPECIALISTA EM EDUCAÇÃO BÁSICA - EEB.</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1046/portaria_no_022_24-08-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1046/portaria_no_022_24-08-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DA INDENIZAÇÃO MEDIANTE CONVERSÃO EM PECÚNIA DE LECENÇA-PRÊMIO, QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1043/portaria_no_021_04-08-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1043/portaria_no_021_04-08-2023.pdf</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1041/lei_no_482_14-07-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1041/lei_no_482_14-07-2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÃO DE CRÉDITO JUNTO À CAIXA ECONÔMICA FEDERAL, NO ÂMBITO DO PROGRAMA FINISA - FINANCIAMENTO À INFRAESTRUTURA E AO SANEAMENTO NA MODALIDADE APOIO FINANCEIRO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1042/portaria_no_020_30-06-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1042/portaria_no_020_30-06-2023.pdf</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1039/lei_no_481_26-06-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1039/lei_no_481_26-06-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA ANUAL DO EXERCÍCIO 2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1038/lei_no_480_26-06-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1038/lei_no_480_26-06-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 315, DE 24 DE JUNHO DE 2015, QUE "ESTABELECE NORMAS PARA REGULAMENTAR O FUNCIONAMENTO, REMUNERAÇÃO, COMPOSIÇÃO E ORGANIZAÇÃO  DO CONSELHO TUTELAR DO MUNICÍPIO DE NATALÂNDIA, DISCIPLINA O PROCESSO DE ESCOLHA DOS CONSELHEIROS, INCLUSIVE REGRAS DE TRANSIÇÃO E ADEQUAÇÃO AO PROCESSO UNIFICADO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1037/lei_no_479_26-06-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1037/lei_no_479_26-06-2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL NO ORÇAMENTO DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1040/lei_complementar_no_26_26-06-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1040/lei_complementar_no_26_26-06-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR Nº 14, DE 1º DE DEZEMBRO DE 2011, QUE "INSTITUI A LEI GERAL MUNICIPAL DA MICROEMPRESA, DA EMPRESA DE PEQUENO PORTE E DO MICROEMPREENDEDOR INDIVIDUAL E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1036/portaria_no_019_26-06-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1036/portaria_no_019_26-06-2023.pdf</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1035/portaria_no_018_19-06-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1035/portaria_no_018_19-06-2023.pdf</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1031/portaria_no_017_07-06-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1031/portaria_no_017_07-06-2023.pdf</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1029/portaria_no_016_29-05-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1029/portaria_no_016_29-05-2023.pdf</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1024/lei_no_478_12-05-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1024/lei_no_478_12-05-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 196, DE 1º DE OUTUBRO DE 2009, QUE "DISPÕE SOBRE A ESTRUTURAÇÃO DO PLANO DE CARGOS E CARREIRAS DA PREFEITURA MUNICIPAL DE NATALÂNDIA - MG, ESTABELECE NORMAS GERAIS DE ENQUADRAMENTO, INSTITUI NOVA TABELA DE VENCIMENTOS E DÁ OUTRAS PROVIDÊNCIAS", E A LEI Nº 384, DE 12 DE FEVEREIRO DE 2019, QUE "DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA, ORGANIZACIONAL E INSTITUCIONAL DA PREFEITURA DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1023/lei_no_477_12-05-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1023/lei_no_477_12-05-2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA REPASSE FINANCEIRO, À TÍTULO DE CONTRIBUIÇÃO À ENTIDADE QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1028/portaria_no_015_09-05-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1028/portaria_no_015_09-05-2023.pdf</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1027/portaria_no_014_09-05-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1027/portaria_no_014_09-05-2023.pdf</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1026/portaria_no_013_09-05-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1026/portaria_no_013_09-05-2023.pdf</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1025/portaria_no_012_28-04-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1025/portaria_no_012_28-04-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE LICENÇA-PRÊMIO QUE ESPECIFICA E DÁ OUTRAS  PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1021/lei_no_476_17-04-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1021/lei_no_476_17-04-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI 423, DE 12 DE MARÇO DE 2021, QUE INSTITUI A GRATIFICAÇÃO DE INCENTIVO À DOCÊNCIA - GID E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1020/lei_no_475_17-04-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1020/lei_no_475_17-04-2023.pdf</t>
   </si>
   <si>
     <t>CRIA A COORDENAÇÃO MUNICIPAL DE PROTEÇÃO E DEFESA CIVIL (COMPDEC) DO MUNICÍPIO DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1003/portaria_no_011_23-02-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1003/portaria_no_011_23-02-2023.pdf</t>
   </si>
   <si>
     <t>CRIA COMISSÃO RESPONSÁVEL PELA VERIFICAÇÃO DA EXECUÇÃO DOS ATOS POTENCIAIS, EXERCÍCIO DE 2022.</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1002/portaria_no_010_23-02-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1002/portaria_no_010_23-02-2023.pdf</t>
   </si>
   <si>
     <t>CRIA COMISSÃO RESPONSÁVEL CONFERÊNCIA DOS VALORES CONSTANTES DO PASSIVO DO BALANÇO PATRIMONIAL, EXERCÍCIO DE 2022.</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1001/portaria_no_009_23-02-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1001/portaria_no_009_23-02-2023.pdf</t>
   </si>
   <si>
     <t>CRIA COMISSÃO RESPONSÁVEL PELA CONFERÊNCIA DO INVENTÁRIO FÍSICO DE BENS PATRIMONIAIS, EXERCÍCIO DE 2022.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1000/portaria_no_008_23-02-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1000/portaria_no_008_23-02-2023.pdf</t>
   </si>
   <si>
     <t>CRIA COMISSÃO RESPONSÁVEL CONFERÊNCIA DOS MATERIAIS EM ALMOXARIFADO, EXERCÍCIO DE 2022.</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/999/portaria_no_007_23-02-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/999/portaria_no_007_23-02-2023.pdf</t>
   </si>
   <si>
     <t>DESIGNA MEMBROS DA COMISSÃO ESPECIAL DE CONFERÊNCIA DE VALORES EM TESOURARIA, EXERCÍCIO DE 2022.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/825/portaria_no_006_23-02-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/825/portaria_no_006_23-02-2023.pdf</t>
   </si>
   <si>
     <t>ATUALIZA OS VENCIMENTOS DOS CARGOS COMISSIONADOS, DE LIVRE NOMEAÇÃO E EXONERAÇÃO E DOS CARGOS DE PROVIMENTO EFETIVO E DOS VEREADORES.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/807/lei_no_474_16-02-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/807/lei_no_474_16-02-2023.pdf</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/808/lei_no_473_16-02-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/808/lei_no_473_16-02-2023.pdf</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/806/lei_no_472_16-02-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/806/lei_no_472_16-02-2023.pdf</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/805/portaria_no_005_06-02-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/805/portaria_no_005_06-02-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTITUIÇÃO PERMANENTES DE COMISSÕES DA CÂMARA MUNICIPAL DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/804/portaria_no_004_04-01-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/804/portaria_no_004_04-01-2023.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA AS MODALIDADES DE TRABALHO NO ÂMBITO DA CÂMARA MUNICIPAL DE NATALÂNDIA-MG.</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1034/portaria_no_003_04-01-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1034/portaria_no_003_04-01-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTITUIÇÃO DE COMISSÃO PERMANENTE DE LICITAÇÕES E DESIGNA PREGOEIRA- OFICIAL E EQUIPE DE APOIO DA CÂMARA MUNICIPAL DE NATALÂNDIA (MG).</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/803/portaria_no_002_04-01-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/803/portaria_no_002_04-01-2023.pdf</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/802/portaria_no_001_04-01-2023.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/802/portaria_no_001_04-01-2023.pdf</t>
   </si>
   <si>
     <t>NOMEIA OS MEMBROS DA MESA DIRETORA PARA O EXERECÍCIO DE 2023.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/800/lei_no_471_14-12-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/800/lei_no_471_14-12-2022.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O MUNICÍPIO DE NATALÂNDIA-MG, PARA O EXERCÍCIO DE 2023.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/801/lei_no_470_12-12-20222.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/801/lei_no_470_12-12-20222.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO E DELIMITAÇÃO DOS BAIRROS DA CIDADE DE NATALÂNDIA-MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/785/lei_no_469_08-11-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/785/lei_no_469_08-11-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI 450, DE 14 DE DEZEMBRO DE 2021 - LEI ORÇAMENTO DE 2022 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/784/lei_no_468_08-11-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/784/lei_no_468_08-11-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/783/lei_no_467_08-11-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/783/lei_no_467_08-11-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO SOCIAL EM FAVOR DO ABRIGO FREI ANSELMO DA SOCIEDADE SÃO VICENTE DE PAULO.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/782/lei_no_466_08-11-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/782/lei_no_466_08-11-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A IMPLANTAÇÃO DA JORNADA ESCOLAR DE TEMPO INTEGRAL NO ENSINO FUNDAMENTAL, EM INSTITUIÇÃO MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/781/portaria_no_035_26-10-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/781/portaria_no_035_26-10-2022.pdf</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/780/portaria_no_034_24-10-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/780/portaria_no_034_24-10-2022.pdf</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/799/portaria_no_033_05-10-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/799/portaria_no_033_05-10-2022.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O PROCEDIMENTO ADMINISTRATIVO PARA A REALIZAÇÃO DE PESQUISA DE PREÇOS PARA AQUISIÇÃO DE BENS E CONTRATAÇÃO DE SERVIÇOS EM GERAL E DE OBRAS E SERVIÇOS DE ENGENHARIA NO ÂMBITO DA CÂMARA MUNICIPAL DE NATALÂNDIA-MG.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/798/portaria_no_032_03-10-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/798/portaria_no_032_03-10-2022.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DOCUMENTO DE FORMALIZAÇÃO DA DEMANDA NO ÂMBITO DA CÂMARA MUNICIPAL DE NATALÂNDIA-MG.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/797/portaria_no_031_05-10-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/797/portaria_no_031_05-10-2022.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O § 3º DO ART. 8º DA LEI Nº 14.133, DE 1º DE ABRIL DE 2021, PARA DISPOR SOBRE REGRAS E DIRETRIZES PARA A ATUAÇÃO DO AGENTE DE CONTRATAÇÃO, DA EQUIPE DE APOIO, DA COMISSÃO DE CONTRATAÇÃO E DOS GESTORES E FISCAIS DE CONTRATOS, NO ÂMBITO DA CÂMARA MUNICIPAL DE NATALÂNDIA-MG.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/796/portaria_no_030_05-10-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/796/portaria_no_030_05-10-2022.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA AS HIPÓTESES DE CONTRATAÇÃO DIRETA DISCIPLINADAS PELA LEI Nº 14.133, DE 1º DE ABRIL DE 2021, QUE DISPÕE SOBRE A LEI DE LICITAÇÕES E CONTRATOS ADMINISTRATIVOS.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/779/portaria_no_029_05-10-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/779/portaria_no_029_05-10-2022.pdf</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/778/portaria_no_028_23-09-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/778/portaria_no_028_23-09-2022.pdf</t>
   </si>
   <si>
     <t>DESIGNA COMISSÃO ESPECIAL PARA ESTUDO E EMISSÃO DE PARECER AOS VETOS 001 E 002/2022.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/776/lei_no_465_16-09-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/776/lei_no_465_16-09-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PARCELAMENTO DOS DÉBITOS DO MUNICÍPIO COM O CONSÓRCIO INTERMUNICIPAL DE SAÚDE DA REDE DE URGÊNCIA E EMERGÊNCIA DA REGIÃO AMPLIADA NOROESTE - CISREUNO E DÁ OUTRA PROVIDÊNCIA.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/775/lei_no_464_16-09-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/775/lei_no_464_16-09-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PISO SALARIAL DOS AGENTES COMUNITÁRIOS DE SAÚDE E DOS AGENTES DE COMBATE ÀS EDEMIAS.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/777/lei_complementar_no_25_16-09-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/777/lei_complementar_no_25_16-09-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR Nº 07, DE 01 DE JUNHO DE 2007, QUE "ESTABELECE O PLANO DE CARREIRA DO MAGISTÁRIO PÚBLICO DO MUNICÍPIO DE NATALÂNDIA-MG E DÁ OUTRAS PROVIDÊNCIAS", REALINHA A REMUNERAÇÃO DOS PROFISSIONAIS DO MAGISTÉRIO, DISPÕE SOBRE ABONO SALARIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/774/portaria_no_027_12-09-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/774/portaria_no_027_12-09-2022.pdf</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/773/portaria_no_026_12-09-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/773/portaria_no_026_12-09-2022.pdf</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/772/lei_no_463_25-08-_2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/772/lei_no_463_25-08-_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OS FERIADOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/771/lei_no_462_25-08-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/771/lei_no_462_25-08-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 196, DE 1º DE OUTUBRO DE 2009, QUE "DISPÕE SOBRE A ESTRUTURAÇÃO DO PLANO DE CARGOS E CARREIRAS DA PREFEITURA MUNICIPAL DE NATALÂNDIA - MG, ESTABELECE NORMAS GERAIS DE ENQUADRAMENTO, INSTITUI NOVA TABELA DE VENCIMNETOS E DÁ OUTRAS PROVIDÊNCIAS"; A LEI Nº 375, DE 18 DE ABRIL DE 2018, QUE "INSTITUI O AUXÍLIO-ALIMENTAÇÃO A SER CONCEDIDO AOS SERVIDORES DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DIRETA, AUTÁRQUICA E FUNDACIONAL E DÁ OUTRAS PROVIDÊNCIAS" E A LEI Nº 384, DE 12 DE FEVEREIRO DE 2019, QUE "DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA, ORGANIZACIONAL E INSTITUCIONAL DA PREFEITURA DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/770/lei_no_461_25-08-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/770/lei_no_461_25-08-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DE COMERCIALIZAÇÃO E ENTRADA DE GARRAFAS DE VIDROS NOS EVENTOS REALIZADOS EM LOCAIS FECHADOS DE USO COMUM, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/768/portaria_no_025_22-08-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/768/portaria_no_025_22-08-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE FÉRIAS REGULAMENTAR QUE ESPECÍFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/769/lei_no_460_27-07-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/769/lei_no_460_27-07-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA ANUAL DO EXERCÍCIO 2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/767/portaria_no_024_27-07-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/767/portaria_no_024_27-07-2022.pdf</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/764/lei_no_459_26-07-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/764/lei_no_459_26-07-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DECLARAÇÃO DE UTILIDADE PÚBLICA NO MUNICÍPIO DE NATALÂNDIA-MG, DA ASSOCIAÇÃO DAS PESSOAS COM NECESSIDADES ESPECIAIS DO NOROESTE DE MINAS - APNOR, COM SEDE EM RIACHINHO/MG.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/766/portaria_no_023_05-07-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/766/portaria_no_023_05-07-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DECLARAÇÃO DE VALOR DE BEM IMÓVEL PARA CÂMARA MUNICIPAL DE NATALÂNDIA-MG.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/765/portaria_no_022_23-06-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/765/portaria_no_022_23-06-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO  DE LICENÇA-PRÊMIO QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/763/lei_no_458_10-06-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/763/lei_no_458_10-06-2022.pdf</t>
   </si>
   <si>
     <t>INCLUI META FÍSICA QUE MENCIONA NO PLANO PLURIANUAL DO MUNICÍPIO, CONTIDO NA LEI Nº 449, DE 14 DE DEZEMBRO DE 2021, AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/761/lei_no_457_27-05-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/761/lei_no_457_27-05-2022.pdf</t>
   </si>
   <si>
     <t>RATIFICA ALTERAÇÕES NO PROTOCOLO DE INTENÇÕES E CONTRATO DO CONSÓRCIO DE SAÚDE E DESENVOLVIMENTO DOS VALES DO NOROESTE DE MINAS - CONVALES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/762/portaria_no_021_27-05-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/762/portaria_no_021_27-05-2022.pdf</t>
   </si>
   <si>
     <t>CONSTITUI COMISSÃO ESPECIAL DE AVALIAÇÃO DE IMÓVEL DA CÂMARA MUNICIPAL DE NATALÂNDIA-MG.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/760/portaria_no_020_06-05-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/760/portaria_no_020_06-05-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE FÉRIAS REGULARES QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/759/portaria_no_019_02-03-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/759/portaria_no_019_02-03-2022.pdf</t>
   </si>
   <si>
     <t>CRIA COMISSÃO RESPONSÁVEL PELA VERIFICAÇÃO DA EXECUÇÃO DOS ATOS POTENCIAIS, EXERCÍCIO DE 2021.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/758/portaria_no_018_02-03-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/758/portaria_no_018_02-03-2022.pdf</t>
   </si>
   <si>
     <t>CRIA COMISSÃO RESPONSÁVEL PELA CONFERÊNCIA DOS VALORES CONSTANTES DO PASSIVO DO BALANÇO PATRIMONIAL, EXERCÍCIO DE 2021.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/757/portaria_no_017_02-03-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/757/portaria_no_017_02-03-2022.pdf</t>
   </si>
   <si>
     <t>CRIA COMISSÃO RESPONSÁVEL PELA CONFERÊNCIA DO INVENTÁRIO FÍSICO DE BENS PATRIMONIAIS, EXERCÍCIO DE 2021.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/756/portaria_no_016_02-03-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/756/portaria_no_016_02-03-2022.pdf</t>
   </si>
   <si>
     <t>CRIA COMISSÃO RESPONSÁVEL CONFERÊNCIA DOS MATERIAIS EM ALMOXARIFADO, EXERCÍCIO DE 2021.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/755/portaria_no_015_02-03-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/755/portaria_no_015_02-03-2022.pdf</t>
   </si>
   <si>
     <t>DESIGNA MEMBROS DA COMISSÃO ESPECIAL DE CONFERÊNCIA DE VALORES EM TESOURARIA, EXERCÍCIO DE 2021.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/744/portaria_no_014_02-03-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/744/portaria_no_014_02-03-2022.pdf</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/743/portaria_no_013_17-02-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/743/portaria_no_013_17-02-2022.pdf</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/733/portaria_no_012__07-02-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/733/portaria_no_012__07-02-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTITUIÇÃO DE COMISSÃO PERMANENTES DA CÂMARA MUNICIPAL DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/729/lei_no_456_21-01-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/729/lei_no_456_21-01-2022.pdf</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/728/lei_no_455_21-01-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/728/lei_no_455_21-01-2022.pdf</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/727/lei_no_454_21-01-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/727/lei_no_454_21-01-2022.pdf</t>
   </si>
   <si>
     <t>REVISA A REMUNERAÇÃO DOS SERVIDORES DO PODER EXECUTIVO DO MUNICÍPIO DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/726/lei_no_453_21-01-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/726/lei_no_453_21-01-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 400, DE 11 DE OUTUBRO DE 2019, QUE "INSTITUI A POLÍTICA MUNICIPAL DE REGULARIZAÇÃO FUNDIÁRIA DENOMINADA "NATALÂNDIA LEGAL"; DISPÕE SOBRE A APLICAÇÃO, NO ÂMBITO DO MUNICÍPIO DE NATALÂNDIA, DAS NORMAS E INSTRUMENTOS PREVISTOS NA LEI FEDERAL Nº 13.465; DE 11 DE JULHO DE 2017, NO DECRETO FEDERAL Nº 9.310, DE 15 DE MARÇO DE 2018 E DEMAIS LEGISLAÇÕES DE REGÊNCIA, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/730/portaria_no_010_22-01-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/730/portaria_no_010_22-01-2022.pdf</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/732/portaria_no_011__19-01-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/732/portaria_no_011__19-01-2022.pdf</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/731/portaria_no_009_17-01-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/731/portaria_no_009_17-01-2022.pdf</t>
   </si>
   <si>
     <t>CONVOCAÇÃO DE SESSÃO LEGISLATIVA EXTRAORDINÁRIA.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/725/portaria_no_008_05-01-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/725/portaria_no_008_05-01-2022.pdf</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/724/portaria_no_007_05-01-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/724/portaria_no_007_05-01-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE ABONO PECUNIÁRIO QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/723/portaria_no_006_05-01-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/723/portaria_no_006_05-01-2022.pdf</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/722/portaria_no_005_05-01-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/722/portaria_no_005_05-01-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O FUNCIONAMENTO DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/721/portaria_no_004_04-01-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/721/portaria_no_004_04-01-2022.pdf</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/720/portaria_no_003_04-01-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/720/portaria_no_003_04-01-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTITUIÇÃO DE COMISSÃO PERMANENTE DE LICITAÇÕES E DESIGNA PREGOEIRA-OFICIAL E EQUIPE DE APOIO DA CÂMARA MUNICIPAL DE NATALÂNDIA (MG).</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/719/portaria_no_002_04-01-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/719/portaria_no_002_04-01-2022.pdf</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/718/portaria_no_001_04-01-2022.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/718/portaria_no_001_04-01-2022.pdf</t>
   </si>
   <si>
     <t>NOMEIA OS MEMBROS DA MESA DIRETORA PARA O EXERCÍCIO DE 2022.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/716/lei_452_2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/716/lei_452_2021.pdf</t>
   </si>
   <si>
     <t>ALTERA O CAPUT DO ART. 8º DA LEI 416, DE 15 DE DEZEMBRO DE 2020 - LEI ORÇAMENTÁRIA DE 2021 E DÁ OUTRAS PROVODÊNCIAS.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/715/lei_451_2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/715/lei_451_2021.pdf</t>
   </si>
   <si>
     <t>INSTITUI A DECLARAÇÃO MENSAL DE CONTRATAÇÃO DE USO COMPARTILHADO DE INFRAESTRUTURA.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/717/lei_complementar_024_2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/717/lei_complementar_024_2021.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR N.º 22, DE 27 DE DEZEMBRO DE 2017, QUE "DISPÕE SOBRE O IMPOSTO SOBRE SERVIÇOS DE QUALQUER NATUREZA..."; PROMOVE ADEQUAÇÕES E AJUSTAMENTOS AO DISPOSTO NA LEI COMPLEMENTAR FEDERAL N.º 175, DE 23 DE SETEMBRO DE 2020, E NA LEI COMPLEMENTAR FEDERAL Nº 183, DE 22 DE SETEMBRO DE 2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/714/lei_no_450_14-12-2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/714/lei_no_450_14-12-2021.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O MUNICÍPIO DE NATALÂNDIA-MG, PARA O EXERCÍCIO FINACEIRO DE 2022.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/713/lei_no_449_14-12-2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/713/lei_no_449_14-12-2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL PARA O QUADRIÊNIO 2022/2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/712/lei_448_2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/712/lei_448_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DO CENTRO CULTURAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/711/lei_447_2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/711/lei_447_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PAGAMENTO DE VERBAS INDENIZATÓRIAS NO PODER LEGISLATIVI MUNICIPAL.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/710/lei_446_2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/710/lei_446_2021.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 150, DE 16 DE JUNHO DE 2005, QUE "DEFINE AS DESPESAS PASSÍVEIS DE SEREM REALIZADAS VIA REGIME DE ADIANTAMENTO, NO ÂMBITO DA ADMINISTRAÇÃO DOS PODERES MUNICIPAIS DE NATALÂNDIA - MG, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/709/portaria_no_022_24-11-2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/709/portaria_no_022_24-11-2021.pdf</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/620/lei_445_2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/620/lei_445_2021.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGAMA DE PAGAMENTO INCENTIVADO DE DÉBITO TRIBUTÁRIO COM A FAZENDA PÚBLICA, DENOMINADO "NATALÂNDIA EM DIA" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/619/portaria_no_021_21-10-2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/619/portaria_no_021_21-10-2021.pdf</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/618/portaria_no_020_27-10-2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/618/portaria_no_020_27-10-2021.pdf</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/616/lei_444_2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/616/lei_444_2021.pdf</t>
   </si>
   <si>
     <t>INCLUI AÇÃO NO PLANO PLURIANUAL, NA LEI DE DIRETRIZES ORÇAMENTÁRIAS E AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/609/lei_443_2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/609/lei_443_2021.pdf</t>
   </si>
   <si>
     <t>ALTERA A CAPUT DO ART. 8° DA LEI 416, DE 15 DE DEZEMBRO DE 2020 - LEI ORÇAMENTÁRIA DE 2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/608/lei_442_2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/608/lei_442_2021.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DA LEI Nº 321/2015, DE 14 DE SETEMBRO DE 2015.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/606/lei_441_2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/606/lei_441_2021.pdf</t>
   </si>
   <si>
     <t>INCLUI AÇÃO NO PLANO PLURIANUAL E AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/605/lei_440_2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/605/lei_440_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CIRCO ITINERANTE INSTALADO NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/607/lei_441_2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/607/lei_441_2021.pdf</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/610/lc_23_2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/610/lc_23_2021.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA DISPOSITIVOS A LEI COMPLEMENTAR Nº 17, DE 30 DE DEZEMBRO DE 2014, QUE "DISPÕE SOBRE O CODÍGO DE POSTURAS DO MUNICÍPIO DE NATALÂNDIA (MG) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/617/portaria_no_019_16-09-2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/617/portaria_no_019_16-09-2021.pdf</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/603/portaria_no_018_08-09-2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/603/portaria_no_018_08-09-2021.pdf</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/600/lei_439_2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/600/lei_439_2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS .</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/599/lei_438_2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/599/lei_438_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SERVIÇO DE INSPEÇÃO MUNICIPAL E OS PROCEDIMENTOS DE INSPEÇÃO SANITÁRIA E INDUSTRIAL DOS PRODUTOS DE ORIGEM ANIMAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/598/lei_437_2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/598/lei_437_2021.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DE ASSISTÊNCIA TÉCNICA E EXTENSÃO RURAL E O PROGRAMA MUNICIPAL DE ASSISTÊNCIA TÉCNICA E EXTENSÃO RURAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>531</t>
-[...1 lines deleted...]
-  <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/531/lei_436_2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/531/lei_436_2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO CELEBRAR CONVÊNIO COM A COOPERATIVA DE CRÉDITO DE LIVRE ADMISSÃO DO NOROESTE DE MINAS GERAIS LTDA - SICOOB CREDIPINHO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/552/portaria_no_017_16-07-2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/552/portaria_no_017_16-07-2021.pdf</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/551/portaria_no_016_16-07-2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/551/portaria_no_016_16-07-2021.pdf</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/450/lei_no_435_25-06-2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/450/lei_no_435_25-06-2021.pdf</t>
   </si>
   <si>
     <t>"ESTABELECE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA ANUAL DO EXERCÍCIO DE 2022 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/449/lei_434_2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/449/lei_434_2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE NATALÂNDIA-MG A CONTRAR COM O BANCO DE DESENVOLVIMENTO DE MINAS GERAIS S/A - BDMG, OPERAÇOES DE CRÉDITO COM OUTORGA DE GARANTIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/448/lei_433_2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/448/lei_433_2021.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 357/2017, DE 4 DE AGOSTO DE 2017, QUE "INTITUI A POLÍTICA MUNICIPAL DE TURISMO" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/447/lei_432_2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/447/lei_432_2021.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A AQUISIÇÃO, POR COMPRA, DOS DIREITOS REFERENTES À POSSE DO IMÓVEL QUE ESPECÍFICA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/446/lei_431_2021.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/466/portaria_no_015_26-04-2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/446/lei_431_2021.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/466/portaria_no_015_26-04-2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTITUIÇÃO DE COMISSÃO ESPECIAL DA CÂMARA MUNICIPAL DE NATALÂNDIA (MG).</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/444/lei_430_2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/444/lei_430_2021.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A LIMPEZA DE VIAS E LOGRADORES PÚBLICOS, BEM COMO DE TERRENOS BALDIOS, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/443/lei_429_2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/443/lei_429_2021.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A OBRIGATORIEDADE DE TRANSPARÊNCIA NA VACINAÇÃO DA POPULAÇÃODE NATALÂNDIA CONTRA A COVID-19 E DÁ OUTRAS "PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/442/lei_428_2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/442/lei_428_2021.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O ENSINO DE NOÇÕES BÁSICAS DA LEI MARIA DA PENHA, NO ÂMBITO DAS ESCOLAS MUNICIPAIS."</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/441/lei_427_2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/441/lei_427_2021.pdf</t>
   </si>
   <si>
     <t>" ALTERA AS DENIMINAÇÕES DAS RUAS 1 E 2 DOS BAIRROS BELA VISTA E BAIRRO BOA ESPERANÇA, DÀ DENOMINAÇÃO A NOVAS RUAS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/440/lei_426_2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/440/lei_426_2021.pdf</t>
   </si>
   <si>
     <t>"INSTITUI A POLÍTICA MUNICIPAL DE CONTROLE DE NATALIDADE DE CÃES E GATOS".</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/439/lei_425_2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/439/lei_425_2021.pdf</t>
   </si>
   <si>
     <t>"REESTRUTURA O CONSELHO MINICIPAL DE ACOMPANHAMENTO E CONTROLE SOCIAL DO FUNDO DE MANUTENÇÃO E DESENVOLVIMENTO DA EDUCAÇÃO BÁSICAE DE VALORIZAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO - CASCS-FUNDEB, EM CONFORMIDADE CO O ARTIGO 212-A DA CONSTITUIÇÃO FEDERAL, REGULAMENTADO NA FORMA DA LEI FEDERAL Nº14.113, DE 25 DE DEZEMBRO DE 2020;"</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/438/lei_424_2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/438/lei_424_2021.pdf</t>
   </si>
   <si>
     <t>"DÁ DENOMINAÇÃO AO PLENÁRIO DA CÂMARA MUNICIPAL DE NATALÂNDIA".</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/437/lei_423_2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/437/lei_423_2021.pdf</t>
   </si>
   <si>
     <t>INSTITUI A GRATIFICAÇÃO DE INCENTIVO À DOCÊNCIA-GID E DÁ OUTRAS PROVIDÊNCIA.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/436/lei_422_2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/436/lei_422_2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PAGAMENTO DE ADIANTAMENTO CONTRATUAL, EM VALOR FIXO E MENSAL FINANCEIRO CONDICIONADO A TRANPORTADORES ESCOLARES EM DECORRÊNCIA DA SUSPENSÃO DAS ATIVIDADES EDUCACIONAIS E CONSEQUENTES SUSPENSÃO DA PRESTAÇÃO DE SERVIÇOS, COMO MEDIDA PARA MITIGAR OS REFLEXOS ECONÔMICOS E FINANCEIROS ORIUNDOS DA PANDEMIA DE DOENÇA INFECCIOSA VIRAL RESPIRATÓRIA ( COVID-19/NOVO CORONAVÍRUS) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/434/lei_421_2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/434/lei_421_2021.pdf</t>
   </si>
   <si>
     <t>DELIMITA O LOCAL QUE ESPECIFICA COMO ZONA ESPECIAL DE INTERESSE SOCIAL (ZEIS-1), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/465/portaria_no_014_02-03-2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/465/portaria_no_014_02-03-2021.pdf</t>
   </si>
   <si>
     <t>CRIA COMISSÃO RESPONSÁVEL PELA VERIFICAÇÃO DA EXECUÇÃO DOS ATOS POTENCIAIS, EXERCÍCIOS DE 2020.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/464/portaria_no_013_02-03-2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/464/portaria_no_013_02-03-2021.pdf</t>
   </si>
   <si>
     <t>CRIA COMISSÃO RESPONSÁVEL CONFERÊNCIA DOS VALORES CONSTANTES DO PASSIVO DO BALANÇO PATRIMONIAL, EXERCÍCIO DE 2020.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/463/portaria_no_012_02-03-2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/463/portaria_no_012_02-03-2021.pdf</t>
   </si>
   <si>
     <t>CRIA COMISSÃO RESPONSÁVEL PELA CONFERÊNCIA DO INVENTÁRIO FÍSICO DE BENS PATRIMONIAIS, EXERCÍCIO DE 2020.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/462/portaria_no_011_02-03-2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/462/portaria_no_011_02-03-2021.pdf</t>
   </si>
   <si>
     <t>CRIA COMISSÃO RESPONSÁVEL CONFERÊNCIA DOS MATERIAS EM ALMOXARIFADO, EXERCÍCIO DE 2020.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/461/portaria_no_010_02-03-2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/461/portaria_no_010_02-03-2021.pdf</t>
   </si>
   <si>
     <t>DESIGNA MEMBROS DA COMISSÃO ESPECIAL DE CONFERÊNCIA DE VALORES EM TESOURARIA, EXERCÍCIO DE 2020.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/433/lei_no_420_2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/433/lei_no_420_2021.pdf</t>
   </si>
   <si>
     <t>REVISA A REMUNERAÇÃO DO SERVIDORES DO PODER EXECUTIVO DO MUNICÍPIO DE NATALÂNDIA E DÁ OUTRA PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/431/lei_no_419_2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/431/lei_no_419_2021.pdf</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/435/lei_no_418_2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/435/lei_no_418_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO ANUAL DOS SERVIDORES DA CÂMARA DE NATALÂNDIA.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/460/portaria_no_009_22-02-2021.pdf</t>
-[...5 lines deleted...]
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/457/portaria_no_007_15-02-2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/460/portaria_no_009_22-02-2021.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/458/portaria_no_008_15-02-2021.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/457/portaria_no_007_15-02-2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE LINCENÇA-PRÊMIO QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/456/portaria_no_006_15-02-2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/456/portaria_no_006_15-02-2021.pdf</t>
   </si>
   <si>
     <t>REVOGA A PORTARIA Nº 011/2019, QUE CONCEBEU A GRATIFICAÇÃO A SERVIDORA EFETIVA ANA PAULA PEREIRA DA SILVA PELA FUNÇÃO DE CONFIANÇA DE ASSESSORA DAS COMISSÕES PERMANENTES E TEMPORÁRIAS DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/455/portaria_no_005_08-02-2021.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/454/portaria_no_004_03-01-2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/455/portaria_no_005_08-02-2021.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/454/portaria_no_004_03-01-2021.pdf</t>
   </si>
   <si>
     <t>SUSPENDE O EXPEDIENTE ADMINISTRATIVO DA CÂMARA MUNICIPAL NO PERÍODO DE 05 A 31 DE JANEIRO DE 2021.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/453/portaria_no_003_04-01-2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/453/portaria_no_003_04-01-2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTITUIÇÃO DE COMISSÃO PERMANENTE DE LICITAÇÕES DA CÂMARA MUNICIPAL DE NATALÂNDIA (MG).</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/452/portaria_no_002_04-01-2021.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/451/portaria_no_001_04-01-2021.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/452/portaria_no_002_04-01-2021.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/451/portaria_no_001_04-01-2021.pdf</t>
   </si>
   <si>
     <t>NOMEIA OS MEMBROS DA MESA DIRETORA PARA O EXERCÍCIO DE 2021.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/550/lei_no_417_15-12-2020.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/550/lei_no_417_15-12-2020.pdf</t>
   </si>
   <si>
     <t>REVISA O PLANO MUNICIPAL DE SANEAMENTO BÁSICO APROVADO PELA LEI MUNICIPAL Nº 365, DE 22 DE SETEMBRO DE 2017 E ALTERADO PELA LEI 379/2018 DE 13 DE AGOSTO DE 2018, INSTITUINDO O PLANO MUNICIPAL DE SANEAMENTO  BÁSICO - PMSB, INSTRUMENTO DA POLÍTICA MINICIPAL DE SANEAMENTO BÁSICO DO MUNICÍPIO DE NATALÂNDIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/549/lei_no_416_15-12-2020.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/549/lei_no_416_15-12-2020.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE NATALÂNDIA PARA O EXERCÍCIOS FINANCEIRO DE 2021; ESTABELECE A FORMA DE FINANCIAMENTO DAS POLÍTICAS PÚBLICAS A SEREM EXECUTADAS  PELO MUNICÍPIO EM 2021 E DÁ OUTRAS PROPVIDÊNCIAS.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/635/decreto_no_022_11-12-2020.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/635/decreto_no_022_11-12-2020.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DO PREFEITO DE NATALÂNDIA, REFERENTE AO EXERCÍCIO DE 2018, NOS TERMOS DO PARECER PRÉVIO DO TRIBUNAL DE CONTAS DO ESTADO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/634/decreto_no_021_11-12-2020.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/634/decreto_no_021_11-12-2020.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DO PREFEITO DE NATALÂNDIA, REFERENTE AO EXERCÍCIO DE 2017, NOS TERMOS DO PARECER PRÉVIO DO TRIBUNAL DE CONTAS DO ESTADO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/548/lei_no_415_27-11-2020.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/548/lei_no_415_27-11-2020.pdf</t>
   </si>
   <si>
     <t>ABRE AO ORÇAMENTO FISCAL E DA SEGURIDADE SOCIAL DO MUNICÍPIO, EM FAVOR DA PREFEITURA DE NATALÂNDIA, CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE R$2.113.500,00 PARA REFORÇO DE DOTAÇÕES CONSTANTES DA LEI ORÇAMENTÁRIA VIGENTE.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/576/portaria_no_023_25-09-2020.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/576/portaria_no_023_25-09-2020.pdf</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/575/portaria_no_022_25-09-2020.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/575/portaria_no_022_25-09-2020.pdf</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/574/portaria_no_021_02-09-2020.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/574/portaria_no_021_02-09-2020.pdf</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/573/portaria_no_020_25-11-2020.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/573/portaria_no_020_25-11-2020.pdf</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/572/portaria_no_019_05-08-2020.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/572/portaria_no_019_05-08-2020.pdf</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/571/portaria_no_018_05-08-2020.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/571/portaria_no_018_05-08-2020.pdf</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/570/portaria_no_017_03-08-2020.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/570/portaria_no_017_03-08-2020.pdf</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/547/lei_no_414_06-07-2020.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/547/lei_no_414_06-07-2020.pdf</t>
   </si>
   <si>
     <t>ESTABELECE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA ANUAL DO EXERCÍCIO DE 2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/546/lei_no_413_02-07-2020.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/546/lei_no_413_02-07-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O VALOR DO ADICIONAL DE INSALUBRIDADE DOS TÉCNICOS DE ENFERMAGEM DURANTE O ESTADO DE CALAMIDADE PÚBLICA DECORRENTE DA COVID-19.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/569/portaria_no_016_29-06-2020.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/569/portaria_no_016_29-06-2020.pdf</t>
   </si>
   <si>
     <t>SUSPENDE O EXPEDIENTE ADMINISTRATIVO DA CÂMARA MUNICIPAL NO PERÍODO DE 01 A 31 DE JULHO 2020.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/568/portaria_no_014_10-06-2020.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/568/portaria_no_014_10-06-2020.pdf</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/545/lei_no_412_04-06-2020.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/545/lei_no_412_04-06-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE LIMPEZA DE TERRENOS BALDIOS NO MUNICÍPIO DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/544/lei_no_411_22-04-2020.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/544/lei_no_411_22-04-2020.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI Nº 368, DE 27 DE DEZEMBRO DE 2017, QUE DISPÕE SOBRE O PLANO PLURIANUAL DE GOVERNO DO MUNICÍPIO DE NATALÂNDIA (MG) PARA OS EXERCÍCIOS 2018/2021, E ABRE CRÉDITO ADICIONAL EXTRAORDINÁRIO AO ORÇAMENTO VIGENTE.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/543/lei_no_410_22-04-2020.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/543/lei_no_410_22-04-2020.pdf</t>
   </si>
   <si>
     <t>DENOMINA NAZARÉ DE JESUS CUNHA PEREIRA A FEIRA LIVRE SITUADA NA PRAÇA ROMÃO MIGUEL ALVES.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/542/lei_no_409_22-04-2020.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/542/lei_no_409_22-04-2020.pdf</t>
   </si>
   <si>
     <t>FIXA PISO SALARIAL PROFISSIONAL DOS AGENTES COMUNITÁRIOS DE SAÚDE E DOS AGENTES DE COMBATES ÀS ENDEMIAS.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/567/portaria_no_013_06-04-2020.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/567/portaria_no_013_06-04-2020.pdf</t>
   </si>
   <si>
     <t>CONCEDE GRATIFICAÇÃO ESPECÍFICA DE APOIO TÉCNICO ADMINISTRATIVO E TÉCNICO-OPERACIONAL AOS ÓRGÃOS DA CÃMARA MUNICIPAL - À SERVODORA. VÂNIA ROSA GOGINHO ALVES.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/566/portaria_no_012_18-03-2020.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/566/portaria_no_012_18-03-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A SUSPENSÃO DA 4ª REUNIÃO ORDINÁRIA DA 4ª SESSÃO LEGISLATIVA DA 6ª LEGISLATURA E DO EXPEDIENTE ADMINISTRATIVO DA CÂMARA MUNICIPAL DE NATALÂNDIA NO PERÍODO COMPREENDIDO ENTRE 18 A 31 DE MARÇO DE 2020, CONSIDERANDO A DECLARAÇÃO DE SITUAÇÃO DE EMERGÊNCIA OBJETO DO DECRETO Nº 1.304, DE 17 DE MARÇO DE 2020, QUE "DECLARA SITUAÇÃO DE EMERGÊNCIA EM SAÚDE PÚBLICA, NO MUNICÍPIO DE NATALÂNDIA, E DISPÕE SOBRE AS MEDIDAS PARA ENFRENTAMENTO DO NOVO CORONAVÍRUS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/633/decreto_no_020_16-03-2020.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/633/decreto_no_020_16-03-2020.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DO PREFEITO DE NATALÂNDIA, REFERENTE AO EXERCÍCIO DE 2016, NOS TERMOS DO PARECER PRÉVIO DO TRIBUNAL DE CONTAS DO ESTADO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/565/portaria_no_011_02-03-2020.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/565/portaria_no_011_02-03-2020.pdf</t>
   </si>
   <si>
     <t>CRIA COMISSÃO RESPONSÁVEL PELA VERIFICAÇÃO DA EXECUÇÃO DOS ATOS POTENCIAIS, EXERCÍCIO DE 2019.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/564/portaria_no_010_02-03-2020.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/564/portaria_no_010_02-03-2020.pdf</t>
   </si>
   <si>
     <t>CRIA COMISSÃO RESPONSÁVEL CONFERÊNCIA DOS VALORES CONSTANTES DO PASSIVO DO BALANÇO PATRIMONIAL, EXERCÍCIO DE 2019.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/563/portaria_no_009_02-03-2020.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/563/portaria_no_009_02-03-2020.pdf</t>
   </si>
   <si>
     <t>CRIA COMISSÃO RESPONSÁVEL PELA CONFERÊNCIA DO INVENTÁRIO FÍSICO DE BENS PATRIMONIAIS, EXERCÍCIO DE 2019.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/562/portaria_no_008_02-03-2020.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/562/portaria_no_008_02-03-2020.pdf</t>
   </si>
   <si>
     <t>CRIA COMISSÃO RESPONSÁVEL CONFERÊNCIA DOS MATERIAIS EM ALMOXARIFADO, EXERCÍCIO DE 2019.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/561/portaria_no_007_02-03-2020.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/561/portaria_no_007_02-03-2020.pdf</t>
   </si>
   <si>
     <t>DESIGNA MEMBROS DA COMISSÃO ESPECIAL DE CONFERÊNCIA DE VALORES EM TESOURARIA, EXERCÍCIO DE 2019.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/560/portaria_no_006_21-02-2020.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/560/portaria_no_006_21-02-2020.pdf</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/541/lei_no_408_17-02-2020.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/541/lei_no_408_17-02-2020.pdf</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/540/lei_407_2020.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/540/lei_407_2020.pdf</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/539/lei_no_406_17-02-2020.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/539/lei_no_406_17-02-2020.pdf</t>
   </si>
   <si>
     <t>REVISA A REMUNERAÇÃO DOS SERVIDORES DO PODER EXECUTIVO DO MUNICÍPIO DE NATALÂNDIA E DÁ OUTRAS PROVODÊNCIAS.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/559/portaria_no_005_05-02-2020.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/559/portaria_no_005_05-02-2020.pdf</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/558/portaria_no_004_03-01-2020.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/558/portaria_no_004_03-01-2020.pdf</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/557/portaria_no_003_03-01-2020.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/557/portaria_no_003_03-01-2020.pdf</t>
   </si>
   <si>
     <t>SUSPENDE O EXPEDIENTE ADMINISTRATIVO DA CÂMARA NO PERÍODO DE 06 A 31 DE JANEIRO 2020.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/556/portaria_no_002_02-01-2020.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/556/portaria_no_002_02-01-2020.pdf</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/601/portaria_no_001_02-01-2020.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/601/portaria_no_001_02-01-2020.pdf</t>
   </si>
   <si>
     <t>NOMEIA OS MEMBROS DA MESA DIRETORA PARA O EXERCÍCIO DE 2020.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/595/portaria_no_019_25-11-2019.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/595/portaria_no_019_25-11-2019.pdf</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/538/lei_no_405_24-12-2019.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/538/lei_no_405_24-12-2019.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE NATALÂNDIA PARA O EXERCÍCIO FINANCEIRO DE 2020; ESTABELECE A FORMA DE FINANCIAMENTO DAS POLÍTICAS PÚBLICAS A SEREM EXECUTADAS PELO MUNICÍPIO EM 2020 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>537</t>
-[...1 lines deleted...]
-  <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/537/lei_404-2019_-_altera_a_lei_municipal_281.docx</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/537/lei_404-2019_-_altera_a_lei_municipal_281.docx</t>
   </si>
   <si>
     <t>ALTERA E REVOGA DISPOSITIVOS DA LEI MUNICIPAL Nº 281/2014, DE 19 DE MAIO DE 2014, QUE DISPÕE SOBRE AUTORIZAÇÃO AO PODER EXECUTIVO MUNICIPAL A PAGAR TAXAS DE SEGURANÇA PÚBLICA PARA LICENCIAMENTO DE VEÍCULO NO MUNICÍPIO.</t>
   </si>
   <si>
-    <t>536</t>
-[...1 lines deleted...]
-  <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/536/lei_no_403_09-12-2019.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/536/lei_no_403_09-12-2019.pdf</t>
   </si>
   <si>
     <t>INSTITUI A NOTA FISCAL DE SERVIÇOS ELETRÔNICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/594/portaria_no_018_24-10-2019.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/594/portaria_no_018_24-10-2019.pdf</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/593/portaria_no_017_14-10-2019.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/593/portaria_no_017_14-10-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE LICENÇA PRÊMIO QUE ESPECÍFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>535</t>
-[...1 lines deleted...]
-  <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/535/lei_402_2019.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/535/lei_402_2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTALAÇÃO DE EQUIPAMENTO ELIMINADOR DE AR NA TUBULAÇÃO DO SISTEMA DE ABASTECIMENTO DE ÀGUA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>534</t>
-[...1 lines deleted...]
-  <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/534/lei_no_401_11-10-2019.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/534/lei_no_401_11-10-2019.pdf</t>
   </si>
   <si>
     <t>FIXA O VALOR PARA PAGAMENTO DE OBRIGAÇÕES VINCULADAS A REQUISIÇÃO DE PEQUENO VALOR - RPV DECORRENTE DE DECISÃO JUDICIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>533</t>
-[...1 lines deleted...]
-  <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/533/lei_no_400_11-10-2019.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/533/lei_no_400_11-10-2019.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DE REGULARIZAÇÃO FUNDIÁRIA DENOMINADA "NATALÂNDIA LEGAL"; DISPÕE SOBRE A APLICAÇÃO, NO ÂMBITO DO MUNICÍPIO DE NATALÂNDIA, DAS NORMAS E INSTRUMENTOS PREVISTOS NA LEI FEDERAL Nº 13.465, DE 11 DE JULHO DE 2017, NO DECRETO FEDERAL Nº 9.310, DE 15 DE MARÇO DE 2018 E DEMAIS LEGISLAÇOES DE REGÊNCIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>532</t>
-[...1 lines deleted...]
-  <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/532/lei_no_399_11-10-2019.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/532/lei_no_399_11-10-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCILIAÇÃO, TRANSAÇÃO E DESISTÊNCIA NOS PROCESSOS DA COMPETÊNCIA DOS JUIZADOS ESPECIAIS DA FAZENDA PÚBLICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>530</t>
-[...1 lines deleted...]
-  <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/530/lei_no_398_11-10-2019.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/530/lei_no_398_11-10-2019.pdf</t>
   </si>
   <si>
     <t>RECONHECE E DENOMINA O CEMITÉRIO SITUADO NO PROJETO DE ASSENTAMENTO SACO DO RIO PRETO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/592/portaria_no_016_11-10-2019.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/592/portaria_no_016_11-10-2019.pdf</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/591/portaria_no_015_11-10-2019.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/591/portaria_no_015_11-10-2019.pdf</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/590/portaria_no_014_07-10-2019.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/590/portaria_no_014_07-10-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE FÉRIAS REGULAMENTAR QUE ESPECIFÍCA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/589/portaria_no_013_06-09-2019.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/589/portaria_no_013_06-09-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE FÉRIAS REGULAMENTAR QUE ESPECIFÍCA E DÁ OUTRAS PROVIDÊNCIAS..</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/588/portaria_no_012_06-09-2019.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/588/portaria_no_012_06-09-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE LICENÇA-PRÊMIO, A SERVIDORA EFETIVA ANA PAULA PEREIRA DA SILVA.</t>
   </si>
   <si>
-    <t>529</t>
-[...1 lines deleted...]
-  <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/529/lei_no_397_26-08-2019.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/529/lei_no_397_26-08-2019.pdf</t>
   </si>
   <si>
     <t>DENOMINA "VEREADOR JOAQUIM DE OLIVEIRA CAMPOS" O CORETO SITUADO NA PRAÇA MIGUEL ALVES ROMÃO.</t>
   </si>
   <si>
-    <t>528</t>
-[...1 lines deleted...]
-  <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/528/lei_396_2019.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/528/lei_396_2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O RESSARCIMENTO DOS INVESTIMENTOS REALIZADOS PELO MINICÍPIO DE NATALÂNDIA NO SISTEMA DE ESGOTAMENTO SANITÁRIO EM DECORRÊNCIA DA OUTORGA PREVISTA NA LEI MUNICIPAL Nº 365, DE 22 DE SETEMBRO DE 2017.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/587/portaria_no_011_26-08-2019.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/587/portaria_no_011_26-08-2019.pdf</t>
   </si>
   <si>
     <t>CONCEDE GRATIFICAÇÃO A SERVIDORA ANA PAULA PEREIRA DA SILVA PELA FUNÇÃO DE CONFIANÇA DE ASSESSORA DA COMISSÕES PERMANENTES E TEMPORÁRIAS DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/586/portaria_no_010_26-08-2019.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/586/portaria_no_010_26-08-2019.pdf</t>
   </si>
   <si>
     <t>CONCEDE GRATIFICAÇÃO A SERVIDORA EFETIVA FLORIZA DE SOUZA ROSA NETA PELA FUNÇÃO DE CONFIANÇA DE CHEFIA/ADMINISTRAÇÃO DE PESSOAL DO PODER LEGISLATIVO.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/424/lei_no_395_23-08-2019.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/424/lei_no_395_23-08-2019.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO IV DA LEI MUNICIPAL N° 216/2010 QUE DISPÕE SOBRE A ESTRUTURAÇÃO DO PLANO DE CARGOS E CARREIRAS DA CÂMARA MUNICIPAL DE NATALÂNDIA-MG , INSTITUI NOVA TABELA DE VENCIMENTOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/423/lei_n_394_2019_0001.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/423/lei_n_394_2019_0001.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE PAGAMENTO INCENTIVADO DE DÉBITO TRIBUTÁRIOS COM A FAZENDA PÚBLICA, DENOMINADO "NATALÂNDIA EM DIA" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/421/lei_n_393_2019.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/421/lei_n_393_2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA MUNICIPAL DE TRANSPARÊNCIA E ACESSIBILIDADE À INFORMAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/422/lei_n_392_2019.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/422/lei_n_392_2019.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DENOMINADO "CONTRIBUINTE PREMIADO" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/414/resoluca0_no_072_23-08-2019.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/414/resoluca0_no_072_23-08-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA DA CÂMARA MUNICIPAL DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/420/lei_no_391_28-06-2019.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/420/lei_no_391_28-06-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2020 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>527</t>
-[...1 lines deleted...]
-  <si>
     <t>391B</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/527/lei_391-b-2019_-_ldo-.doc</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/527/lei_391-b-2019_-_ldo-.doc</t>
   </si>
   <si>
     <t>VEDA A NOMEAÇÃO PARA CARGOS EM COMISSÃO, NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA DIRETA E INDIRETA NOS PODERES EXECUTIVO E LEGISLATIVO DO MUNICÍPIO DE NATALÂNDIA, DE PESSOA CONDENADA PELA LEI FEDERAL Nº 11.340, DE 7 DE AGOSTO DE 2006, QUE "CRIA MECANISMOS PARA COIBIR A VIOLÊNCIA DOMÉSTICA E FAMILIAR CONTRA A MULHER, NOS TERMOS DO § 8º DO ART. 226 DA CONSTITUIÇÃO FEDERAL, DA CONVENÇÃO SOBRE A ELIMINAÇÃO DE TODAS AS FORMAS DE DISCRIMINAÇÃO CONTRA AS MULHERES E DA CONVENÇÃO INTERAMERICANA PARA PREVENIR, PUNIR E ERRADICAR A VIOLÊNCIA CONTRA A MULHER; DISPÔE SOBRE A CRIAÇÃO DOS JUIZADOS DE VIOLÊNCIA DOMÉSTICA E FAMILIAR CONTRA A MULHER; ALTERA O CÓDIGO DE PROCESSO PENAL, O CÓDIGO PENAL E A LEI DE EXECUÇÃO PENAL; E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>526</t>
-[...1 lines deleted...]
-  <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/526/lei_390-2019-finisa.doc</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/526/lei_390-2019-finisa.doc</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO A CONTRATAR OPERAÇÃO DE CRÉDITO JUNTO À CAIXA ECONÔMICA FEDERAL, NO ÂMBITO DO PROGRAMA FINISA - FINANCIAMENTO À INFRAESTRUTURA E AO SANEAMENTO NA MODALIDADE APOIO FINANCEIRO DESTINADO À APLICAÇÃO EM DESPESA DE CAPITAL E A OFERECER GARANTIAS E DÁ OUTRAS PROVIDÊNCIA.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/585/portaria_no_009_16-05-2019.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/585/portaria_no_009_16-05-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRFE A DETERMINAÇÃO DE LUTO OFICIAL NA CÂMARA MUNICIPAL DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/584/portaria_no_008_08-05-2019.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/584/portaria_no_008_08-05-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DECRETAÇÃO DE LUTO OFICIAL E SUSPENSÃO DE REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>524</t>
-[...1 lines deleted...]
-  <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/524/lei_389-2019_-_altera_a_lei_384-2019.doc</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/524/lei_389-2019_-_altera_a_lei_384-2019.doc</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 384, DE 12 DE FEVEREIRO DE 2019, QUE "DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA, ORGANIZACIONAL E INSTITUCIONAL DA PREFEITURA DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/419/lei_n_388_2019.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/419/lei_n_388_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A AQUISIÇÃO , POR COMPRA, DOS DIREITOS REFERENTES À POSSE DO IMÓVEL QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/417/lei_n_387_2019.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/417/lei_n_387_2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REAJUSTE DOS SUBSÍDIOS DOS VEREADORES, DO PREFEITO, E DO VICE-PREFEITO E DOS SECRETÁRIOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/416/lei_no_386_26-02-2019.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/416/lei_no_386_26-02-2019.pdf</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/415/lei_n_385_2019.pdf</t>
-[...2 lines deleted...]
-    <t>523</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/415/lei_n_385_2019.pdf</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/523/lei_no_384_12-02-2019.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/523/lei_no_384_12-02-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA, ORGANIZACIONAL E INSTITUCIONAL DA PREFEITURA DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/583/portaria_no_007_27-02-2019.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/583/portaria_no_007_27-02-2019.pdf</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/582/portaria_no_006_05-02-2019.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/582/portaria_no_006_05-02-2019.pdf</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/581/portaria_no_005_05-02-2019.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/581/portaria_no_005_05-02-2019.pdf</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/580/portaria_no_004_03-01-2019.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/580/portaria_no_004_03-01-2019.pdf</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/579/portaria_no_003_03-01-2019.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/579/portaria_no_003_03-01-2019.pdf</t>
   </si>
   <si>
     <t>SUSPENDE O EXEPEDIENTE ADMINISTRATIVO DA CÂMARA MUNICIPAL NO PERÍODO DE 03 A 20 DE JANEIRO 2019.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/578/portaria_no_002_03-01-2019.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/578/portaria_no_002_03-01-2019.pdf</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/577/portaria_no_001_03-01-2019.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/577/portaria_no_001_03-01-2019.pdf</t>
   </si>
   <si>
     <t>NOMEIA OS MEMBROS DA MESA DIRETORA PARA O EXERCÍCIO DE 2019.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/706/resolucao_no_071_19-11-2018.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/706/resolucao_no_071_19-11-2018.pdf</t>
   </si>
   <si>
     <t>ALTERA A RESOLUÇÃO Nº 007, DE 27 DE OUTUBRO DE 1997, QUE CONTÉM O REGIMENTO INTERNO.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/741/portaria_no_009_14-12-2018.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/741/portaria_no_009_14-12-2018.pdf</t>
   </si>
   <si>
     <t>SUSPENDE O EXPEDIENTE ADMINISTRATIVO DA CÂMARA MUNICIPAL NO PERÍODO DE 17 A 31 DE DEZEMBRO DE 2018.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/522/lei_no_383_03-12-2018.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/522/lei_no_383_03-12-2018.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE NATALÂNDIA PARA O EXERCÍCIO FINANCEIRO DE 2019; ESTABELECE A FORMA DE FINANCIAMENTO DAS POLÍTICAS PÚBLICAS A SEREM EXECUTADAS PELO MUNICÍPIO EM 2019 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/521/lei_no_382_12-11-2018.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/521/lei_no_382_12-11-2018.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 369, DE 27 DE DEZEMBRO DE 2017, QUE "ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE NATALÂNDIA-MG PARA O EXERCÍCIO DE 2018".</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/520/lei_no_381_15-10-2018.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/520/lei_no_381_15-10-2018.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA DE COLETA E DISTRIBUIÇÃO DE MEDICAMENTOS - PROGRAMA FARMÁCIA SOLIDÁRIA - NO MUNICÍPIO DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/519/lei_no_380_15-10-2018.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/519/lei_no_380_15-10-2018.pdf</t>
   </si>
   <si>
     <t>INSTITUI O MOMENTO CÍVICO NOS ESTABELECIMENTOS PÚBLICOS DO SISTEMA MUNICIPAL DE ENSINO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/518/lei_no_379_13-08-2018.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/518/lei_no_379_13-08-2018.pdf</t>
   </si>
   <si>
     <t>REVISA O PLANO MUNICIPAL DE SANEAMRNTO BÁSICO APROVADO PELA LEI MUNICIPAL Nº 365, DE 22 DE SETEMBRO DE 2017.</t>
   </si>
   <si>
-    <t>517</t>
-[...1 lines deleted...]
-  <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/517/lei_no_378_09-07-2018.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/517/lei_no_378_09-07-2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2019 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/516/lei_no_377_21-06-2018.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/516/lei_no_377_21-06-2018.pdf</t>
   </si>
   <si>
     <t>INSTITUI AJUDA DE CUSTO PARA OS SERVIDORES NO EXERCÍCIO DO CARGO DE MOTORISTA DO QUADRO DE PESSOAL DA SECRETARIA MUNICIPAL DA SAÚDE.</t>
   </si>
   <si>
     <t>376 B</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 357/2017, DE 4 DE AGOSTO DE 2017, QUE "INSTITUI A POLÍTICA MUNICIPAL DE TURISMO; CRIA O CONSELHO MUNICIPAL DE TURISMO-COMTURISMO E O FUNDO MUNICIPAL DE TURISMO-FUMTUR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/742/portaria_no_008_27-03-2018.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/742/portaria_no_008_27-03-2018.pdf</t>
   </si>
   <si>
     <t>ATUALIZA OS VENCIMENTOS DOS CARGOS COMISSIONADOS, DE LIVRE NOMEAÇÃO E EXONERAÇÃO E DOS CARGOS DE PROVIMENTO EFETIVO.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/514/lei_no_376_12-06-2018.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/514/lei_no_376_12-06-2018.pdf</t>
   </si>
   <si>
     <t>REVISA O VENCIMENTO BÁSICO DOS SERVIDORES DA CÂMARA MUNICIPALDE NATALÂNDIA, ESTADO DE MINAS GERAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/513/lei_no_375_17-04-2018.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/513/lei_no_375_17-04-2018.pdf</t>
   </si>
   <si>
     <t>INSTITUI O AUXÍLIO-ALIMENTAÇÃO A SER CONCEDIDO AOS SERVIDORES DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DIRETA, AUTÁRQUICA E FUNDACIONAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/512/lei_no_374_16-04-2018.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/512/lei_no_374_16-04-2018.pdf</t>
   </si>
   <si>
     <t>INSTITUI O FUNDO MUNICIPAL DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/705/resolucao_no_070_13-04-2018.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/705/resolucao_no_070_13-04-2018.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA DISPOSITIVOS A RESOLUÇÃO Nº 007, DE 27 DE OUTUBRO DE 1997, QUE CONTÉM O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE NATALÂNDIA, ESTADO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/740/portaria_no_007_27-03-2018.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/740/portaria_no_007_27-03-2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE PONTO FACULTATIVO NOS DIAS 28 E 29 DE MARÇO DE2018.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/511/lei_373-2018-_novembro_azul_-.doc</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/511/lei_373-2018-_novembro_azul_-.doc</t>
   </si>
   <si>
     <t>INSTITUI O MÊS "NOVEMBRO AZUL" NO MUNICÍPIO DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/510/lei_372-2018-_outubro_rosa.doc</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/510/lei_372-2018-_outubro_rosa.doc</t>
   </si>
   <si>
     <t>INSTITUI O MÊS "OUTUBRO ROSA" NO MUNICÍPIO DE NATALÂNDIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/509/lei_371-2018_-_folga_no_aniversario_do_servidor.doc</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/509/lei_371-2018_-_folga_no_aniversario_do_servidor.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE UMA FOLGA ANUAL PARA TODOS OS SERVIDORES PÚBLICOS MUNICÍPAIS DO MUNICÍPIO DE NATALÂNDIA, NO DIA DE SEU ANIVERSÀRIO NATALÍCIO NA FORMA QUE MENCIONA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/427/lei_no_370_09-03-2018.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/427/lei_no_370_09-03-2018.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 365, DE 22 DE SETEMBRO DE 2018, QUE AUTORIZA O PODER EXECUTIVO A CELEBRAR ACORDO DE COOPERAÇÃO COM O ESTADO DE MINAS GERAIS, PARA O FIM DE ESTABELECER COLABORAÇÃO FEDERATIVA NA ORGANIZAÇÃO, REGULARIZAÇÃO, FISCALIZAÇÃO E PRESTAÇÃO DOS SERVIÇOS PÚBLICOS MUNICIPAIS DE ABASTECIMENTO DE ÁGUA E DE ESGOTAMENTO SANITÁRIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/739/portaria_no_006_05-02-2018.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/739/portaria_no_006_05-02-2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTITUIÇÃO DE COMISSÕES PERMANENTES DA CÂMARA MUNICIPAL DE NATALANDIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/737/portaria_no_004_05-01-2018.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/737/portaria_no_004_05-01-2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE LUTO OFICIAL PELO FALECIMENTO DO ASSESSOR CONTÁBIL, EDVARD TRAJANO JÚNIOR.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/738/portaria_no_005_12-01-2018.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/738/portaria_no_005_12-01-2018.pdf</t>
   </si>
   <si>
     <t>SUSPENDE O EXPEDIENTE ADMINISTRATIVO DA CÂMARA MUNICIPAL NO PERÍODO DE 15 DE JANEIRO DE 2018 A 02 DE FEVEREIRO DE 2018.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/736/portaria_no_003_02-01-2018.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/736/portaria_no_003_02-01-2018.pdf</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/735/portaria_no_002_02-01-2018.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/735/portaria_no_002_02-01-2018.pdf</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/734/portaria_no_001_02-01-2018.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/734/portaria_no_001_02-01-2018.pdf</t>
   </si>
   <si>
     <t>NOMEIA OS MEMBROS DA MESA DIRETORA PARA O EXERCÍCIO DE 2018.</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/508/lei_no_369_27-12-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/508/lei_no_369_27-12-2017.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O MUNICÍPIO DE NATALÂNDIA- MG, PARA EXERCÍCIO FINANCEIRO DE 2018.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/507/lei_368-2017-ppa_2018-2021.zip</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/507/lei_368-2017-ppa_2018-2021.zip</t>
   </si>
   <si>
     <t>DISPÔE SOBRE O PLANO PLURIANUAL PARA O QUADRIÊNIO 2018/2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/615/lei_complementar_no_022_27-12-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/615/lei_complementar_no_022_27-12-2017.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CÓDIGO TRIBUTÁRIO MUNICIPAL E ESTABECE NORMAS GERAIS DE DIREITO TRIBUTÁRIO APLICÁVEIS AO MUNICÍPIO DE NATALÂNDIA.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/614/lei_complementar_no_021_27-12-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/614/lei_complementar_no_021_27-12-2017.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR Nº 6, DE 31 DE DEZEMBRO DE 2003, QUE DISPÕE SOBRE OS IMPOSTOS SOBRE SERVIÇOS DE QUALQUER NATUREZA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/632/decreto_no_019_27-12-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/632/decreto_no_019_27-12-2017.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DO PREFEITO DE NATALÂNDIA, REFERENTES AO EXERCÍCIO DE 2013 E REJEITA O PARECER PRÉVIO DO TRIBUNAL DE CONTAS DO ESTADO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/506/lei_367-2017institui_o_pmsb.doc</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/506/lei_367-2017institui_o_pmsb.doc</t>
   </si>
   <si>
     <t>INSTITUI O PLANO MUNICIPAL DE SANEAMENTO BÁSICO - PMSB, INSTRUMENTO DA POLÍTICA MUNICIPAL DE SANEAMENTO BÁSICO DO MUNICÍPIO DE NATALÂNDIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/505/lei_no_366_14-11-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/505/lei_no_366_14-11-2017.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A AQUISIÇÃO, POR COMPRA, DOS DIREITOS À POSSE DO IMÓVEL QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/704/resolucao_no_069_10-11-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/704/resolucao_no_069_10-11-2017.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE AO SENHOR LAÉRCIO MANOEL SOARES-SARGENTO DA PM DE NATALÂNDIA-MG..</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/703/resolucao_no_068_10-11-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/703/resolucao_no_068_10-11-2017.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE AO SENHOR JOAQUIM PEREIRA BARBOSA.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/702/resolucao_no_067_10-11-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/702/resolucao_no_067_10-11-2017.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE À SENHORA GERALDA MANOELA DE JESUS.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/701/resolucao_no_066_10-11-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/701/resolucao_no_066_10-11-2017.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE AO SENHOR JOSÉ DIAS OLIVEIRA.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/700/resolucao_no_065_10-11-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/700/resolucao_no_065_10-11-2017.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE À SENHORA ANAIR CÂNDIDA RODA DA SILVA.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/699/resolucao_no_064_10-11-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/699/resolucao_no_064_10-11-2017.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE À SENHORA ADELINA FONSECA MELO.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/698/resolucao_no_063_10-11-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/698/resolucao_no_063_10-11-2017.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE AO SENHOR JOSÉ GOMES.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/697/resolucao_no_062_10-11-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/697/resolucao_no_062_10-11-2017.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE À SENHORA FRANCISCA FERREIERA DO PRADO.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/696/resolucao_no_061_10-11-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/696/resolucao_no_061_10-11-2017.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE À SENHORA MARIA DOS SANTOS PEREIRA.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/695/resolucao_no_060_10-11-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/695/resolucao_no_060_10-11-2017.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE AO SENHOR JOSÉ VENÂNCIO DE CAMARGOS.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/694/resolucao_no_059_10-11-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/694/resolucao_no_059_10-11-2017.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE AO SENHOR MARCOS ALVES MIGUEL.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/693/resolucao_no_058_10-11-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/693/resolucao_no_058_10-11-2017.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE AO SENHOR LAURO PEREIRA DE CARVALHO.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/692/resolucao_no_057_10-11-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/692/resolucao_no_057_10-11-2017.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE AO SENHOR JOAQUIM GONÇALVES CRUZEIRO.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/691/resolucao_no_056_10-11-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/691/resolucao_no_056_10-11-2017.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE À SENHORA MARIA DAS GRAÇAS RODRIGUES SILVA.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/690/resolucao_no_055_10-11-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/690/resolucao_no_055_10-11-2017.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE AO SENHOR ORISVALDO SPIRANDELI.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/689/resolucao_no_054_10-11-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/689/resolucao_no_054_10-11-2017.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE AO SENHOR JAFÉ BARBOSA DE OLIVEIRA.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/688/resolucao_no_053_10-11-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/688/resolucao_no_053_10-11-2017.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE AO SENHOR VENÂNCIO PIRES MACIEL.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/687/resolucao_no_052_10-11-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/687/resolucao_no_052_10-11-2017.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE AO SENHOR GERALDO ABEL FRANCISCO.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/686/resolucao_no_051_10-11-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/686/resolucao_no_051_10-11-2017.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE À SENHORA DOMINGAS FRANCISCA BRANDÃO.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/685/resolucao_no_050_10-11-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/685/resolucao_no_050_10-11-2017.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE AO SENHOR OSVALDO FURTADO GUIMARÃES.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/684/resolucao_no_049_10-11-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/684/resolucao_no_049_10-11-2017.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTILO DE CIDADANIA HONORÁRIA NATALANDENSE À SENHORA GENY DIAS DE OLIVEIRA BARROS.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/683/resolucao_no_048_10-11-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/683/resolucao_no_048_10-11-2017.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE À SENHORA ELZA TEIXEIRA BARBOSA DAMASCENA.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/682/resolucao_no_047_10-11-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/682/resolucao_no_047_10-11-2017.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE À SENHORITA MAIDISTANIA ADILIA FERREIRA.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/681/resolucao_no_046_10-11-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/681/resolucao_no_046_10-11-2017.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE À SENHORA IOLANDA PEREIRA DA SILVA.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/680/resolucao_no_045_10-11-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/680/resolucao_no_045_10-11-2017.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE À SENHORA MARIA HELENA DAS GRAÇAS SILVA.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/504/lei_no_365_22-09-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/504/lei_no_365_22-09-2017.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CELEBRAR CONVÊNIO DE COOPERAÇÃO COM O ESTADO DE MINAS GERAIS, PARA O FIM DE ESTABELECER COLABORAÇÃO FEDERATIVA NA ORGANIZAÇÃO, REGULAÇÃO, FISCALIZAÇÃO E PRESTAÇÃO DOS SERVIÇOS PÚBLICOS MUNICÍPAIS DE ABASTECIMENTO DE ÀGUA E DE ESGOTAMENTO SANITÁRIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/503/lei_no_364_22-09-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/503/lei_no_364_22-09-2017.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CRÉDITOS ADICIONAIS ESPECIAIS NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/502/lei_no_363_22-09-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/502/lei_no_363_22-09-2017.pdf</t>
   </si>
   <si>
     <t>DISPÔE SOBRE A CESSÃO DE SERVIDORES PÚBLICOS, NOS TERMOS DO ARTIGO 114 DA LEI COMPLEMENTAR Nº 2, DE 29 DE DEZEMBRO DE 1997.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/501/lei_no_362_22-09-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/501/lei_no_362_22-09-2017.pdf</t>
   </si>
   <si>
     <t>FIXA OS CRITÉRIOS DE INDENIZAÇÃO DE DESPESAS DE VIAGEM DO PREFEITO, DO VICE-PREFEITO E DOS SECRETÁRIOS.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/500/lei_no_361_19-09-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/500/lei_no_361_19-09-2017.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA ESPECIAL DE REGULARIZAÇÃO TRIBUTÁRIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/499/lei_no_360_19-09-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/499/lei_no_360_19-09-2017.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE NATALÂNDIA A FILIAR-SE À AMM - ASSOCIAÇÃO MINEIRA DE MUNICÍPIOS - E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/498/lei_no_359_30-08-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/498/lei_no_359_30-08-2017.pdf</t>
   </si>
   <si>
     <t>INSTITUI O "PARLAMENTO JOVEM MINAS" NO ÂMBITO DO MUNICÍPIO DE NATALÂNDIA - MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/497/lei_no_358_25-08-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/497/lei_no_358_25-08-2017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA MUNICÍPAL DE SANEAMENTO BÁSICO - PMSB DO MUNICÍPIO DE NATALÂNDIA.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/631/decreto_no_018_25-08-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/631/decreto_no_018_25-08-2017.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DO PREFEITO DE NATALÂNDIA, REFERENTES AO EXERCÍCIO DE 2015, NOS TERMOS DO PARECER PRÉVIO DO TRIBUNAL DE CONTAS DO ESTADO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>ELO</t>
   </si>
   <si>
     <t>Emenda à Lei Orgânica Do Município</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/789/emenda_a_lei_organica_no_004-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/789/emenda_a_lei_organica_no_004-2017.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 137 DE LEI ORGÂNICA, PARA TOMAR OBRIGATÓRIA A EXECUÇÃO DA PROGRAMAÇÃO ORÇAMRNTÁRIA QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/754/portaria_no_009_22-08-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/754/portaria_no_009_22-08-2017.pdf</t>
   </si>
   <si>
     <t>NOMEIA MEMBROS DE COMISSÃO ESPECIAL PARA OS FINS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/496/lei_no_357_04-08-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/496/lei_no_357_04-08-2017.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DE TURISMO; CRIA O CONSELHO MUNICIPAL DE TURISMO - COMTURISMO E O FUNDO MUNICIPAL DE TURISMO - FUMTUR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/495/lei_no_356_04-08-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/495/lei_no_356_04-08-2017.pdf</t>
   </si>
   <si>
     <t>ESTABELECE NORMAS DE PROTEÇÃO DO PATRIMÔNIO CULTURAL DO MUNICÍPIO DE NATALÂNDIA (MG) E SEU RESPCTIVO PROCEDIMENTO, CRIA O CONSELHO MUNICIPAL DO PATRIMÔNIO CULTURAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/494/lei_no_355_04-08-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/494/lei_no_355_04-08-2017.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO FILIAR-SE À ASSOCIAÇÃO DO CIRCUITO TURÍSTICO NOROESTE DAS GERAIS, A TRANSFERIR RECURSOS FINANCEIROS PARA SUA MANUTENÇÃO E A ABRIR CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO ANUAL DE 2017.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/493/lei_no_354_04-08-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/493/lei_no_354_04-08-2017.pdf</t>
   </si>
   <si>
     <t>INSTITUI O FUNDO MUNICIPAL DO PATRIMÔNIO CULTURAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/492/lei_no_353_17-07-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/492/lei_no_353_17-07-2017.pdf</t>
   </si>
   <si>
     <t>AUTORIZA INCLUSÃO DE FONTES DE RECURSOS EM DOTAÇÕES DO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/491/lei_no_352_17-07-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/491/lei_no_352_17-07-2017.pdf</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/490/lei_no_351_17-07-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/490/lei_no_351_17-07-2017.pdf</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/753/portaria_no_008_14-07-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/753/portaria_no_008_14-07-2017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O EXPEDIENTE ADMINISTRATIVO DA CÂMARA MUNICIPAL NO PERÍODO DE 17 A 31 DE JULHO 2017.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/489/lei_350-2017-_loa.doc</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/489/lei_350-2017-_loa.doc</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2018 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/752/portaria_no_007_20-03-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/752/portaria_no_007_20-03-2017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REMUNERAÇÃO DE BENS MÓVEIS DA CÂMARA MUNICIPAL DE NATALÂNDIA-MG.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/488/lei_349-2017_entulhos.doc</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/488/lei_349-2017_entulhos.doc</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 6, DE 7 DE FEVEREIRO DE 1997, QUE "CRIA O FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/413/lei_no_348_20-02-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/413/lei_no_348_20-02-2017.pdf</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/751/portaria_no_006_08-02-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/751/portaria_no_006_08-02-2017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DECLARAÇÃO DE BENS MÓVEIS INSERVÍVEIS-IRRECUPERÁVEIS PARA A CÂMARA MUNICIPAL DE NATALÂNDIA-MG.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/750/portaria_no_005_08-02-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/750/portaria_no_005_08-02-2017.pdf</t>
   </si>
   <si>
     <t>ASSEGURA E CONCEDE O DIREITO DE PERCEPÇÃO DE VANTAGENS DE CARÁTER PESSOAL SOBRE O VENCIMENTO DE SECRETÁRIO EXECUTIVO À SERVIDORA LÍDIA MARIA MIGUEL ALVES E DÁ OUTRA PROVIDÊNCIA.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/749/portaria_no_004_06-02-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/749/portaria_no_004_06-02-2017.pdf</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/748/portaria_no_003_27-01-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/748/portaria_no_003_27-01-2017.pdf</t>
   </si>
   <si>
     <t>CONSTITUI COMISSÃO PERMANENTE DE AVALIAÇÃO DA CÂMARA MUNICIPAL DE NATALÂNDIA-MG.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/746/portaria_no_002_02-01-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/746/portaria_no_002_02-01-2017.pdf</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>2-A</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/747/portaria_no_002-a_02-01-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/747/portaria_no_002-a_02-01-2017.pdf</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/745/portaria_no_001_02-01-2017.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/745/portaria_no_001_02-01-2017.pdf</t>
   </si>
   <si>
     <t>NOMEIA OS MEMBROS DA MESA DIRETORA PARA O EXERCÍCIO DE 2017.</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/412/lei_no_347_19-12-2016.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/412/lei_no_347_19-12-2016.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO A TEMÁTICA DO EMPREENDEDORISMO, COOPERATIVISMO E FINANCEIRA NA REDE MUNICIPAL DE ENSINO, COM FOCO NA PROMOÇÃO DA CULTURA EMPREENDEDORA.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/630/decreto_no_017_15-12-2016.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/630/decreto_no_017_15-12-2016.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DO PREFEITO DE NATALÂNDIA, REFERENTES AO EXERCÍCIO DE 2014, NOS TERMOS DO PARECER PRÉVIO DO TRIBUNAL DE CONTAS DO ESTADO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/629/decreto_no_016_15-12-2016.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/629/decreto_no_016_15-12-2016.pdf</t>
   </si>
   <si>
     <t>REJEITA AS CONTAS DO PREFEITO DE NATALÂNDIA, REFERENTES AO EXERCÍCIO DE 2012, NOS TERMOS DO PARECER PRÉVIO DO TRIBUNAL DE CONTAS DO ESTADO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/880/portaria_no_008_12-12-2016.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/880/portaria_no_008_12-12-2016.pdf</t>
   </si>
   <si>
     <t>CONCEDE APOSTILAMENTO DE VENCIMENTO À SERVIDORA LÍDIA MARIA MIGUEL ALVES E DÁ OUTRA PROVIDÊNCIA.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/411/lei_no_346_25-11-2016.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/411/lei_no_346_25-11-2016.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO PARA O EXERCÍCIO DE 2017.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/410/lei_no_345_25-11-2016.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/410/lei_no_345_25-11-2016.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO DO EXERCÍCIO FINANCEIRO DE 2016.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/613/lei_complementar_020-2016_-_institui_a_lei_de_incentivo_ao_microempreendedor_individual_em_25-11-2016.doc</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/613/lei_complementar_020-2016_-_institui_a_lei_de_incentivo_ao_microempreendedor_individual_em_25-11-2016.doc</t>
   </si>
   <si>
     <t>INSTITUI A LEI COMPLEMANTAR MUNICIPAL DO MICRO EMPREENDEDOR INDIVIDUAL - MEI E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/409/lei_no_344_24-11-2016.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/409/lei_no_344_24-11-2016.pdf</t>
   </si>
   <si>
     <t>REGULA AS ATIVIDADES DE MOTOTÁXI E MOTOFRETE NO MUNICÍPIO DE NATALÂNDIA, ESTADO DE MINAS GERAIS; DISPÕE SOBRE A ATUAÇÃO DOS MOTOBOYS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/679/resolucao_no_044_24-11-2016.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/679/resolucao_no_044_24-11-2016.pdf</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/408/lei_no_343_10-11-2016.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/408/lei_no_343_10-11-2016.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INCLUSÃO DE AÇÕES E ALTERAÇÃO DE VALORES DAS AÇÕES VÁLIDAS PARA 2017, NOS ANEXOS DA LEI MUNICIPAL 276/2013, E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/407/lei_no_342_29-08-2016.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/407/lei_no_342_29-08-2016.pdf</t>
   </si>
   <si>
     <t>INSTITUI O FUNDO MUNICIPAL DE PROTEÇÃO AO PATRIMÔNIO CULTURAL - FUMPAC, CRIA O CONSELHO MUNICIPAL DE DEFESA DO PATRIMÔNIO CULTURAL - COMPAC E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/406/lei_no_341_29-08-2016.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/406/lei_no_341_29-08-2016.pdf</t>
   </si>
   <si>
     <t>CRIA O FUNDO MUNICIPAL PARA A INFÂNCIA E ADOLESCÊNCIA &amp;#8211; FMIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/405/lei_no_340_02-08-2016.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/405/lei_no_340_02-08-2016.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2017, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/879/portaria_no_007_29-06-2016.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/879/portaria_no_007_29-06-2016.pdf</t>
   </si>
   <si>
     <t>ATUALIZA OS VENCIMENTOS DOS CARGOS COMISSIONADOS, DE LIVRE NOMEAÇÃO E EXONERAÇÃO, DOS CARGOS DE PROVIMENTO EFETIVO E DOS VEREADORES.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/404/lei_no_339_27-06-2016.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/404/lei_no_339_27-06-2016.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REAJUSTE DOS SUBSÍDIOS DOS VEREADORES, DO PREFEITO, DO VICE-PREFEITO E DOS SECRETÁRIOS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/403/lei_no_338_27-06-2016.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/403/lei_no_338_27-06-2016.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REVISÃO ANUAL DOS VENCIMENTOS DOS SERVIDORES DA CÂMARA MUNICIPAL DE NATALÂNDIA.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/402/lei_no_337_27-06-2016.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/402/lei_no_337_27-06-2016.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REVISÃO GERAL DA REMUNERAÇÃO DOS SERVIDORES DO PODER EXECUTIVO DE NATALÂNDIA-MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/401/lei_no_336_10-06-2016.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/401/lei_no_336_10-06-2016.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PERMUTA DE IMÓVEIS (LOTES DE TERRENOS) QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/400/lei_no_335_10-06-2016.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/400/lei_no_335_10-06-2016.pdf</t>
   </si>
   <si>
     <t>ESTABELECE O PERÍMETRO URBANO DA SEDE DO MUNICÍPIO DE NATALÂNDIA-MG, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/878/portaria_no_006_11-04-2016.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/878/portaria_no_006_11-04-2016.pdf</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2016/399/399_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2016/399/399_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO A CONCEDER O DIREITO REAL DE USO DE IMÓVEL QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2016/398/398_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2016/398/398_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 226/2011, DE 12 DE AGOSTO DE 2011, QUE DISPÕE SOBRE O CONSELHO MUNICIPAL DE ASSISTÊNCIA SOCIAL E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/877/portaria_no_005_11-02-2016.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/877/portaria_no_005_11-02-2016.pdf</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/876/portaria_no_004_02-02-2016.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/876/portaria_no_004_02-02-2016.pdf</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/397/lei_no_332_29-01-2016.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/397/lei_no_332_29-01-2016.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CELEBRAR TERMO ADITIVO AOS CONTRATOS FIRMADOS COM A UNIÃO AO AMPARO DA MEDIDA PROVISÓRIA Nº 2.185-35, DE 24 DE AGOSTO DE 2001, E SUAS MODIFICAÇÕES, E LEI FEDERAL Nº 12.810, DE 15 DE MAIO DE 2013, PARA ALTERAÇÃO DAS CONDIÇÕES NELA ESTABELECIDAS, NOS TERMOS DA LEI COMPLEMENTAR Nº 148, DE 25 DE NOVEMBRO DE 2014, REGULAMENTADA PELO DECRETO Nº 8.616 DE 29 DE DEZEMBRO DE 2015, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/396/lei_no_331_15-01-2016.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/396/lei_no_331_15-01-2016.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO DO EXERCÍCIO FINANCEIRO DE 2016, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/875/portaria_no_003_14-01-2016.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/875/portaria_no_003_14-01-2016.pdf</t>
   </si>
   <si>
     <t>SUSPENDE O EXPEDIENTE ADMINISTRATIVO DA CÂMARA MUNICIPAL NO PERÍODO DE 18 A 31 DE JANEIRO 2016.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/874/portaria_no_002_05-01-2016.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/874/portaria_no_002_05-01-2016.pdf</t>
   </si>
   <si>
     <t>ESTABELECE HORÁRIO DE EXPEDIENTE DA CÂMARA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/873/portaria_no_001_05-01-2016.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/873/portaria_no_001_05-01-2016.pdf</t>
   </si>
   <si>
     <t>NOMEIA OS MEMBROS DA MESA DIRETORA PARA O EXERCÍCIO DE 2016.</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/395/395_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/395/395_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO EXERCÍCIO FINANCEIRO DE 2015.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/394/394_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/394/394_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INCLUSÃO DE AÇÃO NOS ANEXOS DA LEI MUNICIPAL 276/2013, DE 17 DE DEZEMBRO DE 2013, E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/393/393_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/393/393_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO EXERCÍCIO FINANCEIRO DE 2015, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/392/392_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/392/392_texto_integral.pdf</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/391/391_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/391/391_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTITUIÇÃO DO SERVIÇO DE INSPEÇÃO MUNICIPAL &amp;#8211; SIM NO MUNICÍPIO DE NATALÂNDIA-MG, DEFINE OS PROCEDIMENTOS DE INSPEÇÃO SANITÁRIA EM ESTABELECIMENTOS QUE PRODUZAM PRODUTOS DE ORIGEM ANIMAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/390/390_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/390/390_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE NATALÂNDIA-MG A CONTRATAR COM O BANCO DE DESENVOLVIMENTO DE MINAS GERAIS S/A - BDMG, OPERAÇÕES DE CRÉDITO COM A OUTORGA DE GARANTIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/389/lei_no_324_24-11-2015.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/389/lei_no_324_24-11-2015.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PERMUTA DE IMÓVEIS (LOTE DE TERRENO) QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/388/lei_no_323_26-10-2015.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/388/lei_no_323_26-10-2015.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO PARA O EXERCÍCIO DE 2016.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/387/387_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/387/387_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DE SEGURANÇA ALIMENTAR E NUTRICIONAL &amp;#8211; COMSEA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/386/386_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/386/386_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE MELHORIA URBANA E RURAL -  PROMEUR, REGULAMENTA A CONCESSÃO DE MÁQUINAS, EQUIPAMENTOS, CAMINHÕES E SERVIDORES, PARA A PRESTAÇÃO DE SERVIÇOS A PARTICULARES, EM ÁREA URBANA E RURAL DO MUNICÍPIO DE NATALÂNDIA-MG, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/612/lei_complementar_no_019_14-09-2015.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/612/lei_complementar_no_019_14-09-2015.pdf</t>
   </si>
   <si>
     <t>FIXA A UNIDADE FISCAL PADRÃO DO MUNICÍPIO DE NATALÂNDIA - MG UFPNAT, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/886/portaria_no_006_21-08-2015.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/886/portaria_no_006_21-08-2015.pdf</t>
   </si>
   <si>
     <t>SUSPENDE O EXPEDIENTE ADMINISTRATIVO DA CÂMARA MUNICIPAL NO DIA 24 DE AGOSTO DE 2015.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/885/portaria_no_005_13-08-2015.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/885/portaria_no_005_13-08-2015.pdf</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/385/385_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/385/385_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA MUNICIPAL A ASSOCIAÇÃO DOS MUNICÍPIOS DA MICRORREGIÃO DO NOROESTE DE MINAS &amp;#8211; AMNOR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/384/384_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/384/384_texto_integral.pdf</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/383/383_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/383/383_texto_integral.pdf</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/382/lei_no_317_24-06-2015.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/382/lei_no_317_24-06-2015.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA ANUAL PARA O EXERCÍCIO 2016, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/381/lei_no_316_30-06-2015.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/381/lei_no_316_30-06-2015.pdf</t>
   </si>
   <si>
     <t>ALTERA E ACRESCENTA DISPOSITIVOS À LEI MUNICIPAL Nº 042, DE 06 DE MARÇO DE 1.998, INSTITUI OS ANEXOS I, II E III. E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/380/lei_no_315_24-06-2015.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/380/lei_no_315_24-06-2015.pdf</t>
   </si>
   <si>
     <t>ESTABELECE NORMAS PARA REGULAMENTAR O FUNCIONAMENTO, REMUNERAÇÃO, COMPOSIÇÃO E ORGANIZAÇÃO DO CONSELHO TUTELAR DO MUNICÍPIO DE NATALÂNDIA, DISCIPLINA O PROCESSO DE ESCOLHA DOS CONSELHEIROS, INCLUSIVE REGRAS DE TRANSIÇÃO E ADEQUAÇÃO AO PROCESSO UNIFICADO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/379/lei_no_314_24-06-2015.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/379/lei_no_314_24-06-2015.pdf</t>
   </si>
   <si>
     <t>APROVA O PLANO MUNICIPAL DE EDUCAÇÃO - PMDE DO MUNICÍPIO DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/378/378_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/378/378_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER AUXÍLIO MORADIA E AUXÍLIO ALIMENTAÇÃO/ÁGUA POTÁVEL AOS MÉDICOS VINCULADOS AO PROGRAMA MAIS MÉDICOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/377/377_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/377/377_texto_integral.pdf</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/376/376_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/376/376_texto_integral.pdf</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/375/375_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/375/375_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AMPLIAÇÃO DO NÚMERO DE VAGA NA ESTRUTURA ORGANIZACIONAL DO MAGISTÉRIO DA PREFEITURA MUNICIPAL DE NATALÂNDIA-MG, CONSTANTE NA LEI COMPLEMENTAR 007/2007, DE 01 DE JUNHO DE 2007, E SUAS MODIFICAÇÕES POSTERIORES, ESPECIALMENTE AS QUE FORAM DADAS PELA LEI COMPLEMENTAR MUNICIPAL Nº 013, DE 16 DE AGOSTO DE 2011 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/374/lei_no_309_08-04-2015.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/374/lei_no_309_08-04-2015.pdf</t>
   </si>
   <si>
     <t>DECLARA ÁREA DE UTILIDADE PÚBLICA PARA FINS DE CONSTITUIÇÃO DE SERVIDÃO ADMINISTRATIVA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/373/373_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/373/373_texto_integral.pdf</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/372/372_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/372/372_texto_integral.pdf</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/371/371_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/371/371_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ARTIGOS 19, 21, 22, 25, 31 E 43 DA LEI MUNICIPAL Nº 068/1999, DE 13 DE DEZEMBRO DE 1999, QUE DISPÕE SOBRE A POLÍTICA MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/370/370_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/370/370_texto_integral.pdf</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/611/lei_complementar_no_018_13-03-2015.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/611/lei_complementar_no_018_13-03-2015.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CÓDIGO SANITÁRIO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/884/portaria_no_004_16-02-2015.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/884/portaria_no_004_16-02-2015.pdf</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/487/lei_no_304_11-02-2015.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/487/lei_no_304_11-02-2015.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER AJUDA FINANCEIRA PARA O CUSTEIO DE TRANSPORTE ESCOLAR DE ESTUDANTES UNIVERSITÁRIOS E DE CURSOS TÉCNICOS, À RESIDENTE NO MUNICÍPIO DE NATALÂNDIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/368/368_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/368/368_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONVÊNIO PARA A CESSÃO DE SERVIDORES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/367/367_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/367/367_texto_integral.pdf</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/366/366_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/366/366_texto_integral.pdf</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/365/365_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/365/365_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO ANUAL DOS VENCIMENTOS DOS SERVIDORES DA CÂMARA MUNICIPAL DE NATALÂNDIA.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/883/portaria_no_003_28-01-2015.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/883/portaria_no_003_28-01-2015.pdf</t>
   </si>
   <si>
     <t>ATUALIZA OS VENCIMENTOS DOS CARGOS COMISSIONADOS, DE LIVRE NOMEAÇÃO E EXONERAÇÃO, E DOS CARGOS DE PROVIMENTO EFETIVO.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/364/364_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/364/364_texto_integral.pdf</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/882/portaria_no_002_05-01-2015.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/882/portaria_no_002_05-01-2015.pdf</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/881/portaria_no_001_05-01-2015.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/881/portaria_no_001_05-01-2015.pdf</t>
   </si>
   <si>
     <t>NOMEIA OS MEMBROS DA MESA DIRETORA PARA O EXERCÍCIO DE 2015.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/363/363_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/363/363_texto_integral.pdf</t>
   </si>
   <si>
     <t>INCLUI O PARÁGRAFO 2º AO ARTIGO 2º DA LEI MUNICIPAL NÚMERO 281/2014, DE 19 DE MAIO DE 2014.</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/998/lei_no_297_02-01-2015.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/998/lei_no_297_02-01-2015.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO DAS LEIS MUNICIPAIS Nº 256/2013, DE 01 DE MARÇO DE 2013 E 258/2013 DE 21 DE JUNHO DE 2013 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/323/323_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/323/323_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O CÓDIGO DE POSTURAS DO MUNICÍPIO DE NATALÂNDIA-MG, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/361/361_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/361/361_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DE DESENVOLVIMENTO RURAL SUSTENTÁVEL DA AGRICULTURA FAMILIAR.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/360/360_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/360/360_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DE ALÍQUOTAS DE CONTRIBUIÇÃO PARA O CUSTEIO DO SERVIÇO DE ILUMINAÇÃO PÚBLICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/678/resolucao_no_043_17-12-2014.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/678/resolucao_no_043_17-12-2014.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PARTICIPAÇÃO DA CÂMARA MUNICIPAL DE NATALÂNDIA, NA ASSOCIAÇÃO DAS CÂMARAS MUNICIPAIS DO NOROESTE DE MINAS - ACANOR E DÁ OUTRAS PROVODÊNCIAS.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/359/lei_no_294_28-11-2014.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/359/lei_no_294_28-11-2014.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO PARA O EXERCÍCIO DE 2015.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/358/358_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/358/358_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A DEVOLVER PARTE DO IMPOSTO SOBRE PROPRIEDADE DE VEÍCULOS AUTOMOTORES - IPVA A EMPRESAS OU PESSOAS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/677/resolucao_no_042_14-11-2014.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/677/resolucao_no_042_14-11-2014.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE AO PADRE LUIZ CARLOS PINHEIRO CALDAS.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/676/resolucao_no_041_14-11-2014.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/676/resolucao_no_041_14-11-2014.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE Á SENHORA MARIA CONCEIÇÃO DA SILVA.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/675/resolucao_no_040_14-11-2014.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/675/resolucao_no_040_14-11-2014.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE Á SENHORA MARIA ANTÔNIA COSTA NOGUEIRA.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/674/resolucao_no_039_14-11-2014.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/674/resolucao_no_039_14-11-2014.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE AO SENHOR JOAQUIM DE OLIVEIRA CAMPOS.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/673/resolucao_no_038_14-11-2014.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/673/resolucao_no_038_14-11-2014.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA NATALANDENSE AO SENHOR WASHINGTON FERNANDO RODRIGUES, DEPUTADO ESTADUAL SARGENTO RODRIGUES.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/892/portaria_no_006_05-11-2014.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/892/portaria_no_006_05-11-2014.pdf</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/672/resolucao_no_037_24-10-2014.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/672/resolucao_no_037_24-10-2014.pdf</t>
   </si>
   <si>
     <t>QUE INSTITUI O PROGRAMA "VEREADOR MIRIM", DESTINADO A ALUNOS DO ENSINO FUNDAMENTAL DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/357/357_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/357/357_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DA SEMANA DE CONSCIENTIZAÇÃO, PREVENÇÃO, COMBATE E CONTROLE AO DIABETES NA INFÂNCIA E ADOLESCÊNCIA NO MUNICÍPIO DE NATALÂNDIA.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/356/356_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/356/356_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DA SEMANA MUNICIPAL DE PREVENÇÃO E COMBATE ÀS DROGAS E AO TRÁFICO NO MUNICÍPIO DE NATALÂNDIA.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/355/355_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/355/355_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO NO CURRÍCULO DAS ESCOLAS MUNICIPAIS, DO CONTEÚDO PREVENÇÃO AO USO DE DROGAS NO MUNICÍPIO DE NATALÂNDIA.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/354/354_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/354/354_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A SEMANA DA CULTURA CRISTÃ NO MUNICIPIO DE NATALÂNDIA.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/353/353_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/353/353_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RATIFICAÇÃO DO PROTOCOLO DE INTENÇÕES FIRMADO PELO MUNICÍPIO DE NATALÂNDIA - MG, PARA INGRESSO NO CONSÓRCIO DE SAÚDE E DESENVOLVIMENTO DOS VALES DO NOROESTE DE MINAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/352/352_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/352/352_texto_integral.pdf</t>
   </si>
   <si>
     <t>HOMOLOGA O PLANO MUNICIPAL DE GESTÃO INTEGRADA DE RESÍDUOS SÓLIDOS DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/351/351_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/351/351_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DENOMINA CEMITÉRIO MUNICIPAL DO BAIRRO CENTRO DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/350/lei_no_285_25-07-2014.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/350/lei_no_285_25-07-2014.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2015 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/349/349_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/349/349_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE NORMAS PARA O PARCELAMENTO DO SOLO URBANO DO MUNICÍPIO DE NATALANDIA-MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/891/portaria_no_005_26-06-2014.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/891/portaria_no_005_26-06-2014.pdf</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/794/decreto_legislativo_no_015_17-06-2014.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/794/decreto_legislativo_no_015_17-06-2014.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS CONTAS DA PREFEITURA MUNICIPAL DE NATALÂNDIA - MG, RELATIVAS AO EXERCÍCIO DE 2003.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/348/348_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/348/348_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSPEÇÃO INDUSTRIAL E SANITÁRIA DOS PRODUTOS DE ORIGEM ANIMAL NO MUNICÍPIO DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/347/347_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/347/347_texto_integral.pdf</t>
   </si>
   <si>
     <t>RATIFICA O PROTOCOLO DE INTENÇÕES PARA A ADESÃO DO MUNICÍPIO DE NATALÂNDIA-MG AO CONSÓRCIO INTERMUNICIPAL DE SAÚDE DA REDE DE URGÊNCIA E EMERGÊNCIA DA REGIÃO DE SAÚDE AMPLIADA NOROESTE.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/346/346_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/346/346_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PAGAR TAXAS DE SEGURANÇA PÚBLICA PARA LICENCIAMENTO DE VEÍCULOS NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/890/portaria_no_004_31-03-2014.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/890/portaria_no_004_31-03-2014.pdf</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/345/345_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/345/345_texto_integral.pdf</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/344/344_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/344/344_texto_integral.pdf</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/343/343_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/343/343_texto_integral.pdf</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/342/342_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/342/342_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA DISPOSITIVO À LEI MUNICIPAL Nº 266/2013, DE 11 DE OUTUBRO DE 2013, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/889/portaria_no_003_12-02-2014.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/889/portaria_no_003_12-02-2014.pdf</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/888/portaria_no_002_13-01-2014.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/888/portaria_no_002_13-01-2014.pdf</t>
   </si>
   <si>
     <t>NOMEIA OS MEMBROS DA MESA DIRETORA PARA O EXERCÍCIO DE 2014.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/887/portaria_no_001_02-01-2014.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/887/portaria_no_001_02-01-2014.pdf</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/315/lei_no_276_17-12-2013.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/315/lei_no_276_17-12-2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE NATALÂNDIA PARA O PERÍODO DE 2014 A 2017 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/314/lei_no_275_17-12-2013.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/314/lei_no_275_17-12-2013.pdf</t>
   </si>
   <si>
     <t>ESTIMA A A RECEITA E FIXA A DESPESA DO MUNICÍPIO PARA O EXERCÍCIO DE 2014.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/313/313_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/313/313_texto_integral.pdf</t>
   </si>
   <si>
     <t>"CRIA A BANDA DE MÚSICA MUNICIPAL FLOR DE MINAS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/312/312_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/312/312_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DO ESPORTE, DA JUVENTUDE ANTIDROGAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/311/311_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/311/311_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO DO PODER EXECUTIVO MUNICIPAL A REALIZAR ANUALMENTE CAMPANHA DE ARRECADAÇÃO ATRAVÉS DE SORTEIO_x000D_
 DE PRÊMIOS COMO MEIO DE AUXILIAR NA RECEITA PÚBLICA MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/316/316_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/316/316_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO EXERCÍCIO FINANCEIRO DE 2013.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/485/lei_no_270_19-11-2013.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/485/lei_no_270_19-11-2013.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I DA LEI MUNICIPAL Nº 237, DE 26 DE DEZEMBRO DE 2011, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/899/portaria_no_006_05-11-2013.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/899/portaria_no_006_05-11-2013.pdf</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/310/310_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/310/310_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISCIPLINA O SERVIÇO DE TRANSPORTE DE PASSAGEIROS EM VEÍCULOS DE ALUGUEL (TÁXI) NO MUNICÍPIO DE NATALÂNDIA (MG).</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/309/309_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/309/309_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA A OUVIDORIA PÚBLICA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/308/lei_no_267_25-10-2013.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/308/lei_no_267_25-10-2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PAUTA DE VALORES MÍNIMOS E REGULA A ARRECADAÇÃO E ARBITRAMENTO DA BASE DE CÁLCULO PARA EFEITO DE CÁLCULO DO ITBI - IMPOSTO SOBRE A TRANSMISSÃO DE BENS IMÓVEIS POR ATO ONEROSO DE IMÓVEIS DO MUNICÍPIO DE NATALÂNDIA (MG).</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/307/lei_no_266_11-10-2013.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/307/lei_no_266_11-10-2013.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A AQUISIÇÃO PARA COMPRA DE IMÓVEL QUE MENCIONA E ABRE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE, DE QUE TRATA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/898/portaria_no_005_25-09-2013.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/898/portaria_no_005_25-09-2013.pdf</t>
   </si>
   <si>
     <t>SUSPENDE O EXPEDIENTE DA CÂMARA MUNICIPAL NOS DIAS 26 E 27 DE SETEMBRO DE 2013 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/897/portaria_no_004_01-08-2013.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/897/portaria_no_004_01-08-2013.pdf</t>
   </si>
   <si>
     <t>SUSPENDE O EXPEDIENTE ADMINISTRATIVO DA CÂMARA MUNICIPAL NO DIA 2 DE AGOSTO DE 2013, EM RAZÃO DO DESLIGAMENTO DE ENERGIA ELÉTRICA.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/484/lei_no_265_30-07-2013.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/484/lei_no_265_30-07-2013.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE AUXÍLIO FINANCEIRO AO CENTRO DE APOIO HUMANITÁRIO CRISTINA FONSECA E ASSISTENCIAL - CEACF, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/483/lei_no_264_30-07-2013.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/483/lei_no_264_30-07-2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DOAÇÃO DE IMÓVEIS DE PROPRIEDADE DO MUNICÍPIO À COMPANHIA DE HABITAÇÃO DO ESTADO DE MINAS GERAIS - COHAB MINAS, NA FORMA E CONDIÇÕES QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/482/lei_no_263_30-07-2013.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/482/lei_no_263_30-07-2013.pdf</t>
   </si>
   <si>
     <t>CONCEDE INSENÇÃO TRIBUTÁRIA DE IMPOSTO SOBRE SERVIÇOS DE QUALQUER NATUREZA (ISSQN) E IMPOSTO SOBRE A PROPRIEDADE PREDIAL E TERRITORIAL URBANA (IPTU) PARA VIABILIZAR A IMPLANTAÇÃO DE PROGAMA HABITACIONAL DOS GOVERNOS FEDERAL, ESTADUAL E MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/481/lei_no_262_30-07-2013.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/481/lei_no_262_30-07-2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2014 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/285/285_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/285/285_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A DECLARAÇÃO DE UTILIDADE PÚBLICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/286/286_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/286/286_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA ENTIDADE DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS MICRO E PEQUENOS PRODUTORES AGROPECUÁRIOS DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/287/287_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/287/287_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DO MEIO AMBIENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/288/lei_no_258_21-06-2013.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/288/lei_no_258_21-06-2013.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 256/2013, DE 01 DE MARÇO DE 2013, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/628/decreto_no_014_18-06-2013.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/628/decreto_no_014_18-06-2013.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DO PREFEITO DE NATALÂNDIA, REFERENTES AO EXERCÍCIO DE 2011, NOS TERMOS DO PARECER PRÉVIO DO TRIBUNAL DE CONTAS DO ESTADO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/793/decreto_legislativo_no_013_18-06-2013.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/793/decreto_legislativo_no_013_18-06-2013.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DO EX-PREFEITO DE NATALÂNDIA, REFERENTES AO EXERCÍCIO DE 2005, NOS TERMOS DO PARECER PRÉVIO DO TRIBUNAL DE CONTAS DO ESTADO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/896/portaria_no_003_22-05-2013.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/896/portaria_no_003_22-05-2013.pdf</t>
   </si>
   <si>
     <t>DEFINE O CRONOGRAMA DE AÇÕES PARA IMPLANTAÇÃO DA CONTABILIDADE APLICADA AO SETOR PÚBLICO NA CÂMARA MUNICIPAL DE NATALÂNDIA.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/895/portaria_no_002-a_02-05-2013.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/895/portaria_no_002-a_02-05-2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTITUIÇÃO DE COMISSÕES PERMANENTES DE LICITAÇÕES DA CÂMARA MUNICIPAL DE NATALÂNDIA  (MG).</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/894/portaria_no_002_07-03-2013.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/894/portaria_no_002_07-03-2013.pdf</t>
   </si>
   <si>
     <t>SUSPENDE O EXPEDIENTE ADMINISTRATIVO DA CÂMARA MUNICIPAL NO DIA 8 DE MARÇO DE 2013, EM RAZÃO DAS COMEMORAÇÕES ALUSIVAS AO DIA INTERNACIONAL DA MULHER.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/289/289_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/289/289_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO PARA A CONCESSÃO DE AUXÍLIO FINANCEIRO À ASSOCIAÇÃO COMUNITÁRIA EDUCATIVA E SOCIAL DE NATALÂNDIA, QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/282/lei_no_256_01-03-2013.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/282/lei_no_256_01-03-2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA ESTRUTURA ORGANIZACIONAL, CRIA E EXTINGUE CARGOS DE PROVIMENTO EM COMISSÃO DA ADMINISTRAÇÃO DIRETA DO PODER EXECUTIVO DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/283/283_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/283/283_texto_integral.pdf</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/284/lei_no_254_01-03-2013.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/284/lei_no_254_01-03-2013.pdf</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/893/portaria_no_001_19-02-2013.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/893/portaria_no_001_19-02-2013.pdf</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/291/lei_no_253_26-12-2012.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/291/lei_no_253_26-12-2012.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO ORÇAMENTO FISCAL DO MUNICÍPIO DE NATALÂNDIA PARA O EXERCÍCIO FINANCEIRO DE 2013.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/671/resolucao_no_036_18-12-2012.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/671/resolucao_no_036_18-12-2012.pdf</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/792/decreto_legislativo_no_012_17-12-2012.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/792/decreto_legislativo_no_012_17-12-2012.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DO MINICÍPIO DE NATALÂNDIA-MG, REFERENTE AO EXERCÍCIO DE 2006, NOS TERMOS DO PARECER PRÉVIO Nº 729.374 DO TRIBUNAL DE CONTAS DO ESTADO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/824/portaria_no_015_17-10-2012.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/824/portaria_no_015_17-10-2012.pdf</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/303/303_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/303/303_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE NORMAS DE ORGANIZAÇÃO DO QUADRO DE PESSOAL DAS ESCOLAS MUNICIPAIS PARA OS CARGOS DE PROFESSORES REGENTES DE AULAS E TURMAS E DE ESPECIALISTA EM EDUCAÇÃO BÁSICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/823/portaria_no_014_14-09-2012.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/823/portaria_no_014_14-09-2012.pdf</t>
   </si>
   <si>
     <t>DESIGNA PREGOEIRA E EQUIPE DE APOIO PARA ATUAREM EM PROCESSO LICITATÓRIO, NA MODALIDADE PREGÃO, NO ÂMBITO DO PODER LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/822/portaria_no_013_13-09-2012.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/822/portaria_no_013_13-09-2012.pdf</t>
   </si>
   <si>
     <t>APROVA PARA FINS DE ESTABILIDADE, O ESTÁGIO PROBATÓRIO DA SERVIDORA QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/821/portaria_no_012_13-09-2012.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/821/portaria_no_012_13-09-2012.pdf</t>
   </si>
   <si>
     <t>HOMOLOGA RESULTADO DE AVALIAÇÃO DE DESEMPENHO DA SERVIDORA DA CÂMARA MUNICIPAL DE NATALÂNDIA-MG, PARA FINS DE CONCLUSÃO DE ESTÁGIO PROBATÓRIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/820/portaria_no_011_03-09-2012.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/820/portaria_no_011_03-09-2012.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESIGNAÇÃO DE SERVIDORES PARA EXECUTAR OS PROCEDIMENTOS DA AVALIAÇÃO DE DESEMPENHO DE SERVIDORES EM ESTÁGIO PROBATÓRIO.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/819/portaria_no_010_03-09-2012.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/819/portaria_no_010_03-09-2012.pdf</t>
   </si>
   <si>
     <t>APROVA REGULAMENTO DE AVALIAÇÃO ESPECIAL DE DESEMPENHO DA SERVIDORA DA CÂMARA MUNICIPAL DE NATALÂNDIA-MG, EM ESTÁGIO PROBATÓRIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/304/lei_no_251_16-07-2012.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/304/lei_no_251_16-07-2012.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2013 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/818/portaria_no_009_03-07-2012.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/818/portaria_no_009_03-07-2012.pdf</t>
   </si>
   <si>
     <t>CONSTITUI COMISSÃO DE PROCESSO SELETIVO SIMPLIFICADO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/817/portaria_no_008_03-07-2012.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/817/portaria_no_008_03-07-2012.pdf</t>
   </si>
   <si>
     <t>CONCEDE LICENÇA PARA ATIVIDADE POLÍTICA AO SERVIDOR APARECIDO PEREIRA DE CARVALHO.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/816/portaria_no_007_28-06-2012.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/816/portaria_no_007_28-06-2012.pdf</t>
   </si>
   <si>
     <t>DEFINE O CRONOGRAMA DE AÇÕES  PARA IMPLANTAÇÃO DA CONTABILIDADE APLICADA AO SETOR PÚBLICO NA CÂMARA MUNICIPAL DE NATALÂNDIA-MG.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/815/portaria_no_006_27-06-2012.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/815/portaria_no_006_27-06-2012.pdf</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/300/300_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/300/300_texto_integral.pdf</t>
   </si>
   <si>
     <t>HOMOLOGA O TERMO DE COOPERAÇÃO TÉCNICA, FINANCEIRA E SOCIAL CELEBRADO ENTRE A COMPANHIA DE HABITAÇÃO DO ESTADO DE MINAS GERAS - COHAB MINAS E O MUNICÍPIO DE NATALÂNDIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/301/301_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/301/301_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DO ESPORTE E DA JUVENTUDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/302/302_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/302/302_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECONHECE O TEMPO DE CONTRIBUIÇÃO REFERENTE AO PERÍODO QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/290/lei_no_247_18-06-2012.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/290/lei_no_247_18-06-2012.pdf</t>
   </si>
   <si>
     <t>REESTRUTURA A TABELA DE VENCIMENTOS DOS SERVIDORES DO MAGISTÉRIO MUNICIPAL, CONSTATES NO ANEXO III DA LEI COMPLEMENTAR MUNICIPAL Nº 007, DE 01 DE JUNHO DE 2008, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/318/318_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/318/318_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA DISPOSITIVOS À LEI COMPLEMENTAR Nº 002, DE 29 DE DEZEMBRO DE 1997, QUE DISPÕE SOBRE O ESTATUTO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE NATALÂNDIA-MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/814/portaria_no_005_28-05-2012.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/814/portaria_no_005_28-05-2012.pdf</t>
   </si>
   <si>
     <t>DIVULGA CONDUTAS VEDADAS AOS AGENTES PÚBLICOS, NO ÂMBITO DA CÂMARA MUNICIPAL DE NATALÂNDIA- MG, NO PERÍODO ELEITORAL DO ANO DE 2012 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/317/317_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/317/317_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR MUNICIPAL Nº 002 DE 29 DE DEZEMBRO DE 1997, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/299/299_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/299/299_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DO PREFEITO, DO VICE-PREFEITO E DOS SECRETÁRIOS MUNICIPAIS DE NATALÂNDIA-MG PARA O QUADRIÊNIO 2013/2016 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/813/portaria_no_004_10-04-2012.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/813/portaria_no_004_10-04-2012.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO POR TEMPO DETERMINADO, POR EXCEPCIONAL INTERESSE PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/305/305_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/305/305_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À FARMÁCIA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/292/292_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/292/292_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DOS VEREADORES DA CÂMARA MUNICIPAL DE NATALÂNDIA-MG PARA A 5ª LEGISLATURA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/293/293_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/293/293_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO DA REMUNERAÇÃO DOS SERVIDORES DA CÂMARA MUNICIPAL DE NATALÂNDIA-MG.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/294/294_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/294/294_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO DOS SUBSÍDIOS DOS VEREADORES DA CÂMARA MUNICIPAL DE NATALÂNDIA-MG.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/295/295_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/295/295_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO DOS SUBSÍDIOS DO PREFEITO, DO VICE-PREFEITO E DOS SECRETÁRIOS MUNICIPAIS DE NATALÂNDIA-MG.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/296/296_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/296/296_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DOAÇÃO DE IMÓVEIS PROPRIEDADES DO MUNICÍPIO A ASSOCIAÇÃO ALFA DE INTEGRAÇÃO SOCIAL (AISA) E/OU A FAMÍLIAS DE BAIXA RENDA DO MUNICÍPIO, NA FORMA E CONDIÇÕES QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/670/resolucao_no_035_23-03-2012.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/670/resolucao_no_035_23-03-2012.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O USO DE VEÍCULO OFICIAL À DISPOSIÇÃO DA CÂMARA MUNICIPAL -MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>3A</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/812/portaria_no_003-a_23-03-2012.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/812/portaria_no_003-a_23-03-2012.pdf</t>
   </si>
   <si>
     <t>APROVA OS FORMULÁRIOS PARA UTILIZAÇÃO DE VEÍCULO OFICIAL DA CÂMARA DE QUE TRATA A RESOLUÇÃO Nº 001, DE 23 DE MARÇO DE 2012.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/795/decreto_legislativo_no_011_22-03-2012.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/795/decreto_legislativo_no_011_22-03-2012.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DO MUNICÍPIO DE NATALÂNDIA-MG, REFERENTE AO EXERCÍCIO DE 2010, NOS TERMOS DO PARECER PRÉVIO Nº 842.826 DO TRIBUNAL DE CONTAS DO ESTADO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/627/decreto_no_010_22-03-2012.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/627/decreto_no_010_22-03-2012.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE NATALÂNDIA-MG, REFERENTE AO EXERCÍCIO DE 2002, 678.995 DO TRIBUNAL DE CONTAS DO ESTADO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/297/297_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/297/297_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO AO CRAS - CENTRO DE REFERÊNCIA DE ASSISTÊNCIA SOCIAL, DO MUNICÍPIO DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/811/portaria_no_003_10-02-2012.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/811/portaria_no_003_10-02-2012.pdf</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/298/298_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/298/298_texto_integral.pdf</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/810/portaria_no_002_16-01-2012.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/810/portaria_no_002_16-01-2012.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ESCALA DE FÉRIAS DOS SERVIDORES PARA O EXERCÍCIO DE 2012 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/809/portaria_no_001_02-01-2012.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/809/portaria_no_001_02-01-2012.pdf</t>
   </si>
   <si>
     <t>NOMEIA OS MEMBROS DA MESA DIRETORA PARA O EXERCÍCIO DE 2012.</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1033/portaria_no_014_28-12-2011.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1033/portaria_no_014_28-12-2011.pdf</t>
   </si>
   <si>
     <t>APROVA O REGIMENTO DA COMISSÃO DE DESENVOLVIMENTO FUNCIONAL DOS SERVIDORES DA CÂMARA MUNICIPAL DE NATALÂNDIA-MG.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/838/portaria_no_013_28-12-2011.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/838/portaria_no_013_28-12-2011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESIGNAÇÃO DE SERVIDORES PARA COMPOR A COMISSÃO DE DESENVOLVIMENTO FUNCIONAL, PARA EXECUTAR OS PROCEDIMENTOS DA AVALIAÇÃO PERIÓDICA DE DESEMPENHO DE SERVIDORES, PARA FINS DE DESENVOLVIMENTO NA CARTEIRA.</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1017/lei_no_237_26-12-2011.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1017/lei_no_237_26-12-2011.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 196, DE 01 DE OUTUBRO DE 2009, REVOGA OS ANEXOS I E II DA LEI MUNICIPAL Nº 227, DE 16 DE AGOSTO DE 2011, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1016/lei_no_236_26-12-2011.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1016/lei_no_236_26-12-2011.pdf</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1015/lei_no_235_26-12-2011.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1015/lei_no_235_26-12-2011.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO ORÇAMENTO FISCAL DO MUNICÍPIO DE NATALÂNDIA PARA O EXERCÍCIO FINANCEIRO DE 2012.</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1014/lei_no_234_26-12-2011.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1014/lei_no_234_26-12-2011.pdf</t>
   </si>
   <si>
     <t>DA NOVA REDAÇÃO AO ART. 40 E INCLUI OS ARTIGOS 8-A E 41-A À LEI 228 DE 16 DE AGOSTO DE 2011 QUE DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2012.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/837/portaria_no_012_20-12-2011.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/837/portaria_no_012_20-12-2011.pdf</t>
   </si>
   <si>
     <t>APROVA REGULAMENTO DA AVALIAÇÃO PERIÓDICA DE DESEMPENHO DOS SERVIDORES DA CÂMARA MUNICIPAL DE NATALÂNDIA- MG - APED E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/836/portaria_no_011_16-12-2011.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/836/portaria_no_011_16-12-2011.pdf</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1013/lei_no_233_01-12-2011.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1013/lei_no_233_01-12-2011.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 196, DE 01 DE OUTUBRO DE 2009, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2011/322/322_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2011/322/322_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A LEI GERAL MUNICIPAL DA MICROEMPRESA, DA EMPRESA DE PEQUENO PORTE E DO MICROEMPREENDEDOR INDIVIDUAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>RI</t>
   </si>
   <si>
     <t>Regimento Interno</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2011/157/157_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2011/157/157_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONTÉM O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE NATALÂNDIA.</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1012/lei_no_232_18-11-2011.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1012/lei_no_232_18-11-2011.pdf</t>
   </si>
   <si>
     <t>DECLARA ENTIDADE DE UTILIDADE PÚBLICA O SINDICATO DOS TRABALHADORES SERVIDORES PÚBLICOS MUNICIPAIS DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1011/lei_no_231_21-10-2011.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1011/lei_no_231_21-10-2011.pdf</t>
   </si>
   <si>
     <t>CRIA CONSELHO MUNICIPAL DE ESPORTES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1010/lei_no_230_03-10-2011.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1010/lei_no_230_03-10-2011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE DESCONTO DO IMPOSTO PREDIAL E TERRITÓRIAL URBANO - IPTU, INCLUSIVE EM DÍVIDA ATIVA E RESPECTIVAS MULTAS E JUROS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1009/lei_no_229_23-09-2011.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1009/lei_no_229_23-09-2011.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO AO LOGRADOURO PÚBLICO QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1008/lei_no_228_16-08-2011.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1008/lei_no_228_16-08-2011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2012 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1007/lei_no_227_16-08-2011.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1007/lei_no_227_16-08-2011.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 196, DE 01 DE OUTUBRO DE 2009 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2011/321/321_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2011/321/321_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AMPLIAÇÃO DO NÚMERO DE VAGAS NA ESTRUTURA ORGANIZACIONAL DO MAGISTÉRIO DA PREFEITURA MUNICIPAL DE NATALÂNDIA-MG, CONSTANTE NA LEI COMPLEMENTAR 007/2007, DE 01 DE JUNHO DE 2007, COM A REDAÇÃO DADA PELA LEI COMPLEMENTAR MUNICIPAL Nº 008, DE 16 DE JUNHO DE 2008, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1006/lei_no_226_12-08-2011.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1006/lei_no_226_12-08-2011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REESTRUTURAÇÃO DO CONSELHO MUNICIPAL DE ASSISTÊNCIA SOCIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1005/lei_no_225_12-08-2011.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1005/lei_no_225_12-08-2011.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE NATALÂNDIA A CONTRATAR COM O BANCO DE DESENVOLVIMENTO DE MINAS GERAIS S/A - BDMG, OPERAÇÕES DE CRÉDITO COM OUTORGA DE GARANTIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1004/lei_no_224_12-08-2011.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1004/lei_no_224_12-08-2011.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ESPECIAL AO ORÇAMENTO VIGENTE ESTABELECIDO  PELA LEI MUNICIPAL 217 DE 16/12/2010 E ALTERA AS LEIS 201 DE 28/12/2009 QUE DISPÕE SOBRE O PLANO PLURIANUAL 2010 A 2013 E 2008 DE 01/09/2010 QUE DISPÕE SOBRE AS DIRETRIZES  PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2011.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/835/portaria_no_010_07-06-2011.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/835/portaria_no_010_07-06-2011.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A UTILIZAÇÃO DO PLENÁRIO DA CÂMARA MUNICIPAL DE NATALÂNDIA-MG POR TERCEIROS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/22/lei_no_223_02-06-2011.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/22/lei_no_223_02-06-2011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO DOS SUBSÍDIOS DO PREFEITO, DO VICE-PREFEITO, DOS VEREADORES E DOS SECRETÁRIOS MUNICIPAIS E DOS_x000D_
 VENCIMENTOS DOS SERVIDORES DA CÂMARA MUNICIPAL DE NATALÂNDIA-MG.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/21/lei_no_222_02-06-2011.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/21/lei_no_222_02-06-2011.pdf</t>
   </si>
   <si>
     <t>REAJUSTA OS VENCIMENTOS BÁSICOS DOS SERVIDORES E DOS SERVIDORES DO MAGISTÉRIO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2011/333/333_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2011/333/333_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO A DISPOSITIVOS DA LEI COMPLEMENTAR N.º 002, DE 29 DE DEZEMBRO DE 1997, QUE CONTÉM O ESTATUTO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE NATALÂNDIA - ESTADO DE MINAS GERAIS E DÁ OUTRA PROVIDÊNCIA.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/626/decreto_no_09_17-05-2011.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/626/decreto_no_09_17-05-2011.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DO MUNICÍPIO DE NATALÂNDIA-MG, REFERENTE AO EXERCÍCIO DE 2009, NOS TERMOS DO PARECER PRÉVIO Nº 835.353 DO TRIBUNAL DE CONTAS DO ESTADO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/791/decreto_legislativo_no_008_17-05-2011.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/791/decreto_legislativo_no_008_17-05-2011.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DO MUNICÍPIO DE NATALÂNDIA-MG, REFERENTE AO EXERCÍCIO DE 2007, NOS TERMOS DO PARECER PRÉVIO Nº 749.797 DO TRIBUNAL DE CONTAS DO ESTADO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/833/portaria_no_008_10-05-2011.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/833/portaria_no_008_10-05-2011.pdf</t>
   </si>
   <si>
     <t>DESIGNA PREGOEIRA E EQUIPE DE APOIO PARA ATUAREM EM PROCESSO LICITATÓRIO , NA MODALIDADE PREGÃO, NO ÂMBITO DO PODER LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/834/portaria_no_009_02-05-2011.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/834/portaria_no_009_02-05-2011.pdf</t>
   </si>
   <si>
     <t>DESIGNA COMISSÃO ESPECIAL PARA AVALIAÇÃO DO VEÍCULO OBJETO DO PREGÃO Nº 01/2011 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/20/lei_no_221_28-04-2011.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/20/lei_no_221_28-04-2011.pdf</t>
   </si>
   <si>
     <t>ABRE CREDITO ESPECIAL AO ORÇAMENTO VIGENTE ESTABELECIDO PELA LEI MUNICIPAL 217 DE 26/12/2010 E ALTERA AS LEIS 201 DE 28/12/2009 QUE_x000D_
 DISPÕE SOBRE O PLANO PLURIANUAL 2010 A 2013 E 208 DE 01/09/2010 QUE DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2011.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/625/decreto_no_07_7-04-2011.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/625/decreto_no_07_7-04-2011.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE NATALÂNDIA-MG, REFERENTE AO EXERCÍCIO DE 2001.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/832/portaria_no_007_30-03-2011.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/832/portaria_no_007_30-03-2011.pdf</t>
   </si>
   <si>
     <t>PROMOVE SERVIDORES QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/831/portaria_no_006_30-03-2011.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/831/portaria_no_006_30-03-2011.pdf</t>
   </si>
   <si>
     <t>APROVA PARA FINS DE ESTABILIDADE, OS ESTÁGIOS PROBATÓRIOS DOS SERVIDORES QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/830/portaria_no_005_30-03-2011.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/830/portaria_no_005_30-03-2011.pdf</t>
   </si>
   <si>
     <t>HOMOLOGA RESULTADO DE AVALIAÇÃO DE DESEMPENHO DE SERVIDORES DA CÂMARA MUNICIPAL DE NATALÂNDIA-MG, PARA FINS DE CONCLUSÃO DE ESTÁGIO PROBATÓRIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/829/portaria_no_004_10-03-2011.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/829/portaria_no_004_10-03-2011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESIGNAÇÃO DE SERVIDORES PARA EXECUTAR OS PROCEDIMENTOS DE AVALIAÇÃO DE DESEMPENHO DE SERVIDORES EM ESTÁGIO PROBATÓRIO.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/828/portaria_no_003_10-03-2011.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/828/portaria_no_003_10-03-2011.pdf</t>
   </si>
   <si>
     <t>APROVA REGULAMENTO DE AVALIAÇÃO ESPECIAL DE DESEMPENHO DOS SERVIDORES DA CÂMARA MUNICIPAL DE NATALÂNDIA-MG, EM ESTÁGIO PROBATÓRIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/827/portaria_no_002_10-02-2011.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/827/portaria_no_002_10-02-2011.pdf</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/826/portaria_no_001_06-01-2011.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/826/portaria_no_001_06-01-2011.pdf</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/19/lei_no_220_23-12-2010.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/19/lei_no_220_23-12-2010.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL DE NATALÂNDIA-MG CONCEDER REPASSE FINANCEIRO QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/18/lei_no_219_23-12-2010.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/18/lei_no_219_23-12-2010.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL DE NATALÂNDIA-MG LOCAR IMÓVEL QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2010/332/332_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2010/332/332_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR MUNICIPAL Nº. 006, DE 31 DE DEZEMBRO DE 2003, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/847/portaria_no_009_22-12-2010.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/847/portaria_no_009_22-12-2010.pdf</t>
   </si>
   <si>
     <t>SUSPENDE O EXPEDIENTE ADMINISTRATIVO DA CÂMARA MUNICIPAL NO PERÍODO DE 23 A 31 DE DEZEMBRO DE 2010.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/4/lei_no_218_13-12-2010.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/4/lei_no_218_13-12-2010.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITOS SUPLEMENTARES AO ORÇAMENTO DE 2010, ESTABELECIDO PELA LEI 202/2009, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/23/lei_no_217_06-12-2010.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/23/lei_no_217_06-12-2010.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO ORÇAMENTO FISCAL DO MUNICÍPIO DE NATALÂNDIA-MG, PARA O EXERCÍCIO FINANCEIRO DE 2011.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/6/lei_no_216_06-12-2010.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/6/lei_no_216_06-12-2010.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ESTRUTURAÇÃO DO PLANO DE CARGOS E CARREIRAS DA CÂMARA MUNICIPAL DE NATALÂNDIA-MG, INSTITUI NOVA TABELA DE_x000D_
 VENCIMENTOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/846/portaria_no_008_02-12-2010.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/846/portaria_no_008_02-12-2010.pdf</t>
   </si>
   <si>
     <t>ESTABELECE E DIVULGA PROCEDIMENTO E FORMALIDADES PARA A ELEIÇÃO DOS MEMBROS DA MESA DIRETORA PARA A SESSÃO LEGISLATIVA DE 2011 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/5/lei_no_215_26-11-2010.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/5/lei_no_215_26-11-2010.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL DE NATALÂNDIA-MG A REDUZIR A JORNADA DE TRABALHO DE SERVIDORES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/7/lei_no_214_19-11-2010.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/7/lei_no_214_19-11-2010.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DOAÇÃO DE IMÓVEIS PROPRIEDADES DO MUNICÍPIO AO INSTITUTO FREI HUMBERTO DE EDUCAÇÃO E CULTURA E/OU A FAMÍLIAS DE BAIXA RENDA DO MUNICÍPIO, NA FORMA E CONDIÇÕES QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE SUBVENÇÃO SOCIAL A ENTIDADES, A SER CONCEDIDAS PELO PODER PÚBLICO MUNICIPAL DE NATALÂNDIA-MG,_x000D_
 E DÁ OUTRAS.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/17/lei_no_212_27-10-2010.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/17/lei_no_212_27-10-2010.pdf</t>
   </si>
   <si>
     <t>DECLARA ENTIDADE DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS PRODUTORES DE LEITE DO PA SACO DO RIO PRETO, DE QUE TRATA E DÁ OUTRA_x000D_
 PROVIDÊNCIA.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/16/lei_no_211_27-10-2010.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/16/lei_no_211_27-10-2010.pdf</t>
   </si>
   <si>
     <t>DECLARA ENTIDADE DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS PEQUENOS PRODUTORES DE LEITE DO PA MANGAL E REGIÃO, DE QUE TRARÁ E DÁ OUTRA PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/15/lei_no_210_27-10-2010.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/15/lei_no_210_27-10-2010.pdf</t>
   </si>
   <si>
     <t>DECLARA ENTIDADE DE UTILIDADE PÚBLICA A ASSOCIAÇÃO COMUNITÁRIA AGRÍCOLA E PECUÁRIA, DE QUE TRATA E DÁ OUTRA PROVIDÊNCIA.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/14/lei_no_209_27-10-2010.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/14/lei_no_209_27-10-2010.pdf</t>
   </si>
   <si>
     <t>RECONHECE DE UTILIDADE PÚBLICA A ASSOCIAÇÃO NOROESTE MINEIRO DE ESTUDO E COMBATE AO CÂNCER - ANMECC.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/13/lei_no_208_01-09-2010.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/13/lei_no_208_01-09-2010.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2011 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/845/portaria_no_007_31-08-2010.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/845/portaria_no_007_31-08-2010.pdf</t>
   </si>
   <si>
     <t>ESTABELECE HORÁRIO DE EXPEDIENTE DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/12/lei_no_207_19-08-2010.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/12/lei_no_207_19-08-2010.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI MUNICIPAL N° 103/2001, DE 20 DE DEZEMBRO DE 2001, QUE CRIA O CONSELHO MUNICIPAL DE ASSISTÊNCIA SOCIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/844/portaria_no_006_20-07-2010.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/844/portaria_no_006_20-07-2010.pdf</t>
   </si>
   <si>
     <t>ESTABELECE HORÁRIO ESPECIAL DE EXPEDIENTE DA CÂMARA MUNICIPAL NO PERÍODO QUE MENCIONA.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/11/lei_no_206_16-07-2010.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/11/lei_no_206_16-07-2010.pdf</t>
   </si>
   <si>
     <t>DECLARA ENTIDADE DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS PAIS E MESTRES DA ESCOLA ESTADUAL ALVARENGA PEIXOTO NATALÂNDIA-MG, DE QUE TRATA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/10/lei_no_205_16-07-2010.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/10/lei_no_205_16-07-2010.pdf</t>
   </si>
   <si>
     <t>DECLARA ENTIDADE DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DAS FIANDEIRAS E TECELÃS DE NATALÂNDIA, DE QUE TRATA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/790/decreto_legislativo_no_006-2010.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/790/decreto_legislativo_no_006-2010.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DO MUNICÍPIO DE NATALÂNDIA-MG, REFERENTE AO EXERCÍCIO DE 2008, NOS TERMOS DO PARECER PRÉVIO Nº 781.466 DO TRIBUNAL DE CONTAS DO ESTADO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/843/portaria_no_005_29-03-2010.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/843/portaria_no_005_29-03-2010.pdf</t>
   </si>
   <si>
     <t>SUSPENDE O EXPEDIENTE ADMINISTRATIVO DA CÂMARA MUNICIPAL NO PERÍODO DE 31 DE MARÇO A 02 DE ABRIL DE 2010.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/842/portaria_no_004_12-03-2010.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/842/portaria_no_004_12-03-2010.pdf</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/9/lei_no_204_04-03-2010.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/9/lei_no_204_04-03-2010.pdf</t>
   </si>
   <si>
     <t>DISPÕES SOBRE A REFORMULAÇÃO DO CONSELHO MUNICIPAL DE DESENVOLVIMENTO RURAL SUSTENTÁVEL -  CMDRS, CRIADO PELA LEI MUNICIPAL Nº 139, DE 08 DE NOVEMBRO DE 2004, A QUAL PASSA A TER A REDAÇÃO ABAIXO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/8/lei_no_203_18-02-2010.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/8/lei_no_203_18-02-2010.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO NO ART. 2° DA LEI N° 177/2007 DE 30 DE MAIO DE 2007, QUE INSTITUI O CONSELHO MUNICIPAL DE ACOMPANHAMENTO E CONTROLE SOCIAL DO FUNDO DE MANUTENÇÃO E DESENVOLVIMENTO DA EDUCAÇÃO BÁSICA E DE VALORIZAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/841/portaria_no_003_09-02-2010.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/841/portaria_no_003_09-02-2010.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTITUIÇÕES PERMANENTES DA CÂMARA MUNICIPAL DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/840/portaria_no_002_05-01-2010.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/840/portaria_no_002_05-01-2010.pdf</t>
   </si>
   <si>
     <t>SUSPENDE O EXPEDIENTE ADMINISTRATIVO DA CÂMARA MUNICIPAL NO PERÍODO DE 06 A 08 DE JANEIRO DE 2010.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/839/portaria_no_001_04-01-2010.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/839/portaria_no_001_04-01-2010.pdf</t>
   </si>
   <si>
     <t>NOMEIA OS MEMBROS DA MESA DIRETORA PARA O EXERCÍCIO DE 2010.</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/1018/lei_no_202_28-12-2009.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/1018/lei_no_202_28-12-2009.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO ORÇAMENTO FISCAL DO MUNICÍPIO DE NATALÂNDIA-MG, PARA O EXERCÍCIO DE 2010.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/24/lei_no_201_28-12-2009.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/24/lei_no_201_28-12-2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL PARA O QUADRIÊNIO DE 2010/2013.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/33/lei_no_200_17-12-2009.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/33/lei_no_200_17-12-2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE DESCONTO DO IMPOSTO PREDIAL E TERRITORIAL URBANO - IPTU, INCLUSIVE EM DÍVIDA ATIVA E RESPECTIVAS MULTAS E JUROS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/669/resolucao_no_034_17-12-2009.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/669/resolucao_no_034_17-12-2009.pdf</t>
   </si>
   <si>
     <t>CONCEDE A CIDADANIA HONORÁRIA NATALANDENSE AO SENHOR GENESIO NOVATO MACHADO, PELOS MOTIVOS QUE MENCIONA.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/668/resolucao_no_033_17-12-2009.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/668/resolucao_no_033_17-12-2009.pdf</t>
   </si>
   <si>
     <t>CONCEDE A CIDADANIA HONORÁRIA NATALANDENSE AO SENHOR MODESTO ALVES MENDONÇA, PELOS MOTIVOS QUE MENCIONA.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/667/resolucao_no_032_17-12-2009.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/667/resolucao_no_032_17-12-2009.pdf</t>
   </si>
   <si>
     <t>CONCEDE A CIDADANIA HONORÁRIA NATALANDENSE AO SENHOR RUBENS MACHADO PACHECO, PELOS MOTIVOS QUE MENCIONA.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/666/resolucao_no_031_17-12-2009.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/666/resolucao_no_031_17-12-2009.pdf</t>
   </si>
   <si>
     <t>CONCEDE A CIDADANIA HONORÁRIA NATALANDENSE AO BISPO DOM LEONARDO DE MIRANDA PEREIRA, PELOS MOTIVOS QUE MENCIONA.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/665/resolucao_no_030_17-12-2009.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/665/resolucao_no_030_17-12-2009.pdf</t>
   </si>
   <si>
     <t>CONCEDE A CIDADANIA HONORÁRIA NATALANDENSE À SENHORA MARIA DOS SANTOS LIMA, PELOS MOTIVOS QUE MENCIONA.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/664/resolucao_no_029_17-12-2009.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/664/resolucao_no_029_17-12-2009.pdf</t>
   </si>
   <si>
     <t>CONCEDE A CIDADANIA HONORÁRIA NATALANDENSE AO SENHOR SÉRGIO BATISTA DE ARAÚJO, PELOS MOTIVOS QUE MENCIONA.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/663/resolucao_no_028_17-12-2009.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/663/resolucao_no_028_17-12-2009.pdf</t>
   </si>
   <si>
     <t>CONCEDE A CIDADANIA HONORÁRIA NATALANDENSE AO SENHOR JOSÉ DOS REIS SOARES, PELOS MOTIVOS QUE MENCIONA.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>5-A</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/852/portaria_no_005_-_a_04-12-2009.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/852/portaria_no_005_-_a_04-12-2009.pdf</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/32/lei_no_199_19-11-2009.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/32/lei_no_199_19-11-2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A LEGITIMAÇÃO DE POSSE DE IMÓVEL PÚBLICO QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/31/lei_no_198_19-11-2009.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/31/lei_no_198_19-11-2009.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE NATALÂNDIA, O DIA 30 DE NOVEMBRO COMO O DIA DO EVANGÉLICO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2009/320/320_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2009/320/320_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR Nº 007, 01 DE JUNHO DE 2007.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2009/30/30_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2009/30/30_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DOAÇÃO DE IMÓVEIS PROPRIEDADES DO  MUNICÍPIO AO INSTITUTO FREI HUMBERTO DE EDUCAÇÃO E CULTURA E/OU A FAMÍLIAS DE BAIXA RENDA DO MUNICÍPIO, NA FORMA E CONDIÇÕES QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/29/lei_no_196_01-10-2009.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/29/lei_no_196_01-10-2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ESTRUTURAÇÃO DO PLANO DE CARGOS E CARREIRAS DA PREFEITURA MUNICIPAL DE NATALÂNDIA - MG, ESTABELECE NORMAS_x000D_
 GERAIS DE ENQUADRAMENTO, INSTITUI NOVA TABELA DE VENCIMENTOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/624/decreto_no_05_7-30-09-2009.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/624/decreto_no_05_7-30-09-2009.pdf</t>
   </si>
   <si>
     <t>APROVA COM RESSALVAS AS CONTAS DA PREFEITURA MUNICIPAL DE NATALÂNDIA-MG, REFERENTE AO EXERCÍCIO DE 2004, NOS TERMOS DO PARECER DA COMISSÃO DE FINANÇAS, TRIBUTAÇÃO, ORÇAMENTO E TOMADA DE CONTAS DESTA CÂMARA MINICIPAL.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2009/28/28_texto_integral.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/319/319_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2009/28/28_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/319/319_texto_integral.pdf</t>
   </si>
   <si>
     <t>REAJUSTA VENCIMENTOS BÁSICOS E VALORES CONSTANTES DA TABELA DE VALORES DO PLANO DE CARREIRA DO MAGISTÉRIO.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/851/portaria_no_005_01-09-2009.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/851/portaria_no_005_01-09-2009.pdf</t>
   </si>
   <si>
     <t>NOMEIA CANDIDATO APROVADO NO CONCURSO PÚBLICO - EDITAL Nº. 01/2007.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/27/lei_no_194_20-08-2009.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/27/lei_no_194_20-08-2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2010 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2009/26/26_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2009/26/26_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO, ORGANIZAÇÃO E COMPOSIÇÃO DO CONSELHO MUNICIPAL DE ACOMPANHAMENTO E CONTROLE SOCIAL DO PROGRAMA BOLSA FAMÍLIA - PBF E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/850/portaria_no_004_17-08-2009.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/850/portaria_no_004_17-08-2009.pdf</t>
   </si>
   <si>
     <t>NOMEIA E CONVOCA PARA POSSE OS CANDIDATOS APROVADOS NO CONCURSO PÚBLICO - EDITAL Nº.01/2008.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/849/portaria_no_002_03-06-2009.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/849/portaria_no_002_03-06-2009.pdf</t>
   </si>
   <si>
     <t>SUSPENDE O EXPEDIENTE ADMINISTRATIVO DA CÂMARA MUNICIPAL NO PERÍODO DE 03 E 04 DE JUNHO DE 2009.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>192-A</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/596/lei_no_192a_29-05-2009.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/596/lei_no_192a_29-05-2009.pdf</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/848/portaria_no_001_09-02-2009.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/848/portaria_no_001_09-02-2009.pdf</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/597/lei_no_192_23-12-2008.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/597/lei_no_192_23-12-2008.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O MUNICÍPIO DE NATALÂNDIA - MG, PARA O EXERCÍCIO FINANCEIRO DE 2009.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/662/resolucao_no_027_06-11-2008.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/662/resolucao_no_027_06-11-2008.pdf</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/860/portaria_no_007_04-12-2008.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/860/portaria_no_007_04-12-2008.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A SUSPENSÃO DO PAGAMENTO DA GRATIFICAÇÃO NATALINA AOS VEREADORES E SECRETÁRIOS DE QUE TRATA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/859/portaria_no_006-a_04-12-2008.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/859/portaria_no_006-a_04-12-2008.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTITUIÇÃO DE COMISSÃO TEMPORÁRIA DA CÂMARA MUNICIPAL DE NATALÂNDIA E DÁ OUTRAS PTOVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
     <t>6A</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/1032/portaria_no_006-a_04-12-2008.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/1032/portaria_no_006-a_04-12-2008.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTITUIÇÃO DE COMISSÃO TEMPORÁRIA DA CÂMARA MUNICIPAL DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/39/lei_no_191_02-12-2008.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/39/lei_no_191_02-12-2008.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO NO ART. 2° DA LEI N° 177/2007 DE 30 DE MAIO DE 2007, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/38/lei_no_190_01-09-2008.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/38/lei_no_190_01-09-2008.pdf</t>
   </si>
   <si>
     <t>INCLUI AÇÃO EM PROGRAMA DO PPA 2006/2009, AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/37/lei_no_189_30-07-2008.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/37/lei_no_189_30-07-2008.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2009 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2008/36/36_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2008/36/36_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA REPASSE DE RECURSOS FINANCEIROS A TÍTULO DE SUBVENÇÃO SOCIAL E A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2008/35/35_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2008/35/35_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO NOS ARTIGOS 3° E 6° DA LEI MUNICIPAL N° 139, DE 08 DE NOVEMBRO DE 2004, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/331/lei_complementar_no_008_16-06-2008.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/331/lei_complementar_no_008_16-06-2008.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRIAÇÃO DE CARGO NA ESTRUTURA ORGANIZACIONAL DA PREFEITURA MUNICIPAL DE NATALÂNDIA MG, REAJUSTA A TABELA DE VALORES DO PLANO DE CARREIRA DO MAGISTÉRIO E ALTERA OS ANEXOS I, II E III, DA LEI COMPLEMENTAR 007/2007, DE QUE TRATA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/858/portaria_no_006_10-03-2008.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/858/portaria_no_006_10-03-2008.pdf</t>
   </si>
   <si>
     <t>NOMEIA OS CANDIDATOS APROVADOS NO CONCURSO PÚBLICO - EDITAL Nº .01/2007.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/855/portaria_no_003_19-02-2008.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/855/portaria_no_003_19-02-2008.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O USO DO ESPAÇO FÍSICO DA CÂMARA MUNICIPAL DE NATALÂNDIA DE QUE TRATA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/857/portaria_no_005_15-02-2008.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/857/portaria_no_005_15-02-2008.pdf</t>
   </si>
   <si>
     <t>NOMEIA E CONVOCA PARA POSSE OS CANDIDATOS APROVADOS NO CONCURSO PÚBLICO - EDITAL Nº. 01/2007.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/856/portaria_no_004_15-02-2008.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/856/portaria_no_004_15-02-2008.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTITUIÇÃO DE COMISSÕES PERMANENTES  DA CÂMARA MUNICIPAL DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/34/lei_no_186_01-02-2008.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/34/lei_no_186_01-02-2008.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A DOAR TERRENOS ONDE SERÃO CONSTRUÍDAS AS UNIDADES HABITACIONAIS.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/854/portaria_no_002_21-01-2008.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/854/portaria_no_002_21-01-2008.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A HOMOLOGAÇÃO DO 1º CONCURSO PÚBLICO DA CÂMARA MUNICIPAL DE NATALÂNDIA - MG, DE QUE TRATA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/853/portaria_no_001_02-01-2008.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/853/portaria_no_001_02-01-2008.pdf</t>
   </si>
   <si>
     <t>CONSTITUI COMISSÃO PERMANENTE  DE LICITAÇÃO DA CÂMARA MUNICIPAL, DE QUE TRATA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/49/lei_no_185_28-12-2007.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/49/lei_no_185_28-12-2007.pdf</t>
   </si>
   <si>
     <t>CRIA O FUNDO MUNICIPAL DE HABITAÇÃO DE INTERESSE SOCIAL -  FHIS E INSTITUI O CONSELHO GESTOR DO FHIS,_x000D_
 DE QUE TRATA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/48/lei_no_184_28-12-2007.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/48/lei_no_184_28-12-2007.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O MUNICÍPIO DE NATALÂNDIA -MG, PARA O EXERCÍCIO FINANCEIRO DE 2008.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/47/lei_no_183_16-12-2007.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/47/lei_no_183_16-12-2007.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CÓDIGO DE SAÚDE E/OU SANITÁRIO DO MUNICÍPIO DE NATALÂNDIA-MG, DE QUE TRATA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/46/lei_no_182_26-10-2007.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/46/lei_no_182_26-10-2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE NATALÂNDIA/MG, A FAZER CONCESSÃO EM REGIME DE PERMISSÃO DE USO DE IMÓVEL À TELEMIG CELULAR S/A, DE QUE TRATA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/45/lei_no_181_14-09-2007.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/45/lei_no_181_14-09-2007.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONTRATAÇÃO DE PESSOAL POR TEMPO DETERMINADO PARA ATENDER NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO NOS TERMOS DO INCISO X DO ART. 37 DA CONSTITUIÇÃO FEDERAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/44/lei_no_180_14-09-2007.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/44/lei_no_180_14-09-2007.pdf</t>
   </si>
   <si>
     <t>CRIA, EXTINGUE E TRANSFORMA CARGOS, REORGANIZA E CONSOLIDA O QUADRO DE PESSOAL DA ADMINISTRAÇÃO DIRETA DO PODER EXECUTIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/661/resoluca0_no_026_13-09-2007.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/661/resoluca0_no_026_13-09-2007.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO DE CARGOS E VENCIMENTOS DOS SERVIDORES PÚBLICOS DO PODER LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/43/lei_no_179_20-07-2007.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/43/lei_no_179_20-07-2007.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2008  DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/865/portaria_no_005_16-07-2007.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/865/portaria_no_005_16-07-2007.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE SERVIDOR PÚBLICO PARA CONFECÇÃO DE GUIA DE RECOLHIMENTO DO FGTS E INFORMAÇÕES Á PREVIDÊNCIA SOCIAL - GFIP, DE LIVRE NOMEAÇÃO E EXONERAÇÃO, DE QUE TRATA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/864/portaria_no_004_16-07-2007.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/864/portaria_no_004_16-07-2007.pdf</t>
   </si>
   <si>
     <t>SUSPENDE O EXPEDIENTE ADMINISTRATIVO DA CÂMARA MUNICIPAL NO PERÍODO DE 16 A 31 DE JULHO DE 2007.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/330/lei_complementar_no_007_01-06-2007.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/330/lei_complementar_no_007_01-06-2007.pdf</t>
   </si>
   <si>
     <t>ESTABELECE O PLANO DE CARREIRA DO MAGISTÉRIO PÚBLICO DO MUNICÍPIO DE NATALÂNDIA-MG, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/42/lei_no_178_30-05-2007.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/42/lei_no_178_30-05-2007.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA BIBLIOTECA PÚBLICA DO MUNICÍPIO DE NATALÂNDIA - MG DE QUE TRATA E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/41/lei_no_177_30-05-2007.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/41/lei_no_177_30-05-2007.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE ACOMPANHAMENTO E CONTROLE SOCIAL DO FUNDO DE MANUTENÇÃO E DESENVOLVIMENTO DA EDUCAÇÃO BÁSICA E DE VALORIZAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO - CONSELHO DO FUNDEB, DE QUE TRATA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/40/lei_no_176_15-05-2007.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/40/lei_no_176_15-05-2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/863/portaria_no_003_14-04-2007.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/863/portaria_no_003_14-04-2007.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RECOMPOSIÇÃO SALARIAL DOS SERVIDORES PÚBLICOS DA CÂMARA MUNICIPAL DE NATALÂNDIA, DE QUE TRATA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/862/portaria_no_002_09-02-2007.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/862/portaria_no_002_09-02-2007.pdf</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/861/portaria_no_001_02-01-2007.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/861/portaria_no_001_02-01-2007.pdf</t>
   </si>
   <si>
     <t>CONSTITUI COMISSÃO PERMANENTE DE LICITAÇÃO DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/63/lei_no_175_27-11-2006.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/63/lei_no_175_27-11-2006.pdf</t>
   </si>
   <si>
     <t>ESTIMA RECEITA E FIXA DESPESA PARA O MUNICÍPIO DE NATALÂNDIA - MG, PARA O EXERCÍCIO FINANCEIRO DE 2007.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/62/lei_no_174_03-10-2006.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/62/lei_no_174_03-10-2006.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM A CEMIG PARA PRESTAÇÃO DE SERVIÇO DE ATENDIMENTO SIMPLIFICADO DE_x000D_
 CLIENTES DA CEMIG DISTRIBUIÇÃO S.A. DE QUE TRATA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/872/portaria_no_007_31-08-2006.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/872/portaria_no_007_31-08-2006.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A UTILIZAÇÃO DE EQUIPAMENTOS E TELEFONE DA CÂMARA MUNICIPAL DE QUE TRATA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/61/lei_no_173_29-08-2006.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/61/lei_no_173_29-08-2006.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 160, DE 12 DE DEZEMBRO DE 2005, QUE DISPÕE SOBRE O PLANO PLURIANUAL PARA O PERÍODO DE 2006/2009 DO MUNICÍPIO DE_x000D_
 NATALÂNDIA - MG E ABRE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/60/lei_no_172_29-08-2006.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/60/lei_no_172_29-08-2006.pdf</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/59/lei_no_171_29-08-2006.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/59/lei_no_171_29-08-2006.pdf</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/58/lei_no_170_26-06-2006.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/58/lei_no_170_26-06-2006.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2007 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/871/portaria_no_006_22-06-2006.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/871/portaria_no_006_22-06-2006.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O HORÁRIO DE FUNCIONAMENTO DA CÂMARA MUNICIPAL DE QUE TRATA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/57/lei_no_169_06-06-2006.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/57/lei_no_169_06-06-2006.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO NO ÂMBITO MUNICIPAL DA COORDENADORIA MUNICIPAL DE DEFESA CIVIL DO MUNICÍPIO DE NATALÂNDIA - MG -COMDEC, DE QUE TRATA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/56/lei_no_168_06-06-2006.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/56/lei_no_168_06-06-2006.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DA JUVENTUDE DE QUE TRATA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/55/lei_no_167_06-06-2006.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/55/lei_no_167_06-06-2006.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO DE CONCESSÃO DE AUXÍLIO FINANCEIRO À CNBB/PASTORAL DA CRIANÇA DE NATALÂNDIA, QUE MENCIONA E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/54/lei_no_166_06-06-2006.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/54/lei_no_166_06-06-2006.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO DE CONCESSÃO DE AUXÍLIO FINANCEIRO À ASSOCIAÇÃO DE MORADORES DE NATALÂNDIA, QUE MENCIONA E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/53/lei_no_165_06-06-2006.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/53/lei_no_165_06-06-2006.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A OFERECER AOS TRABALHADORES RURAIS RESIDENTES NO MUNICÍPIO, CAFÉ DA MANHÃ, DE QUE TRATA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/870/portaria_no_005_11-05-2006.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/870/portaria_no_005_11-05-2006.pdf</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/52/lei_no_164_03-05-2006.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/52/lei_no_164_03-05-2006.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DE CONCESSÃO DE AUXILIO FINANCEIRO A ASSOCIAÇÃO COMUNITÁRIA EDUCATIVA E SOCIAL DE NATALÂNDIA, QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/51/lei_no_163_03-05-2006.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/51/lei_no_163_03-05-2006.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE NATALÂNDIA - MG, A DESENVOLVER AÇÕES E APORTE DE CONTRAPARTIDA MUNICIPAL PARA IMPLEMENTAR_x000D_
 O PROGRAMA CARTA DE CRÉDITO - RECURSOS DO FGTS NA MODALIDADE PRODUÇÃO DE UNIDADES HABITACIONAIS, OPERAÇÕES COLETIVAS,_x000D_
 REGULAMENTADO PELA RESOLUÇÃO DO CONSELHO CURADOR DO FGTS, Nº 291/98 COM ALTERAÇÕES DA RESOLUÇÃO Nº 460/2004, DE 14 DE_x000D_
 DEZEMBRO DE 2004 E INSTRUÇÕES NORMATIVAS DO MINISTÉRIO DAS CIDADES, DE QUE TRATA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/869/portaria_no_004_03-04-2006.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/869/portaria_no_004_03-04-2006.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EQUIPARAÇÃO DO SALÁRIO DOS SERVIDORES PÚBLICOS DA CÂMARA MUNICIPAL QUE PERCEBEM REMUNERAÇÃO INFERIOR AO SALÁRIO MÍNIMO INSTITUIDO PELA MEDIDA PROVISÓRIA 288/06, DE QUE TRATA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/868/portaria_no_003_17-04-2006.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/868/portaria_no_003_17-04-2006.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE USO DE TELEFONE DA CÂMARA MUNICIPAL E MAQUINA DE XEROGRAFIA, DE QUE TRATA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/50/lei_no_162_13-03-2006.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/50/lei_no_162_13-03-2006.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A AQUISIÇÃO POR COMPRA DE IMÓVEL QUE MENCIONA E ABRE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE, DE QUE TRATA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/867/portaria_no_002_10-02-2006.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/867/portaria_no_002_10-02-2006.pdf</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/866/portaria_no_001_03-01-2006.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/866/portaria_no_001_03-01-2006.pdf</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/77/lei_no_161_12-12-2005.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/77/lei_no_161_12-12-2005.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O MUNICÍPIO DE NATALÂNDIA -MG, PARA O EXERCÍCIO FINANCEIRO DE 2006.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/76/lei_no_160_12-12-2005.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/76/lei_no_160_12-12-2005.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL PARA O PERÍODO DE 2006/2009 DO MUNICÍPIO DE NATALÂNDIA.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/75/lei_no_159_12-12-2005.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/75/lei_no_159_12-12-2005.pdf</t>
   </si>
   <si>
     <t>APROVA O PLANO DECENAL MUNICIPAL DE EDUCAÇÃO DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/660/resolucao_no_025_07-12-2005.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/660/resolucao_no_025_07-12-2005.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA RESOLUÇÃO Nº 007, DE 27 DE OUTUBRO DE 1997, DE QUE TRATA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/786/emenda_a_lei_organica_no_003-2005.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/786/emenda_a_lei_organica_no_003-2005.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI ORGÂNICA DO MUNICÍPIO DE NATALÂNDIA- MG, DE QUE TRATA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/74/lei_no_158_31-10-2005.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/74/lei_no_158_31-10-2005.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 141, DE 03 DE DEZEMBRO DE 2004 - LEI ORÇAMENTÁRIA PARA O EXERCÍCIO 2005 -  ABRE C´REDITO ADICIONAL ESPECIAL NO_x000D_
 ORÇAMENTO VIGENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/73/lei_no_157_19-09-2005.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/73/lei_no_157_19-09-2005.pdf</t>
   </si>
   <si>
     <t>DECLARA ENTIDADE DE UTILIDADE PÚBLICA O SINDICATO DOS TRABALHADORES RURAIS DE NATALÂNDIA - MG, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/623/decreto_no_04_7-09-09-2005.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/623/decreto_no_04_7-09-09-2005.pdf</t>
   </si>
   <si>
     <t>FICAM APROVADAS AS CONTAS DE GESTÃO DO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE NATALÂNDIA - MG, CONFORME O PARECER PRÉVIO Nº 642.278, DO TRIBUNAL DE CONTAS DO ESTADO DE MINAS GERAIS, QUE CONCLUIU PELA APROVAÇÃO TOTAL DAS CONTAS DO MUNICÍPIO DE NATALÂNDIA, EXERCÍCIO DE 2000.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/72/lei_no_156_29-08-2005.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/72/lei_no_156_29-08-2005.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO A NEGOCIAR DÉBITO COM A FUNDAÇÃO RURAL MINEIRA RURALMINAS DE QUE TRATA, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/71/lei_no_155_29-08-2005.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/71/lei_no_155_29-08-2005.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE AUXÍLIO FINANCEIRO A ENTIDADE QUE MENCIONA, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/70/lei_no_154_24-08-2005.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/70/lei_no_154_24-08-2005.pdf</t>
   </si>
   <si>
     <t>DECLARA ENTIDADE DE UTILIDADE PÚBLICA A ASSOCIAÇÃO ESCOLA FAMÍLIA AGRÍCOLA DE NATALÂNDIA - AEFAN, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/69/lei_no_153_11-07-2005.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/69/lei_no_153_11-07-2005.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO 2006, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/68/lei_no_152_11-07-2005.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/68/lei_no_152_11-07-2005.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 101, DE 23 DE NOVEMBRO DE 2001, QUE DISPÕE SOBRE O PLANO PLURIANUAL PARA O PERÍODO DE 2002/2005, E DÁ OUTRAS PROVODÊNCIAS.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/67/lei_no_151_17-06-2005.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/67/lei_no_151_17-06-2005.pdf</t>
   </si>
   <si>
     <t>DECLARA ENTIDADE DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS MORADORES E AMIGOS DA FAZENDA RIACHO DOS CAVALOS - AMARC , E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/66/lei_no_150_16-06-2005.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/66/lei_no_150_16-06-2005.pdf</t>
   </si>
   <si>
     <t>DEFINE AS DESPESAS PASSÍVEIS DE SEREM REALIZADAS VIA REGIME DE ADIANTAMENTO, NO ÂMBITO DA ADMINISTRAÇÃO DOS PODERES MUNICIPAIS DE NATALÂNDIA - MG, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/65/lei_no_149_06-06-2005.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/65/lei_no_149_06-06-2005.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ART. 2º DA LEI Nº 035 DE 24 DE OUTUBRO DE 1997, QUE CRIOU O CONSELHO MUNICIPAL DE EDUCAÇÃO DE NATALÂNDIA - MG -_x000D_
 COMEN, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/903/portaria_no_004_30-05-2005.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/903/portaria_no_004_30-05-2005.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A SECRETÁRIA EXECUTIVA DA CÂMARA MUNICIPAL DE NATALÂNDIA A PROCEDER A DISTRIBUIÇÃO DE PROJETOS DE LEI AOS VEREADORES DE QUE TRATA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/64/lei_no_148_11-05-2005.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/64/lei_no_148_11-05-2005.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI N.º 141, DE 03 DE DEZEMBRO DE 2004, QUE DISPÕE SOBRE O ORÇAMENTO PARA O EXERCÍCIO DE 2005, ABRE CRÉDITO ADICIONAL_x000D_
 ESPECIAL NO ORÇAMENTO VIGENTE E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/902/portaria_no_003_02-03-2005.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/902/portaria_no_003_02-03-2005.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE SERVIDOR PÚBLICO PARA O CARGO DE LIVRE NOMEAÇÃO E EXONERAÇÃO DE CONTROLADOR GERAL, DE QUE TRATA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/901/portaria_no_002_02-03-2005.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/901/portaria_no_002_02-03-2005.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O EXPEDIENTE ADMINISTRATIVO DA CÂMARA MUNICIPAL DE NATALÂNDIA, NO PERÍODO DE 03 DE MARÇO DE 2005 A 31 DE DEZEMBRO DE 2005, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/659/resolucao_no_024_25-02-2005.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/659/resolucao_no_024_25-02-2005.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO À RESOLUÇÃO Nº 003, DE 17.3.1997, COM ACRÉSCIMOS DADOS PELA RESOLUÇÃO Nº 023/2003, DE QUE TRATA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/900/portaria_no_001_13-02-2005.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/900/portaria_no_001_13-02-2005.pdf</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/91/lei_no_147_14-12-2004.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/91/lei_no_147_14-12-2004.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITOS ADICIONAIS SUPLEMENTARES PARA REFORÇO DE DOTAÇÃO AO ORÇAMENTO DE 2004 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/90/lei_no_146_14-12-2004.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/90/lei_no_146_14-12-2004.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO AO LOGRADOURO PÚBLICO, QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/89/lei_no_145_14-12-2004.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/89/lei_no_145_14-12-2004.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO AO POSTO DE SAÚDE MUNICIPAL, QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/88/lei_no_144_14-12-2004.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/88/lei_no_144_14-12-2004.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO A PRAÇA PÚBLICA, QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/87/lei_no_143_14-12-2004.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/87/lei_no_143_14-12-2004.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA MUNICIPAL DO IDOSO, QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/86/lei_no_142_14-12-2004.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/86/lei_no_142_14-12-2004.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ANEXO I DA LEI MUNICIPAL 123 DE 14/07/2003, COM AS ALTERAÇÕES CONSTANTES DA LEI MUNICIPAL 132 DE 31/12/2003, QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/85/lei_no_141_03-12-2004.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/85/lei_no_141_03-12-2004.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE NATALÂNDIA, MINAS GERAIS, PARA O EXERCÍCIO FINANCEIRO DE 2005 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/84/lei_no_140_03-12-2004.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/84/lei_no_140_03-12-2004.pdf</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/83/lei_no_139_08-11-2004.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/83/lei_no_139_08-11-2004.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO CONSELHO MUNICIPAL DE DESENVOLVIMENTO RURAL SUSTENTÁVEL - CMDRS E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/920/portaria_no_016_05-11-2004.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/920/portaria_no_016_05-11-2004.pdf</t>
   </si>
   <si>
     <t>FIXA O EXPEDIENTE ADMINISTRATIVO DA CÂMARA MUNICIPAL, NO PERÍODO DE 08 DE NOVEMBRO A 31 DE DEZEMBRO DE 2004.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/919/portaria_no_015_28-10-2004.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/919/portaria_no_015_28-10-2004.pdf</t>
   </si>
   <si>
     <t>SUSPENDE O EXPEDIENTE ADMINISTRATIVO DA CÂMARA MUNICIPAL NOS DIAS 29 DE OUTUBRO E 1º DE NOVEMBRO DE 2004.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/918/portaria_no_014_01-10-2004.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/918/portaria_no_014_01-10-2004.pdf</t>
   </si>
   <si>
     <t>SUSPENDE O EXPEDIENTE ADMINISTRATIVO DA CÂMARA MUNICIPAL NO DIA 04 DE OUTUBRO DE 2004.</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/917/portaria_no_013_03-09-2004.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/917/portaria_no_013_03-09-2004.pdf</t>
   </si>
   <si>
     <t>SUSPENDE O EXPEDIENTE ADMINISTRATIVO DA CÂMARA MUNICIPAL NO DIA 06 DE SETEMBRO DE 2004.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/916/portaria_no_012_31-08-2004.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/916/portaria_no_012_31-08-2004.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE FÉRIAS PRÊMIO A SERVIDOR PÚBLICO QUE MENCIONA.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/915/portaria_no_011_31-08-2004.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/915/portaria_no_011_31-08-2004.pdf</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/477/lei_no_138_27-06-2004.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/477/lei_no_138_27-06-2004.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DO PREFEITO, VICE-PREFEITO E DOS SECRETÁRIOS MUNICIPAIS DE NATALÂNDIA, PARA QUADRIÊNIO 2005/2008, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/81/lei_no_137_27-07-2004.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/81/lei_no_137_27-07-2004.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DOS VEREADORES DA CÂMARA MUNICIPAL DE NATALÂNDIA PARA A 3ª LEGISLATURA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/80/lei_no_136_26-07-2004.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/80/lei_no_136_26-07-2004.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2005, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/914/portaria_no_010_24-06-2004.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/914/portaria_no_010_24-06-2004.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXONERAÇÃO DE SERVIDOR QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/913/portaria_no_009_12-05-2004.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/913/portaria_no_009_12-05-2004.pdf</t>
   </si>
   <si>
     <t>SUSPENDE O EXPEDIENTE ADMINISTRATIVO DA CÂMARA MUNICIPAL NO DIA 14 DE MAIO DE 2004.</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/912/portaria_no_008_06-05-2004.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/912/portaria_no_008_06-05-2004.pdf</t>
   </si>
   <si>
     <t>SUSPENDE O EXPEDIENTE ADMINISTRATIVO DA CÂMARA MUNICIPAL NO DIA 07 DE MAIO DE 2004.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/79/lei_no_135_30-04-2004.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/79/lei_no_135_30-04-2004.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A NEGOCIAR COM A COMPANHIA ENERGÉTICA DE MINAS GERAIS - CEMIG A EXECUÇÃO DE OBRAS DE ELETRIFICAÇÃO RURAL OU URBANA, PARA ATENDIMENTO  PROPRIETÁRIOS RURAIS OU URBANOS, DE BAIXA RENDA, NO ÂMBITO DO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/911/portaria_no_007_29-04-2004.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/911/portaria_no_007_29-04-2004.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRORROGAÇÃO DO PRAZO DE NOMEAÇÃO DE QUE TRATA A PORTARIA 06 DE 29 DE ABRIL DE 2004, POR TEMPO INDETERMINADO, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/78/lei_no_134_07-04-2004.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/78/lei_no_134_07-04-2004.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AQUISIÇÃO POR COMPRA DE IMÓVEL QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/910/portaria_no_006_30-03-2004.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/910/portaria_no_006_30-03-2004.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONTRATAÇÃO TEMPORÁRIA DA SERVIDORA PARA O CARGO DE DIRETOR ADMINISTRATIVO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/909/portaria_no_005_29-03-2004.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/909/portaria_no_005_29-03-2004.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE FÉRIAS REGULAMENTARES QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/908/portaria_no_004_26-03-2004.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/908/portaria_no_004_26-03-2004.pdf</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/906/portaria_no_003_04-03-2004.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/906/portaria_no_003_04-03-2004.pdf</t>
   </si>
   <si>
     <t>SUSPENDE O EXPEDIENTE ADMINISTRATIVO DA CÂMARA MUNICIPAL NOS DIAS 04 E 05 DE MARÇO DE 2004.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>3-A</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/907/portaria_no_003-a_04-03-2004.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/907/portaria_no_003-a_04-03-2004.pdf</t>
   </si>
   <si>
     <t>FIXA O HORÁRIO DE ATENDIMENTO AO PÚBLICO E VEREADORES, NA SECRETARIA DA CÂMARA MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/905/portaria_no_002_19-02-2004.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/905/portaria_no_002_19-02-2004.pdf</t>
   </si>
   <si>
     <t>SUSPENDE O EXPEDIENTE ADMINISTRATIVO DA CÂMARA MUNICIPAL NOS DIAS 23 E 25 DE FEVEREIRO DE 2004.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/904/portaria_no_001_13-02-2004.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/904/portaria_no_001_13-02-2004.pdf</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/111/lei_no_133_31-12-2003.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/111/lei_no_133_31-12-2003.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI Nº 112 DE 12 DE DEZEMBRO DE 2002.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/110/lei_no_132_31-12-2003.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/110/lei_no_132_31-12-2003.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I DA LEI MUNICIPAL Nº 123, DE 14 DE JULHO DE 2003, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/109/lei_no_131_31-12-2003.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/109/lei_no_131_31-12-2003.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA DISPOSITIVO À LEI MUNICIPAL Nº 123, DE 14.7.2003.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/931/portaria_no_012_31-12-2003.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/931/portaria_no_012_31-12-2003.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXONERAÇÃO DE SERVIDOR QUE MENCIONA.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/930/portaria_no_011_31-12-2003.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/930/portaria_no_011_31-12-2003.pdf</t>
   </si>
   <si>
     <t>SUSPENDE O EXPEDIENTE ADMINISTRATIVO DA CÂMARA MUNICIPAL DE NATALÂNDIA DURANTE O RECESSO LEGISLATIVO.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/329/lei_complementar_no_006_31-12-2003.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/329/lei_complementar_no_006_31-12-2003.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O IMPOSTO SOBRE SERVIÇOS DE QUALQUER NATUREZA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/108/lei_no_130_18-12-2003.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/108/lei_no_130_18-12-2003.pdf</t>
   </si>
   <si>
     <t>ALTERA O PLANO PLURIANUAL - PPA PARA O QUADRIMESTRE 2002 - 2005, TENDO EM VISTA ADEQUADAÇÃO ÀS NECESSIDADES DA ADMINISTRAÇÃO PÚBLICA.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/107/lei_no_129_16-12-2003.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/107/lei_no_129_16-12-2003.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE NATALÂNDIA, MINAS GERAIS, PARA O EXERCÍCIO FINANCEIRO DE 2004 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/929/portaria_no_010_12-12-2003.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/929/portaria_no_010_12-12-2003.pdf</t>
   </si>
   <si>
     <t>FIXA O EXPEDIENTE ADMINISTRATIVO DA CÂMARA MUNICIPAL DE NATALÂNDIA DURANTE O RECESSO LEGISLATIVO.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/106/lei_no_128_27-10-2003.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/106/lei_no_128_27-10-2003.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO CONSELHO MUNICIPAL DE DESENVOLVIMENTO RURAL SUSTENTÁVEL - CMDRS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/928/portaria_no_009_24-10-2003.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/928/portaria_no_009_24-10-2003.pdf</t>
   </si>
   <si>
     <t>SUSPENDE O EXPEDIENTE ADMINISTRATIVO DA CÂMARA MUNICIPAL NOS DIAS 27 E 31 DE OUTUBRO DE 2003.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/927/portaria_no_008_20-08-2003.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/927/portaria_no_008_20-08-2003.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE SERVIDOR PARA O CARGO DE LIVRE NOMEAÇÃO E EXONERAÇÃO DE CONTROLADOR GERAL DA CÂMARA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/105/lei_no_127_19-08-2003.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/105/lei_no_127_19-08-2003.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A AQUISIÇÃO DE BEM IMÓVEL QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/658/resolucao_no_023_19-08-2003.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/658/resolucao_no_023_19-08-2003.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA DISPOSITIVO À RESOLUÇÃO Nº 003, DE 17.3.1997.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/104/lei_no_126_26-07-2003.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/104/lei_no_126_26-07-2003.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2004, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/103/lei_no_125_15-07-2003.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/103/lei_no_125_15-07-2003.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FORMA E A APRESENTAÇÃO DOS SÍMBOLOS DO MUNICÍPIO DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/102/lei_no_124_14-07-2003.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/102/lei_no_124_14-07-2003.pdf</t>
   </si>
   <si>
     <t>INSTITUI ÓRGÃO DE CONTROLE INTERNO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/101/lei_no_123_14-07-2003.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/101/lei_no_123_14-07-2003.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REORGANIZAÇÃO DO QUADRO PERMANENTE DE CARGOS PÚBLICOS DE PROVIMENTO EFETIVO DA PREFEITURA MUNICIPAL DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/926/indicacao_no_006-2003.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/926/indicacao_no_006-2003.pdf</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/657/resolucao_no_022_27-06-2003.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/657/resolucao_no_022_27-06-2003.pdf</t>
   </si>
   <si>
     <t>FIXA O VALOR DA DIÁRIA DE VIAGEM DE VEREADORES E SERVIDORES DA CÂMARA MUNICIPAL DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/100/lei_no_122_18-06-2003.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/100/lei_no_122_18-06-2003.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS PEQUENOS PRODUTORES DO ASSENTAMENTO VEREDA DO MEIO.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/925/indicacao_no_005-2003.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/925/indicacao_no_005-2003.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTITUIÇÃO DA COMISSÃO PERMANENTE DE FISCALIZAÇÃO E CONTROLE DA CÂMARA MUNICIPAL DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2003/99/99_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2003/99/99_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 4º DA LEI MUNICIPAL Nº 113, DE 31 DE DEZEMBRO DE 2002, QUEDISPÕE SOBRE A CONTRIBUIÇÃO PARA CUSTEIO DO_x000D_
 SERVIÇO DE ILUMINAÇÃO PÚBLICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/924/indicacao_no_004-2003.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/924/indicacao_no_004-2003.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APRESENTAÇÃO E DISTRIBUIÇÃO DE PROPOSIÇÕES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/98/lei_no_120_16-05-2003.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/98/lei_no_120_16-05-2003.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 4º DA LEI MUNICIPAL 113, DE 31 DE DEZEMBRO DE 2002.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/923/portaria_no_003_01-04-2006.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/923/portaria_no_003_01-04-2006.pdf</t>
   </si>
   <si>
     <t>ATUALIZA A TABELA DE VENCIMENTO DO QUADRO DE PESSOAL PERMANENTE DA CÂMARA MUNICIPAL DE NATALÂNDIA-MG.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/97/lei_no_119_31-03-2003.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/97/lei_no_119_31-03-2003.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO DOS VENCIMENTOS DOS SERVIDORES DA CÂMARA MUNICIPAL DE NATALÂNDIA (MG).</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/96/lei_no_118_31-03-2003.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/96/lei_no_118_31-03-2003.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO DOS SUBSÍDIOS DOS VEREADORES À CÂMARA MUNICIPAL DE NATALÂNDIA (MG).</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/95/lei_no_117_31-03-2003.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/95/lei_no_117_31-03-2003.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO DOS SUBSÍDIOS DO PREFEITO, VICE-PREFEITO E DOS SECRETÁRIOS DO MUNICÍPIO DE NATALÂNDIA (MG).</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/94/lei_no_116_14-03-2003.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/94/lei_no_116_14-03-2003.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO DOS VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS DE NATALÂNDIA-MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/93/lei_no_115_14-03-2003.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/93/lei_no_115_14-03-2003.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ARTIGO 5º, TRANSFORMA O SEU PARÁGRAFO ÚNICO EM § 1º E CRIA OS §§ 2º E 3º, DA LEI MUNICIPAL Nº 106, DE 27 DE MARÇO DE_x000D_
 2002, QUE CRIOU O CONSELHO MUNICIPAL DE DESENVOLVIMENTO RURAL - CMDR  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/92/lei_no_114_14-03-2003.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/92/lei_no_114_14-03-2003.pdf</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/656/resolucao_no_021_14-03-2003.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/656/resolucao_no_021_14-03-2003.pdf</t>
   </si>
   <si>
     <t>CRIA A COMISSÃO DE FISCALIZAÇÃO E CONTROLE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/922/indicacao_no_002-2003.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/922/indicacao_no_002-2003.pdf</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/921/indicacao_no_001-2003.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/921/indicacao_no_001-2003.pdf</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/121/lei_no_113_31-12-2002.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/121/lei_no_113_31-12-2002.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONTRIBUIÇÃO PARA CUSTEIO DO SERVIÇO DE ILUMINAÇÃO PÚBLICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/949/portaria_no_016_29-12-2002.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/949/portaria_no_016_29-12-2002.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DESIGNAÇÃO DE COMISSÃO PARA CONFERÊNCIA DO SALDO EM CAIXA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/948/portaria_no_015_23-12-2002.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/948/portaria_no_015_23-12-2002.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O FUNCIONAMENTO DA CÂMARA MUNICIPAL NO PERÍODO DO RECESSO PARLAMENTAR.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/947/portaria_no_014_13-12-2002.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/947/portaria_no_014_13-12-2002.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE SERVIDOR PARA O CARGO DE LIVRE NOMEAÇÃO E EXONERAÇÃO DE DIRETOR ADMINISTRATIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/946/portaria_no_013_13-12-2002.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/946/portaria_no_013_13-12-2002.pdf</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/120/lei_no_112_12-12-2002.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/120/lei_no_112_12-12-2002.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE NATALANDIA, MINAS GERAIS, PARA O EXERCÍCIO FINANCEIRO DE 2003 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/945/portaria_no_012_31-10-2002.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/119/lei_no_111_13-09-2002.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/945/portaria_no_012_31-10-2002.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/119/lei_no_111_13-09-2002.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO ATLÉTICA DE NATALÂNDIA-MG.</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/944/portaria_no_011_12-08-2002.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/944/portaria_no_011_12-08-2002.pdf</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/943/portaria_no_010_09-08-2002.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/118/lei_no_110_11-07-2002.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/943/portaria_no_010_09-08-2002.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/118/lei_no_110_11-07-2002.pdf</t>
   </si>
   <si>
     <t>ESTATUI DIRETRIZES PARA AS METAS E AS PRIORIDADES DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL, INCLUINDO AS DESPESAS DE CAPITAL, ORIENTANDO A ELABORAÇÃO DA LEI ORÇAMENTÁRIA E DISPONDO SOBRE AS ALTERAÇÕES NA LEGISLAÇÃO TRIBUTÁRIA, PARA O EXERCÍCIO FINANCEIRO DE 2003.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/117/lei_no_109_28-06-2002.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/117/lei_no_109_28-06-2002.pdf</t>
   </si>
   <si>
     <t>MODIFICA A LEI MUNICIPAL Nº 099, DE 01 DE OUTUBRO DE 2001, QUE INSTITUI O DIA DA CIDADANIA DO MUNICÍPIO DE NATALÂNDIA E DÁ OUTRAS_x000D_
 PRPVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/116/lei_no_108_21-06-2002.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/116/lei_no_108_21-06-2002.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL N° 019, DE 14 DE MAIO DE 1997 E DÁ OUTRAS PROVIDENÇIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/328/lei_complementar_no_005-2002.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/328/lei_complementar_no_005-2002.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR MUNICIPAL N° 002,DE 29 DE DEZEMBRO DE 1.997 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/654/resolucao_no_020_24-05-2002.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/654/resolucao_no_020_24-05-2002.pdf</t>
   </si>
   <si>
     <t>ORGANIZA O SISTEMA DE CONTROLE INTERNO NO ÂMBITO DO PODER LEGISLATIVO MINICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/788/emenda_a_lei_organica_no_002-2002.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/788/emenda_a_lei_organica_no_002-2002.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI ORGÂNICA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/942/portaria_no_009_30-04-2002.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/942/portaria_no_009_30-04-2002.pdf</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/941/portaria_no_008_22-04-2002.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/941/portaria_no_008_22-04-2002.pdf</t>
   </si>
   <si>
     <t>CONSTITUI COMISSÃO PERMANENTE DE LICITAÇÃO DA CÂMARA MUNICIPAL DE NATALÂNDIA.</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/940/portaria_no_007_15-04-2002.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/940/portaria_no_007_15-04-2002.pdf</t>
   </si>
   <si>
     <t>CONSTITUI COMISSÃO PERMANENTE DE AVALIAÇÃO DA CÂMARA MUNICIPAL DE NATALÂNDIA.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/115/lei_no_107_12-04-2002.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/115/lei_no_107_12-04-2002.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O ABRIGO SÃO FRANCISCO DE ASSIS DA COMUNIDADE SÃO VICENTE DE PAULO DE NATALÂNDIA.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/939/portaria_no_006_11-04-2002.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/114/lei_no_106_27-03-2002.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/939/portaria_no_006_11-04-2002.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/114/lei_no_106_27-03-2002.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO A INSTITUIR O CONSELHO MUNICIPAL DE DESENVOLVIMENTO RURAL - CMDR - E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/113/lei_no_105_21-03-2002.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/113/lei_no_105_21-03-2002.pdf</t>
   </si>
   <si>
     <t>DISPÕS SOBRE A LEGITIMAÇÃO DE POSSE DE IMÓVEL PÚBLICO QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/938/portaria_no_005_11-03-2002.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/938/portaria_no_005_11-03-2002.pdf</t>
   </si>
   <si>
     <t>DECLARA INSERVÍVEL, PARA FINS DE ALIENAÇÃO, O BEM MÓVEL QUE MENCIONA.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/937/portaria_no_004_14-02-2002.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/937/portaria_no_004_14-02-2002.pdf</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/936/portaria_no_003_14-02-2002.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/112/lei_no_104_17-01-2002.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/936/portaria_no_003_14-02-2002.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/112/lei_no_104_17-01-2002.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO DE ALIMENTAÇÃO ESCOLAR DO MUNICÍPIO DE NATALÂNDIA, LOCALIZADO NO ESTADO DE MINAS GERAIS E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/935/portaria_no_002_03-01-2002.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/935/portaria_no_002_03-01-2002.pdf</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/934/portaria_no_001_02-01-2002.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/934/portaria_no_001_02-01-2002.pdf</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/958/portaria_no_010_28-12-2001.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/136/lei_no_102_29-11-2001.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/958/portaria_no_010_28-12-2001.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/136/lei_no_102_29-11-2001.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DE ASSISTÊNCIA SOCIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/957/portaria_no_009_14-12-2001.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/135/lei_no_102_29-11-2001.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/957/portaria_no_009_14-12-2001.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/135/lei_no_102_29-11-2001.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE NATALANDIA, MINAS GERAIS, PARA O EXERCÍCIO FINANCEIRO DE 2002 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/134/lei_no_101_23-11-2001.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/134/lei_no_101_23-11-2001.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL - PPA PARA O QUADRIÊNIO 2002 - 2005, NOS TERMOS DO ART.165, § 1º, DA CONSTITUIÇÃO FEDERAL, ARTIGOS E INCISOS DA LEI ORGÂNICA DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/653/resolucao_no_019_23-11-2001.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/653/resolucao_no_019_23-11-2001.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/133/lei_no_100_16-11-2001.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/133/lei_no_100_16-11-2001.pdf</t>
   </si>
   <si>
     <t>DECLARA FERIADOS MUNICIPAIS DE CARÁTER RELIGIOSO OS DIAS QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/956/portaria_no_008_14-11-2001.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/132/lei_no_099_01-10-2001.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/956/portaria_no_008_14-11-2001.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/132/lei_no_099_01-10-2001.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA DA CIDADANIA DO MUNICÍPIO DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/131/lei_no_098_01-10-2001.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/131/lei_no_098_01-10-2001.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O ARTIGO 68 DA LEI COMPLEMENTAR N.º 2 DE 29 DE DEZEMBRO DE 1997, ESTABELECE OS CASOS E CONDIÇÕES PARA CONCESSÃO DOS ADICIONAIS DE INSALUBRIDADE E PERICULOSIDADE E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/955/portaria_no_007_01-10-2001.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/955/portaria_no_007_01-10-2001.pdf</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/622/decreto_no_03_28-09-2001.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/622/decreto_no_03_28-09-2001.pdf</t>
   </si>
   <si>
     <t>APROVA O PARECER PRÉVIO Nº 606.183, DO TRIBUNAL DE CONTAS DO ESTADO DE MINAS GERAIS, QUE CONCLUIU PELA APROVAÇÃO TOTAL DAS CONTAS DO MUNICÍPIO DE NATALÂNDIA, EXERCÍCIO DE 1998.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/652/resolucao_no_018_27-09-2001.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/652/resolucao_no_018_27-09-2001.pdf</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/954/portaria_no_006_03-09-2001.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/954/portaria_no_006_03-09-2001.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE SERVIDOR PARA O CARGO DE LIVRE NOMEAÇÃO E EXONERAÇÃO DE DIRETOE ADMINISTRATIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/953/portaria_no_005_31-08-2001.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/130/lei_no_097_10-08-2001.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/953/portaria_no_005_31-08-2001.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/130/lei_no_097_10-08-2001.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA DISPOSITIVOS À LEI MUNICIPAL Nº 042, DE 06 DE MARÇO DE 1.998 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/129/lei_no_096_10-08-2001.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/129/lei_no_096_10-08-2001.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE GARANTIA DE RENDA MÍNIMA ASSOCIADO A AÇÕES SÓCIO-EDUCATIVAS, E DETERMINA OUTRAS PROVIDÊNCIAS. - BOLSA ESCOLA.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/327/lei_complementar_no_004-2001.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/327/lei_complementar_no_004-2001.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O ARTIGO 51, INCISO I, DA LEI COMPLEMENTAR MUNICIPAL Nº 002/1997, DE 29 DE DEZEMBRO DE 1997 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/952/portaria_no_004_30-07-2001.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/952/portaria_no_004_30-07-2001.pdf</t>
   </si>
   <si>
     <t>OPTA PELA DIVULGAÇÃO SEMESTRAL DO RELATÓRIO DE GESTÃO FISCAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/128/lei_no_095_06-07-2001.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/128/lei_no_095_06-07-2001.pdf</t>
   </si>
   <si>
     <t>INSTITUI DIRETRIZES PARA AS METAS E AS PRIORIDADES DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL, INCLUINDO AS DESPESAS DE CAPITAL,_x000D_
 ORIENTANDO A ELABORAÇÃO DA LEI ORÇAMENTÁRIA E DISPONDO SOBRE AS ALTERAÇÕES NA LEGISLAÇÃO TRIBUTÁRIA, PARA O EXERCÍCIO FINANCEIRO DE 2002.</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/951/portaria_no_003_29-06-2001.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/951/portaria_no_003_29-06-2001.pdf</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/651/resolucao_no_017_14-05-2001.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/651/resolucao_no_017_14-05-2001.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 2º DA RESOLUÇÃO 007, DE 27 DE OUTUBRO DE 1997.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/127/lei_no_094_27-04-2001.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/127/lei_no_094_27-04-2001.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE AUXÍLIO FINANCEIRO A ENTIDADE QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/126/lei_no_093_27-04-2001.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/125/lei_no_092_27-04-2001.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/126/lei_no_093_27-04-2001.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/125/lei_no_092_27-04-2001.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DE ABONO SALARIAL AOS PROFISSIONAIS DO MAGISTÉRIO QUE ESPECIFÍCA E DÁ OUTRAS PRIVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/124/lei_no_091_10-04-2001.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/124/lei_no_091_10-04-2001.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO COMUNITÁRIA EDUCATIVA DE NATALÂNDIA (ACEN).</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/123/lei_no_090_25-01-2001.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/123/lei_no_090_25-01-2001.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL 052, DE 17 DE NOVEMBRO DE 1998, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
     <t>90-A</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/1019/lei_no_090-a_25-01-2001.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/1019/lei_no_090-a_25-01-2001.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL 054, DE 18 DE DEZEMBRO DE 1998, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/122/lei_no_089_25-01-2001.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/122/lei_no_089_25-01-2001.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO PARA O EXERCÍCIO FINANCEIRO DE 2001.</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/950/portaria_no_001_09-01-2001.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/950/portaria_no_001_09-01-2001.pdf</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/963/portaria_no_006_29-12-2000.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/963/portaria_no_006_29-12-2000.pdf</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/962/portaria_no_005_18-12-2000.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/962/portaria_no_005_18-12-2000.pdf</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/650/resolucao_no_016_15-12-2000.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/650/resolucao_no_016_15-12-2000.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 5º DA RESOLUÇAO 007,DE 27 DE OUTUBRO DE 1997 E DISPÕE SOBRE A REALIZAÇÃO DE REUNIÃO DA CÂMARA FORA DE SUA SEDE.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/156/lei_no_088-2000.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/156/lei_no_088-2000.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 2º DA LEI MUNICIPAL 063, DE 22 DE JUNHO DE 1999.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/649/resolucao_no_015_18-08-2000.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/649/resolucao_no_015_18-08-2000.pdf</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/961/portaria_no_004_30-06-2000.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/155/lei_no_087-2000.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/961/portaria_no_004_30-06-2000.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/155/lei_no_087-2000.pdf</t>
   </si>
   <si>
     <t>INSTITUI A FEIRA LIVRE DO PRODUTOR RURAL NA CIDADE DE NATALÂNDIA-MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/154/lei_no_086-2000.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/154/lei_no_086-2000.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ESPECIAL COM VISTAS A IMPLANTAÇÃO DO PROGRAMA DE HABITAÇÕES URBANAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/153/lei_no_085-2000.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/153/lei_no_085-2000.pdf</t>
   </si>
   <si>
     <t>ESTABELECE DIRETRIZES GERAIS PARA ELABORAÇÃO DO ORÇAMENTO DO MUNICÍPIO PARA O EXERCÍCIO DE 2001 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/152/lei_no_084-2000.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/152/lei_no_084-2000.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA O INCISO VII NO PARÁGRAFO 4º DA LEI MUNICIPAL Nº 006/97.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/151/lei_no_083-2000.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/151/lei_no_083-2000.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA O INCISO 5º AO ARTIGO 2º DA LEI MUNICIPAL Nº 017/1997.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/150/lei_no_082-2000.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/150/lei_no_082-2000.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ESPECIAL COM VISTAS A CAPTAÇÃO E DISTRIBUIÇÃO DE ÁGUA NO PA MANGAL E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/149/lei_no_081-2000.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/149/lei_no_081-2000.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 3º DA LEI Nº 006/97.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/148/lei_no_080-2000.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/148/lei_no_080-2000.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 2º, PARÁGRAFO ÚNICO, EM SEU INCISO II DA LEI Nº 017/97.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/554/decreto_no_02_26-05-2000.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/554/decreto_no_02_26-05-2000.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE NATALÂNDIA, NOS TERMOS DO PARECER PRÉVIO 479416, REFERENTE AO EXERCÍCIO DE 1997, E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/147/lei_no_079-2000.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/147/lei_no_079-2000.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ESPECIAL COM VISTAS A IMPLANTAÇÃO DE UM LABORATÓRIO DE ANÁLISES CLÍNICAS NO HOSPITAL_x000D_
 MUNICIPAL E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/146/lei_no_078-2000.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/146/lei_no_078-2000.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ESPECIAL COM VISTAS A AQUISIÇÃO DE UM APARELHO DE RAIO X PARA O HOSPITAL MUNICIPAL E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/145/lei_no_076-2000.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/145/lei_no_076-2000.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO OFICIAL ÀS VIAS PÚBLICAS SITUADAS NO PERÍMETRO URBANO DA CIDADE DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/144/lei_no_076-2000.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/143/lei_no_075-2000.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/144/lei_no_076-2000.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/143/lei_no_075-2000.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PREFERÊNCIA DE ATENDIMENTO DE IDOSOS GESTANTES E DEFICIENTES EM INSTITUIÇÕES FINANCEIRAS E REPARTIÇÕES PÚBLICAS COM SEDE OU AGÊNCIAS NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/142/lei_no_074-2000.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/141/lei_no_073-2000.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/142/lei_no_074-2000.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/141/lei_no_073-2000.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO COMUNITÁRIA EDUCATIVA E SOCIAL DE NATALÂNDIA (ACESNA).</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/140/lei_no_072-2000.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/140/lei_no_072-2000.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS SERVIDORES PÚBLICOS MUNICIPAIS DE NATALÂNDIA-MG.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/139/lei_no_071-2000.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/139/lei_no_071-2000.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ESPECIAL COM VISTAS A MANUTENÇÃO DE CONVÊNIO DE ADJUNÇÃO DE SERVIDOR E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/138/lei_no_070-2000.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/138/lei_no_070-2000.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL PARA A MANUTENÇÃO DE CONVÊNIO DESTINADO AO FUNCIONAMENTO DO POSTO DE SERVIÇOS BANCÁRIOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/960/portaria_no_003_11-02-2000.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/960/portaria_no_003_11-02-2000.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTITUIÇÃO DE COMISSÕES PERMANENTES DA CÂMARA MUNICIPAL DE NATALÂNDIA  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/959/portaria_no_001_02-01-2000.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/959/portaria_no_001_02-01-2000.pdf</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/476/lei_no_069-1999.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/476/lei_no_069-1999.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MINICÍPIO PARA O EXECÍCIO FINANCEIRO DE 2000.</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/969/portaria_no_006_20-12-1999.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/969/portaria_no_006_20-12-1999.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O FUNCIONAMENTO DA CÂMARA MUNICIPAL NO PERÍODO DE RECESSO PARLAMENTAR.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/787/emenda_a_lei_organica_no_001-1999.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/787/emenda_a_lei_organica_no_001-1999.pdf</t>
   </si>
   <si>
     <t>MODIFICA DISPOSITIVOS DA LEI ORGÂNICA DO MINICÍPIO.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/648/resolucao_no_014_15-12-1999.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/471/lei_no_066-1999.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/648/resolucao_no_014_15-12-1999.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/471/lei_no_066-1999.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ESPECIAL COM VISTAS A IMPLANTAÇÃO DO PROGAMA DE ELETRIFICAÇÃO RURAL.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/243/lei_no_068-1999.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/243/lei_no_068-1999.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/242/lei_no_067-1999.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/242/lei_no_067-1999.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR FINANCIAMENTO JUNTO A UNIÃO ATRAVÉS DA CAIXA ECONÔMICA FEDERAL, NA QUALIDADE DE AGENTE FINANCEIRO, A OFERECER GARANTIAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/240/lei_no_065-1999.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/240/lei_no_065-1999.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ESPECIAL COM VISTAS A IMPLANTAÇÃO DO PROGRAMA DE HABITAÇÕES URBANAS.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/647/resolucao_no_013_10-12-1999.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/647/resolucao_no_013_10-12-1999.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA RESOLUÇÃO 007, DE 27 DE OUTUBRO DE 1997.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/646/resolucao_no_012_25-11-1999.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/646/resolucao_no_012_25-11-1999.pdf</t>
   </si>
   <si>
     <t>CONCEDE CIDADANIA HONORÁRIA O SR. GERSON MARTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/968/portaria_no_005_16-11-1999.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/968/portaria_no_005_16-11-1999.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE LICENÇA QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/967/portaria_no_004_12-11-1999.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/967/portaria_no_004_12-11-1999.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTITUIÇÃO DA COMISSÃO ESPECIAL DA CÂMARA MUNICIPAL DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/966/portaria_no_003_14-10-1999.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/966/portaria_no_003_14-10-1999.pdf</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/645/resolucao_no_011_14-09-1999.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/645/resolucao_no_011_14-09-1999.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DA CÂMARA MINICIPAL.</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/965/portaria_no_002_01-07-1999.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/479/lei_64_25-06-1999.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/965/portaria_no_002_01-07-1999.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/479/lei_64_25-06-1999.pdf</t>
   </si>
   <si>
     <t>ESTABELECE DIRETRIZES GERAIS PARA ELEBORAÇÃO DO ORÇAMENTO DO MUNICÍPIO PARA O EXERCÍCIO DE 2000 E DÁ OUTRAS PROVODÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/474/lei_no_063_22-06-1999.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/474/lei_no_063_22-06-1999.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO DE ALIMENTAÇÃO ESCOLAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/237/lei_no_062-1999.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/237/lei_no_062-1999.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL Nº 048, DE 25/09/98.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/236/lei_no_061-1999.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/236/lei_no_061-1999.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONSORCIAR INTERMUNICIPALMENTE VISANDO O DESENVOLVIMENTO SUSTENTÁVEL REFERENTE A BACIA DO RIO SÃO FRANCISCO.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/235/lei_no_060-1999.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/235/lei_no_060-1999.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ADQUIRIR TERRENO PARA A MUNICIPALIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/326/lei_complementar_no_003-1999.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/326/lei_complementar_no_003-1999.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AOS ANEXOS VI E VII DA LEI COMPLEMENTAR N° 001/1997.</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/964/portaria_no_001_09-02-1999.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/473/lei_no_059_12-01-1999.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/964/portaria_no_001_09-02-1999.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/473/lei_no_059_12-01-1999.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO PARA O EXERCÍCIO FINANCEIRO DE 1999.</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/233/lei_no_058-1998.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/233/lei_no_058-1998.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS MORADORES DE NATALÂNDIA.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/232/lei_no_057-1998.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/232/lei_no_057-1998.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CÓDIGO DE POSTURAS DO MUNICÍPIO DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/231/lei_no_056-1998.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/231/lei_no_056-1998.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE ACOMPANHAMENTO E CONTROLE SOCIAL DO FUNDO DE MANUTENÇÃO E DESENVOLVIMENTO DO ENSINO FUNDAMENTAL E DE VALORIZAÇÃO DO MAGISTÉRIO.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/230/lei_no_055-1998.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/230/lei_no_055-1998.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/229/lei_no_054-1998.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/229/lei_no_054-1998.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DO PREFEITO, DO VICE-PREFEITO E DOS SECRETÁRIOS MUNICIPAIS DO MUNICÍPIO DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/644/resolucao_no_010_17-12-1998.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/644/resolucao_no_010_17-12-1998.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTONOMIA FINANCEIRA E ORÇAMENTÁRIA DA CÂMARA MUNICIPAL DE NATALÂNDIA (MG) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/987/portaria_no_018_10-12-1998.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/468/lei_no_053-1998.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/987/portaria_no_018_10-12-1998.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/468/lei_no_053-1998.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DA TERCEIRA IDADE DO MUNICÍPIO DE NATALÂNDIA.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/432/lei_no_052-1998.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/432/lei_no_052-1998.pdf</t>
   </si>
   <si>
     <t>"FIXA O SUBSÍDIO DOS VEREADORES DO MUNICÍPIO DE NATALÂNDIA E DÁ OUTRAS PROVIODÊNCIAS".</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/986/portaria_no_016_27-07-1998.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/986/portaria_no_016_27-07-1998.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTITUIÇÃO DA COMISSÃO ESPECIAL DA CÂMARA MUNICIPAL DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS..</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/226/lei_no_051-1998.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/226/lei_no_051-1998.pdf</t>
   </si>
   <si>
     <t>ESTABELECE PLANTÃO MÉDICO PARA ATENDIMENTO NOS CENTROS E POSTOS DE SAÚDE DO MUNICÍPIO DE NATALÂNDIA-MG.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/225/lei_no_050-1998.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/225/lei_no_050-1998.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS PEQUENOS PRODUTORES RURAIS DO LAMBEDOR.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/224/lei_no_049-1998.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/224/lei_no_049-1998.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A LETRA DO HINO DO MUNICÍPIO DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/223/lei_no_048-1998.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/223/lei_no_048-1998.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER SERVIÇOS DE ABASTECIMENTO DE ÁGUA E SANEAMENTO (MANUTENÇÃO E ADMINISTRAÇÃO).</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/985/portaria_no_016_27-07-1998.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/985/portaria_no_016_27-07-1998.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RECOMPOSIÇÃO DA REMUNERAÇÃO DOS AGENTES POLÍTICOS - PREFEITO E VICE-PREFEITO.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/222/lei_no_047-1998.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/222/lei_no_047-1998.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS ASSENTADOS DO P. A. DA FAZENDA MANGAL.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/221/lei_no_046-1998.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/221/lei_no_046-1998.pdf</t>
   </si>
   <si>
     <t>ESTABELECE DIRETRIZES GERAIS PARA ELABORAÇÃO DO ORÇAMENTO DO MUNICÍPIO PARA O EXERCÍCIO DE 1999 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/984/portaria_no_015_26-06-1998.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/984/portaria_no_015_26-06-1998.pdf</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/983/portaria_no_014_25-05-1998.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/220/lei_no_045-1998.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/983/portaria_no_014_25-05-1998.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/220/lei_no_045-1998.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ESPECIAL COM VISTAS A CRIAÇÃO DO FUNDO DE MANUTENÇÃO E DESENVOLVIMENTO DO ENSINO_x000D_
 FUNDAMENTAL E DE VALORIZAÇÃO DO MAGISTÉRIO E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/219/lei_no_044-1998.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/219/lei_no_044-1998.pdf</t>
   </si>
   <si>
     <t>FIXA A REMUNERAÇÃO DOS CARGOS DE MÉDICOS E ENFERMEIRO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/982/portaria_no_013_20-04-1998.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/982/portaria_no_013_20-04-1998.pdf</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/981/portaria_no_012_20-03-1998.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/218/lei_no_043-1998.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/981/portaria_no_012_20-03-1998.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/218/lei_no_043-1998.pdf</t>
   </si>
   <si>
     <t>ESTABELECE O QUADRO DE PESSOAL EFETIVO DA PREFEITURA MUNICIPAL DE NATALÂNDIA - MG - E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/216/lei_no_042-1998.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/216/lei_no_042-1998.pdf</t>
   </si>
   <si>
     <t>ESTABELECE A ESTRUTURA ORGANIZACIONAL DO PODER EXECUTIVO MUNICIPAL DE NATALÂNDIA-MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/643/resolucao_no_009_27-10-1997.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/643/resolucao_no_009_27-10-1997.pdf</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/980/portaria_no_011_03-03-1998.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/980/portaria_no_011_03-03-1998.pdf</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/979/portaria_no_010_03-03-1998.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/979/portaria_no_010_03-03-1998.pdf</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/978/portaria_no_009_03-03-1998.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/978/portaria_no_009_03-03-1998.pdf</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/977/portaria_no_008_03-03-1998.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/977/portaria_no_008_03-03-1998.pdf</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/976/portaria_no_007_03-03-1998.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/976/portaria_no_007_03-03-1998.pdf</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/975/portaria_no_006_03-03-1998.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/975/portaria_no_006_03-03-1998.pdf</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/974/portaria_no_005_03-03-1998.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/974/portaria_no_005_03-03-1998.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RECOMPOSIÇÃO DA REMUNERAÇÃO DOS AGENTES POLÍTICOS - PREFEITO E VICE- PREFEITO.</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/973/portaria_no_004_03-03-1998.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/973/portaria_no_004_03-03-1998.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RECOMPOSIÇÃO DA REMUNERAÇÃO DOS AGENTES POLÍTICOS - PREFEITO E VICE PREFEITO.</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/972/portaria_no_003_03-03-1998.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/972/portaria_no_003_03-03-1998.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESIGNAÇÃO DE COMISSÃO ESPECIAL QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/971/portaria_no_002_17-02-1998.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/469/lei_no_041-1998.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/971/portaria_no_002_17-02-1998.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/469/lei_no_041-1998.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO E PRORROGAÇÃO DE CONTRATOS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/970/portaria_no_001_02-01-1998.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/970/portaria_no_001_02-01-1998.pdf</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/467/lei_no_040_29-12-1997.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/467/lei_no_040_29-12-1997.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE NATALÃNDIA PARA O EXERCÍCIO DE 1998 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/325/lei_complementar_no_002-1997.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/325/lei_complementar_no_002-1997.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ESTATUTO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE NATALÂNDIA-MG E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/324/lei_complementar_no_001-1997.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/324/lei_complementar_no_001-1997.pdf</t>
   </si>
   <si>
     <t>INSTITUI O SISTEMA TRIBUTÁRIO DO MUNICÍPIO DE NATALÂNDIA.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/642/resolucao_no_008_11-12-1997.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/642/resolucao_no_008_11-12-1997.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A FILIAÇÃO DA CÂMARA MUNICIPAL À UVERNOM- UNIÃO DOS VEREADORES DO NOROESTE MINEIRO- E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/278/278_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/278/278_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DA AGRICULTURA, PECUÁRIA E ABASTECIMENTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/277/277_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/277/277_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA COORDENADORIA DE VIGILÂNCIA SANITÁRIA NA SECRETÁRIA DE SAÚDE DO MUNICÍPIO DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIA CORRELATAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/276/276_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/276/276_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL EM FAVOR DO PODER EXECUTIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/275/275_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/275/275_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE PEQUENOS PRODUTORES DO ASSENTAMENTO VEREDA DO MEIO - APEPROVEM.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/655/resolucao_no_007-1997_regimento_interno.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/655/resolucao_no_007-1997_regimento_interno.pdf</t>
   </si>
   <si>
     <t>REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE NATALÂNDIA (MG).</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/708/resolucao_no_007__27-10-1997regimento_interno.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/708/resolucao_no_007__27-10-1997regimento_interno.pdf</t>
   </si>
   <si>
     <t>REGIMENTO INTERNO.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/274/274_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/274/274_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CONSELHO MUNICIPAL DE EDUCAÇÃO DE NATALÂNDIA (MG) - COMEN - E DÁ OUTRA PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/273/273_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/273/273_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE PEQUENOS PRODUTORES DA FAZENDA SACO DO RIO PRETO - APEP.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/272/272_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/272/272_texto_integral.pdf</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/997/portaria_no_011_22-09-1997.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/997/portaria_no_011_22-09-1997.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTITUIÇÃO DE COMISSÃO ESPECIAL QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS..</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/271/271_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/271/271_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O RECONHECIMENTO DO CONSELHO DE DESENVOLVIMENTO COMUNITÁRIO DE NATALÂNDIA-MG, COMO ENTIDADE DE UTILIDADE PÚBLICA.</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/996/portaria_no_010_08-09-1997.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/270/270_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/996/portaria_no_010_08-09-1997.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/270/270_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O USO DE VEÍCULOS E MÁQUINAS OFICIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/269/269_texto_integral.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/268/268_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/269/269_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/268/268_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A AQUISIÇÃO, POR COMPRA, DE TERRENO, COM A FINALIDADE DE IMPLANTAÇÃO DE UM TERMINAL RODOVIÁRIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/267/267_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/267/267_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE DIRETRIZES GERAIS PARA ELABORAÇÃO DO ORÇAMENTO DO MUNICÍPIO PARA O EXERCÍCIO DE 1998 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/266/266_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/266/266_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE NORMAS PARA A AQUISIÇÃO DE COMBUSTÍVEL COM INEXIGIBILIDADE DE LICITAÇÃO E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/265/265_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/265/265_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PARTICIPAR DO CONSÓRCIO DE ÁGUAS EMENDADAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/264/264_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/264/264_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A AQUISIÇÃO, POR COMPRA, E A DOAÇÃO DE IMÓVEL QUEMENCIONA À TELECOMUNICAÇÃO DE BRASÍLIA/AS - TELEBRASÍLIA - DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/263/263_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/263/263_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE UNIDADES PRÉ-ESCOLARES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/262/262_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/262/262_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA BIBLIOTECA PÚBLICA MUNICIPAL.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/261/261_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/261/261_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ASSINATURA DE CONVÊNIO E SEUS ADITIVOS COM A SECRETARIA DE ESTADO DA FAZENDA PARA IMPLANTAÇÃO DO SIAT EM NATALÂNDIA-MG.</t>
   </si>
   <si>
     <t>LOM</t>
   </si>
   <si>
     <t>Lei Orgânica do Município</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/158/lei_organica_assinada.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/158/lei_organica_assinada.pdf</t>
   </si>
   <si>
     <t>LEI ORGÂNICA DO MUNICÍPIO DE NATALÂNDIA-MG.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/641/resolucao_no_006_12-06-1997.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/641/resolucao_no_006_12-06-1997.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REALIZAÇÃO DE SESSÃO SOLENE DA CÂMARA MUNICIPAL DE NATALÂNDIA FORA DE SUA SEDE.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/260/260_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/260/260_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A MUNICIPALIZAÇÃO DAS ESCOLAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/259/259_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/259/259_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I DA LEI MUNICIPAL 007, DE 07 DE FEVEREIRO DE 1997.</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/995/portaria_no_009_22-05-1997.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/995/portaria_no_009_22-05-1997.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RECOMPOSIÇÃO DA REMUNERAÇÃO DOS AGENTES POLÍTICOS, PREFEITO E VICE- PREFEITO, DO MUNICÍPIO DE NATALÂNDIA, ESTADO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/994/portaria_no_008_22-05-1997.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/994/portaria_no_008_22-05-1997.pdf</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/993/portaria_no_007_22-05-1997.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/258/258_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/993/portaria_no_007_22-05-1997.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/258/258_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INSTITUTO DE PREVIDÊNCIA DOS SERVIDORES DA PREFEITURA MUNICIPAL DE NATALÂNDIA-MG.</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/992/portaria_no_006_02-05-1997.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/992/portaria_no_006_02-05-1997.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE SERVIDOR QUE MENCIONA.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/640/resolucao_no_005_02-05-1997.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/640/resolucao_no_005_02-05-1997.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO V DA RESOLUÇÃO Nº 002, DE 17 DE MARÇO DE 1997.</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/991/portaria_no_005_02-05-1997.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/257/257_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/991/portaria_no_005_02-05-1997.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/257/257_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE NATALÂNDIA A FILIAR-SE E A CELEBRAR CONVÊNIO COM A AMAB - ASSOCIAÇÃO DOS MUNICÍPIOS ADJACENTES DE BRASÍLIA-DF, COM SEUS MUNICÍPIOS MEMBROS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/256/256_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/256/256_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA DISPOSITIVO À LEI MUNICIPAL 016/97 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/639/resolucao_no_004_17-03-1997.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/639/resolucao_no_004_17-03-1997.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REGIMENTO INTERNO DA I CÂMARA MUNICIPAL CONSTITUINTE DE NATALÂNDIA - ESTADO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/990/portaria_no_004_17-03-1997.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/990/portaria_no_004_17-03-1997.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTITUIÇÃO DE COMISSÃO CONSTITUCIONAL DA 1ª CÂMARA MUNICIPAL DE NATALÂNDIA, ESTADO DE MINAS GERAIS, E DÁ OUTRAS PROVIDÊNCIAS..</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/638/resoluca0_no_003_17-03-1997.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/638/resoluca0_no_003_17-03-1997.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ORGANIZAÇÃO ADMINISTRATIVA DA CÂMARA MUNICIPAL DE NATALÂNDIA (MG) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/637/resoluca0_no_002_17-03-1997.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/637/resoluca0_no_002_17-03-1997.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO DE CARREIRA DO QUADRO DE PESSOAL DA CÂMARA MINICIPAL DE NATALÂNDIA, ESTADO DE MINAS GERAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/989/portaria_no_003_10-03-1997.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/989/portaria_no_003_10-03-1997.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTITUIÇÃO DE COMISSÃO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS..</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/255/255_texto_integral.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/254/254_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/255/255_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/254/254_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO À LEI Nº 009/97 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/1030/portaria_no_002_19-02-1997.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/1030/portaria_no_002_19-02-1997.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RECOMPOSIÇÃO DA REMUNERAÇÃO DO PREFEITO E VICE-PREFEITO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/253/253_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/253/253_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DE SALÁRIOS DOS INTEGRANTES DA ESTRUTURA ADMINISTRATIVA DA PREFEITURA MUNICIPAL DE NATALÂNDIA EM CARGOS NOMEADOS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/252/252_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/252/252_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ASSINATURA DE CONVÊNIOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/251/251_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/251/251_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ASSINATURAS DE CONVÊNIOS ENTRE A FUNDAÇÃO RURAL MINEIRA - COLONIZAÇÃO E O MUNICÍPIO DE NATALÂNDIA-MG, COM INTERVENIÊNCIA DA SECRETARIA DE ESTADO DA AGRICULTURA, PECUÁRIA E ABASTECIMENTO DE MINAS GERAIS, PARA PRESTAÇÃO DE SERVIÇOS DE_x000D_
 REGULARIZAÇÃO DE ÁREAS URBANAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/250/250_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/250/250_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ASSINATURA DE CONVÊNIOS COM O CONSELHO DE DESENVOLVIMENTO COMUNITÁRIO DE NATALÂNDIA, OBJETIVANDO O USO E ADMINISTRAÇÃO DO VEÍCULO AMBULÂNCIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/553/decreto_no_01_18-02-1997.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/553/decreto_no_01_18-02-1997.pdf</t>
   </si>
   <si>
     <t>FIXA A REMUNERAÇÃO DOS AGENTES POLÍTICOS (PREFEITO, VICE-PREFEITO E VEREADORES) DO MUNICÍPIO DE NATALÂNDIA, ESTADO DE MINAS GERAIS, PARA O MANDATO 1997-2000.</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/988/portaria_no_001_17-02-1997.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/988/portaria_no_001_17-02-1997.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTITUIÇÃO DE COMISSÕES PERMANENTES DA CÂMARA MUNICIPAL DE NATALÂNDIA  E DÁ OUTRAS PROVIDÊNCIAS..</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/1022/resoluca0_no_001_12-02-1997.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/1022/resoluca0_no_001_12-02-1997.pdf</t>
   </si>
   <si>
     <t>DISPÕE  SOBRE A FIXAÇÃO DAS DIÁRIAS DOS VEREADORES E SERVIDORES DA CÂMARA MUNICIPAL DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/249/249_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/249/249_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O FUNDO MUNICIPAL DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/248/248_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/248/248_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CONSELHO MUNICIPAL DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/247/247_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/247/247_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL DE NATALÂNDIA A PROMOVER CARNAVAL DE RUA.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/246/246_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/246/246_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONTRATAÇÃO DE PESSOAL POR TEMPO DETERMINADO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/245/245_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/245/245_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/244/244_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/244/244_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ASSINATURA DE CONVÊNIO COM A CNBB/PASTORAL DA CRIANÇA DA ARQUIDIOCESE DE PARACATU E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/217/217_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/217/217_texto_integral.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A PARTICIPAÇÃO DO MUNICÍPIO DE NATALÂNDIA (MG), NA ASSOCIAÇÃO DOS MUNICÍPIOS DA MICRO - REGIÃO DO NOROESTE DE MINAS GERAIS, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/215/215_texto_integral.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/215/215_texto_integral.pdf</t>
   </si>
   <si>
     <t>" APROVA O ORÇAMENTO DE MUNICÍPIO DE NATALÂNDIA, MINAS GERAIS, PARA O EXECÍCIO FINANCEIRO DE 1997, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/459/lei_no_002-1997.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/459/lei_no_002-1997.pdf</t>
   </si>
   <si>
     <t>ESTABELECE DIRETRIZES GERAIS PARA A ELABORAÇÃO DO ORÇAMENTO DO MUNICÍPIO DE NATALÂNDIA(MG), PARA O EXECÍCIO DE 1997, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/212/lei_no_001-1997.pdf</t>
+    <t>http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/212/lei_no_001-1997.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ORGANIZAÇÃO DA ADMINISTRAÇÃO MUNICIPAL DE NATALÂNDIA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -9927,66 +10119,66 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2026/1192/portaria_no_003_06-01-2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2026/1191/portaria_no_002_06-01-2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2026/1190/portaria_no_001_06-01-2026.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1189/portaria_no_031_16-12-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1188/portaria_no_030_01-12-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1187/portaria_no_029_11-11-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1186/portaria_no_028_11-11-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1185/portaria_no_027_29-10-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1175/portaria_no_026_01-10-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1183/lei_no_522_12-09-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1182/lei_no_521_12-09-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1174/decreto_legislativo_no_026-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1173/portaria_no_025-2025_19-08-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1170/portaria_no_024_19-08-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1169/portaria_no_023_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1181/lei_no_520_15-08-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1180/lei_no_519_09-07-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1179/lei_no_518_09-07-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1178/lei_no_516_02-07-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1172/portaria_no_022_11-06-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1171/portaria_no_021_11-06-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1168/portaria_no_020_23-05-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1184/lei_complementar_no_29_23-05-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1167/portaria_no_019_23-05-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1177/lei_no_515_19-05-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1166/portaria_no_018_08-05-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1165/decreto_legislativo_no_025_25-04-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1164/portaria_no_017_22-04-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1163/portaria_no_016_22-04-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1162/portaria_no_015_22-04-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1161/portaria_no_014_22-04-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1176/lei_no_514_11-04-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1160/lei_no_513_28-03-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1154/lei_no_512_28-02-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1153/lei_no_511_19-02-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1152/lei_no_510_19-02-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1151/decreto_legislativo_no_024_14-02-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1150/portaria_no_013_06-02-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1149/portaria_no_012_29-01-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1148/portaria_no_011_29-01-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1159/portaria_no_010_29-01-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1158/portaria_no_009_29-01-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1157/portaria_no_008_29-01-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1156/portaria_no_007_29-01-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1155/portaria_no_006_29-01-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1147/portaria_no_005_13-01-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1146/portaria_no_004_03-01-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1145/portaria_no_003_03-01-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1144/portaria_no_002_03-01-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1143/portaria_no_001_03-01-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1142/lei_complementar_no_028_27-12-2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1121/lei_no_509_26-12-2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1120/lei_no_508_20-12-2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1141/resolucao_no_092-2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1140/resolucao_no_091-2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1139/resolucao_no_090-2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1138/resolucao_no_089-2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1137/resolucao_no_088-2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1136/resolucao_no_087-2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1135/resolucao_no_086-2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1134/resolucao_no_085-2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1133/resolucao_no_084-2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1132/resolucao_no_083-2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1131/resolucao_no_082-2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1130/resolucao_no_081-2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1129/resolucao_no_080-2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1128/resolucao_no_079-2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1127/resolucao_no_078-2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1126/resolucao_no_077-2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1125/resolucao_no_076-2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1124/resolucao_no_075-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1123/resolucao_no_074-2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1122/resolucao_no_073-2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1119/portaria_no_037_28-11-2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1118/portaria_no_036_25-11-2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1117/portaria_no_035_25-11-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1114/portaria_no_034_12-11-2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1116/lei_no_507_31-10-2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1115/lei_no_506_31-10-2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1113/portaria_no_033_23-10-2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1112/portaria_no_032_23-10-2024.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1111/lei_no_505_18-10-2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1110/lei_no_504_14-10-2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1108/portaria_no_031_26-09-2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1107/portaria_no_030_17-09-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1109/portaria_no_029_17-09-2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1106/portaria_no_028_12-09-2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1105/portaria_no_027_11-09-2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1104/portaria_no_026_09-09-2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1103/portaria_no_025_29-08-2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1102/portaria_no_024_26-08-2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1101/portaria_no_023_15-08-2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1100/portaria_no_022_02-08-2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1098/lei_no_503_22-07-2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1097/lei_no_502_22-07-2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1096/portaria_no_021_11-07-2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1095/portaria_no_020_11-07-2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1094/portaria_no_019_03-07-2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1093/lei_no_501_01-07-2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1092/portaria_no_018_28-06-2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1091/lei_no_500_26-04-2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1090/lei_no_499_26-04-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1089/portaria_no_017_07-05-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1085/lei_no_498_05-04-2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1088/portaria_no_016_02-05-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1087/portaria_no_015_22-04-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1086/portaria_no_014_05-04-2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1084/portaria_no_013_03-04-2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1082/portaria_no_012_27-03-2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1076/decreto_legislativo_no_023-2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1075/lei_no_497_09-02-2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1074/lei_no_496_09-02-2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1073/lei_no_495_09-02-2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1081/portaria_no_011_01-02-2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1080/portaria_no_010_01-02-2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1079/portaria_no_009_01-02-2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1078/portaria_no_008_01-02-2024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1077/portaria_no_007_01-02-2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1072/portaria_no_006_01-02-2024.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1071/portaria_no_005_01-02-2024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1070/portaria_no_004_01-02-2024.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1083/portaria_no_006__09-01-2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1069/portaria_no_003_03-01-2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1068/portaria_no_002_03-01-2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1067/portaria_no_001_03-01-2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1064/lei_no_494_19-12-2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1066/lei_no_493_11-12-2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1099/lei_no_492_11-12-2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1063/lei_no_491_24-11-2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1062/lei_no_490_08-11-2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1061/portaria_no_031_30-10-2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1060/portaria_no_030_24-10-2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1059/portaria_no_029_24-10-2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1058/portaria_no_028_23-10-2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1054/portaria_no_027_19-10-2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1057/lei_no_489_17-10-2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1056/lei_no_488_17-10-2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1055/lei_no_487_17-10-2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1053/portaria_no_026_10-10-2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1051/lei_no_486_18-09-2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1050/lei_no_485_18-09-2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1049/lei_no_484_18-09-2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1052/portaria_no_025_19-09-2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1048/portaria_no_024_06-09-2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1047/portaria_no_023_06-09-2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1045/lei_no_483_25-08-2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1044/lei_complementar_no_27_25-08-2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1046/portaria_no_022_24-08-2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1043/portaria_no_021_04-08-2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1041/lei_no_482_14-07-2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1042/portaria_no_020_30-06-2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1039/lei_no_481_26-06-2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1038/lei_no_480_26-06-2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1037/lei_no_479_26-06-2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1040/lei_complementar_no_26_26-06-2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1036/portaria_no_019_26-06-2023.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1035/portaria_no_018_19-06-2023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1031/portaria_no_017_07-06-2023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1029/portaria_no_016_29-05-2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1024/lei_no_478_12-05-2023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1023/lei_no_477_12-05-2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1028/portaria_no_015_09-05-2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1027/portaria_no_014_09-05-2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1026/portaria_no_013_09-05-2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1025/portaria_no_012_28-04-2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1021/lei_no_476_17-04-2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1020/lei_no_475_17-04-2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1003/portaria_no_011_23-02-2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1002/portaria_no_010_23-02-2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1001/portaria_no_009_23-02-2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1000/portaria_no_008_23-02-2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/999/portaria_no_007_23-02-2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/825/portaria_no_006_23-02-2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/807/lei_no_474_16-02-2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/808/lei_no_473_16-02-2023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/806/lei_no_472_16-02-2023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/805/portaria_no_005_06-02-2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/804/portaria_no_004_04-01-2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1034/portaria_no_003_04-01-2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/803/portaria_no_002_04-01-2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/802/portaria_no_001_04-01-2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/800/lei_no_471_14-12-2022.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/801/lei_no_470_12-12-20222.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/785/lei_no_469_08-11-2022.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/784/lei_no_468_08-11-2022.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/783/lei_no_467_08-11-2022.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/782/lei_no_466_08-11-2022.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/781/portaria_no_035_26-10-2022.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/780/portaria_no_034_24-10-2022.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/799/portaria_no_033_05-10-2022.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/798/portaria_no_032_03-10-2022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/797/portaria_no_031_05-10-2022.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/796/portaria_no_030_05-10-2022.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/779/portaria_no_029_05-10-2022.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/778/portaria_no_028_23-09-2022.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/776/lei_no_465_16-09-2022.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/775/lei_no_464_16-09-2022.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/777/lei_complementar_no_25_16-09-2022.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/774/portaria_no_027_12-09-2022.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/773/portaria_no_026_12-09-2022.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/772/lei_no_463_25-08-_2022.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/771/lei_no_462_25-08-2022.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/770/lei_no_461_25-08-2022.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/768/portaria_no_025_22-08-2022.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/769/lei_no_460_27-07-2022.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/767/portaria_no_024_27-07-2022.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/764/lei_no_459_26-07-2022.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/766/portaria_no_023_05-07-2022.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/765/portaria_no_022_23-06-2022.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/763/lei_no_458_10-06-2022.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/761/lei_no_457_27-05-2022.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/762/portaria_no_021_27-05-2022.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/760/portaria_no_020_06-05-2022.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/759/portaria_no_019_02-03-2022.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/758/portaria_no_018_02-03-2022.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/757/portaria_no_017_02-03-2022.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/756/portaria_no_016_02-03-2022.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/755/portaria_no_015_02-03-2022.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/744/portaria_no_014_02-03-2022.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/743/portaria_no_013_17-02-2022.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/733/portaria_no_012__07-02-2022.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/729/lei_no_456_21-01-2022.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/728/lei_no_455_21-01-2022.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/727/lei_no_454_21-01-2022.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/726/lei_no_453_21-01-2022.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/730/portaria_no_010_22-01-2022.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/732/portaria_no_011__19-01-2022.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/731/portaria_no_009_17-01-2022.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/725/portaria_no_008_05-01-2022.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/724/portaria_no_007_05-01-2022.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/723/portaria_no_006_05-01-2022.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/722/portaria_no_005_05-01-2022.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/721/portaria_no_004_04-01-2022.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/720/portaria_no_003_04-01-2022.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/719/portaria_no_002_04-01-2022.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/718/portaria_no_001_04-01-2022.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/716/lei_452_2021.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/715/lei_451_2021.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/717/lei_complementar_024_2021.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/714/lei_no_450_14-12-2021.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/713/lei_no_449_14-12-2021.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/712/lei_448_2021.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/711/lei_447_2021.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/710/lei_446_2021.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/709/portaria_no_022_24-11-2021.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/620/lei_445_2021.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/619/portaria_no_021_21-10-2021.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/618/portaria_no_020_27-10-2021.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/616/lei_444_2021.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/609/lei_443_2021.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/608/lei_442_2021.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/606/lei_441_2021.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/605/lei_440_2021.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/607/lei_441_2021.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/610/lc_23_2021.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/617/portaria_no_019_16-09-2021.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/603/portaria_no_018_08-09-2021.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/600/lei_439_2021.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/599/lei_438_2021.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/598/lei_437_2021.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/531/lei_436_2021.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/552/portaria_no_017_16-07-2021.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/551/portaria_no_016_16-07-2021.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/450/lei_no_435_25-06-2021.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/449/lei_434_2021.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/448/lei_433_2021.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/447/lei_432_2021.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/446/lei_431_2021.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/466/portaria_no_015_26-04-2021.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/444/lei_430_2021.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/443/lei_429_2021.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/442/lei_428_2021.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/441/lei_427_2021.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/440/lei_426_2021.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/439/lei_425_2021.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/438/lei_424_2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/437/lei_423_2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/436/lei_422_2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/434/lei_421_2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/465/portaria_no_014_02-03-2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/464/portaria_no_013_02-03-2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/463/portaria_no_012_02-03-2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/462/portaria_no_011_02-03-2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/461/portaria_no_010_02-03-2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/433/lei_no_420_2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/431/lei_no_419_2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/435/lei_no_418_2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/460/portaria_no_009_22-02-2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/458/portaria_no_008_15-02-2021.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/457/portaria_no_007_15-02-2021.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/456/portaria_no_006_15-02-2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/455/portaria_no_005_08-02-2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/454/portaria_no_004_03-01-2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/453/portaria_no_003_04-01-2021.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/452/portaria_no_002_04-01-2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/451/portaria_no_001_04-01-2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/550/lei_no_417_15-12-2020.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/549/lei_no_416_15-12-2020.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/635/decreto_no_022_11-12-2020.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/634/decreto_no_021_11-12-2020.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/548/lei_no_415_27-11-2020.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/576/portaria_no_023_25-09-2020.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/575/portaria_no_022_25-09-2020.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/574/portaria_no_021_02-09-2020.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/573/portaria_no_020_25-11-2020.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/572/portaria_no_019_05-08-2020.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/571/portaria_no_018_05-08-2020.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/570/portaria_no_017_03-08-2020.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/547/lei_no_414_06-07-2020.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/546/lei_no_413_02-07-2020.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/569/portaria_no_016_29-06-2020.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/568/portaria_no_014_10-06-2020.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/545/lei_no_412_04-06-2020.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/544/lei_no_411_22-04-2020.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/543/lei_no_410_22-04-2020.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/542/lei_no_409_22-04-2020.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/567/portaria_no_013_06-04-2020.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/566/portaria_no_012_18-03-2020.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/633/decreto_no_020_16-03-2020.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/565/portaria_no_011_02-03-2020.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/564/portaria_no_010_02-03-2020.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/563/portaria_no_009_02-03-2020.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/562/portaria_no_008_02-03-2020.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/561/portaria_no_007_02-03-2020.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/560/portaria_no_006_21-02-2020.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/541/lei_no_408_17-02-2020.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/540/lei_407_2020.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/539/lei_no_406_17-02-2020.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/559/portaria_no_005_05-02-2020.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/558/portaria_no_004_03-01-2020.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/557/portaria_no_003_03-01-2020.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/556/portaria_no_002_02-01-2020.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/601/portaria_no_001_02-01-2020.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/595/portaria_no_019_25-11-2019.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/538/lei_no_405_24-12-2019.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/537/lei_404-2019_-_altera_a_lei_municipal_281.docx" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/536/lei_no_403_09-12-2019.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/594/portaria_no_018_24-10-2019.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/593/portaria_no_017_14-10-2019.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/535/lei_402_2019.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/534/lei_no_401_11-10-2019.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/533/lei_no_400_11-10-2019.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/532/lei_no_399_11-10-2019.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/530/lei_no_398_11-10-2019.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/592/portaria_no_016_11-10-2019.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/591/portaria_no_015_11-10-2019.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/590/portaria_no_014_07-10-2019.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/589/portaria_no_013_06-09-2019.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/588/portaria_no_012_06-09-2019.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/529/lei_no_397_26-08-2019.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/528/lei_396_2019.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/587/portaria_no_011_26-08-2019.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/586/portaria_no_010_26-08-2019.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/424/lei_no_395_23-08-2019.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/423/lei_n_394_2019_0001.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/421/lei_n_393_2019.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/422/lei_n_392_2019.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/414/resoluca0_no_072_23-08-2019.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/420/lei_no_391_28-06-2019.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/527/lei_391-b-2019_-_ldo-.doc" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/526/lei_390-2019-finisa.doc" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/585/portaria_no_009_16-05-2019.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/584/portaria_no_008_08-05-2019.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/524/lei_389-2019_-_altera_a_lei_384-2019.doc" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/419/lei_n_388_2019.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/417/lei_n_387_2019.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/416/lei_no_386_26-02-2019.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/415/lei_n_385_2019.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/523/lei_no_384_12-02-2019.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/583/portaria_no_007_27-02-2019.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/582/portaria_no_006_05-02-2019.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/581/portaria_no_005_05-02-2019.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/580/portaria_no_004_03-01-2019.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/579/portaria_no_003_03-01-2019.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/578/portaria_no_002_03-01-2019.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/577/portaria_no_001_03-01-2019.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/706/resolucao_no_071_19-11-2018.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/741/portaria_no_009_14-12-2018.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/522/lei_no_383_03-12-2018.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/521/lei_no_382_12-11-2018.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/520/lei_no_381_15-10-2018.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/519/lei_no_380_15-10-2018.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/518/lei_no_379_13-08-2018.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/517/lei_no_378_09-07-2018.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/516/lei_no_377_21-06-2018.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/742/portaria_no_008_27-03-2018.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/514/lei_no_376_12-06-2018.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/513/lei_no_375_17-04-2018.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/512/lei_no_374_16-04-2018.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/705/resolucao_no_070_13-04-2018.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/740/portaria_no_007_27-03-2018.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/511/lei_373-2018-_novembro_azul_-.doc" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/510/lei_372-2018-_outubro_rosa.doc" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/509/lei_371-2018_-_folga_no_aniversario_do_servidor.doc" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/427/lei_no_370_09-03-2018.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/739/portaria_no_006_05-02-2018.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/737/portaria_no_004_05-01-2018.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/738/portaria_no_005_12-01-2018.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/736/portaria_no_003_02-01-2018.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/735/portaria_no_002_02-01-2018.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/734/portaria_no_001_02-01-2018.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/508/lei_no_369_27-12-2017.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/507/lei_368-2017-ppa_2018-2021.zip" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/615/lei_complementar_no_022_27-12-2017.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/614/lei_complementar_no_021_27-12-2017.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/632/decreto_no_019_27-12-2017.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/506/lei_367-2017institui_o_pmsb.doc" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/505/lei_no_366_14-11-2017.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/704/resolucao_no_069_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/703/resolucao_no_068_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/702/resolucao_no_067_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/701/resolucao_no_066_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/700/resolucao_no_065_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/699/resolucao_no_064_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/698/resolucao_no_063_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/697/resolucao_no_062_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/696/resolucao_no_061_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/695/resolucao_no_060_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/694/resolucao_no_059_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/693/resolucao_no_058_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/692/resolucao_no_057_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/691/resolucao_no_056_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/690/resolucao_no_055_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/689/resolucao_no_054_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/688/resolucao_no_053_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/687/resolucao_no_052_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/686/resolucao_no_051_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/685/resolucao_no_050_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/684/resolucao_no_049_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/683/resolucao_no_048_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/682/resolucao_no_047_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/681/resolucao_no_046_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/680/resolucao_no_045_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/504/lei_no_365_22-09-2017.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/503/lei_no_364_22-09-2017.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/502/lei_no_363_22-09-2017.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/501/lei_no_362_22-09-2017.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/500/lei_no_361_19-09-2017.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/499/lei_no_360_19-09-2017.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/498/lei_no_359_30-08-2017.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/497/lei_no_358_25-08-2017.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/631/decreto_no_018_25-08-2017.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/789/emenda_a_lei_organica_no_004-2017.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/754/portaria_no_009_22-08-2017.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/496/lei_no_357_04-08-2017.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/495/lei_no_356_04-08-2017.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/494/lei_no_355_04-08-2017.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/493/lei_no_354_04-08-2017.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/492/lei_no_353_17-07-2017.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/491/lei_no_352_17-07-2017.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/490/lei_no_351_17-07-2017.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/753/portaria_no_008_14-07-2017.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/489/lei_350-2017-_loa.doc" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/752/portaria_no_007_20-03-2017.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/488/lei_349-2017_entulhos.doc" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/413/lei_no_348_20-02-2017.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/751/portaria_no_006_08-02-2017.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/750/portaria_no_005_08-02-2017.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/749/portaria_no_004_06-02-2017.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/748/portaria_no_003_27-01-2017.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/746/portaria_no_002_02-01-2017.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/747/portaria_no_002-a_02-01-2017.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/745/portaria_no_001_02-01-2017.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/412/lei_no_347_19-12-2016.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/630/decreto_no_017_15-12-2016.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/629/decreto_no_016_15-12-2016.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/880/portaria_no_008_12-12-2016.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/411/lei_no_346_25-11-2016.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/410/lei_no_345_25-11-2016.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/613/lei_complementar_020-2016_-_institui_a_lei_de_incentivo_ao_microempreendedor_individual_em_25-11-2016.doc" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/409/lei_no_344_24-11-2016.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/679/resolucao_no_044_24-11-2016.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/408/lei_no_343_10-11-2016.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/407/lei_no_342_29-08-2016.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/406/lei_no_341_29-08-2016.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/405/lei_no_340_02-08-2016.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/879/portaria_no_007_29-06-2016.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/404/lei_no_339_27-06-2016.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/403/lei_no_338_27-06-2016.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/402/lei_no_337_27-06-2016.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/401/lei_no_336_10-06-2016.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/400/lei_no_335_10-06-2016.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/878/portaria_no_006_11-04-2016.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2016/399/399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2016/398/398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/877/portaria_no_005_11-02-2016.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/876/portaria_no_004_02-02-2016.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/397/lei_no_332_29-01-2016.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/396/lei_no_331_15-01-2016.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/875/portaria_no_003_14-01-2016.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/874/portaria_no_002_05-01-2016.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/873/portaria_no_001_05-01-2016.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/395/395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/394/394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/393/393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/392/392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/391/391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/390/390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/389/lei_no_324_24-11-2015.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/388/lei_no_323_26-10-2015.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/387/387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/386/386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/612/lei_complementar_no_019_14-09-2015.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/886/portaria_no_006_21-08-2015.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/885/portaria_no_005_13-08-2015.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/385/385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/384/384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/383/383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/382/lei_no_317_24-06-2015.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/381/lei_no_316_30-06-2015.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/380/lei_no_315_24-06-2015.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/379/lei_no_314_24-06-2015.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/378/378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/377/377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/376/376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/375/375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/374/lei_no_309_08-04-2015.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/373/373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/372/372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/371/371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/370/370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/611/lei_complementar_no_018_13-03-2015.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/884/portaria_no_004_16-02-2015.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/487/lei_no_304_11-02-2015.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/368/368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/367/367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/366/366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/365/365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/883/portaria_no_003_28-01-2015.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/364/364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/882/portaria_no_002_05-01-2015.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/881/portaria_no_001_05-01-2015.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/363/363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/998/lei_no_297_02-01-2015.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/323/323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/361/361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/360/360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/678/resolucao_no_043_17-12-2014.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/359/lei_no_294_28-11-2014.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/358/358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/677/resolucao_no_042_14-11-2014.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/676/resolucao_no_041_14-11-2014.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/675/resolucao_no_040_14-11-2014.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/674/resolucao_no_039_14-11-2014.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/673/resolucao_no_038_14-11-2014.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/892/portaria_no_006_05-11-2014.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/672/resolucao_no_037_24-10-2014.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/357/357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/356/356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/355/355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/354/354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/353/353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/352/352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/351/351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/350/lei_no_285_25-07-2014.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/349/349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/891/portaria_no_005_26-06-2014.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/794/decreto_legislativo_no_015_17-06-2014.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/348/348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/347/347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/346/346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/890/portaria_no_004_31-03-2014.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/345/345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/344/344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/343/343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/342/342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/889/portaria_no_003_12-02-2014.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/888/portaria_no_002_13-01-2014.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/887/portaria_no_001_02-01-2014.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/315/lei_no_276_17-12-2013.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/314/lei_no_275_17-12-2013.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/313/313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/312/312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/311/311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/316/316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/485/lei_no_270_19-11-2013.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/899/portaria_no_006_05-11-2013.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/310/310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/309/309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/308/lei_no_267_25-10-2013.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/307/lei_no_266_11-10-2013.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/898/portaria_no_005_25-09-2013.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/897/portaria_no_004_01-08-2013.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/484/lei_no_265_30-07-2013.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/483/lei_no_264_30-07-2013.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/482/lei_no_263_30-07-2013.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/481/lei_no_262_30-07-2013.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/285/285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/286/286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/287/287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/288/lei_no_258_21-06-2013.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/628/decreto_no_014_18-06-2013.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/793/decreto_legislativo_no_013_18-06-2013.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/896/portaria_no_003_22-05-2013.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/895/portaria_no_002-a_02-05-2013.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/894/portaria_no_002_07-03-2013.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/289/289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/282/lei_no_256_01-03-2013.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/283/283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/284/lei_no_254_01-03-2013.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/893/portaria_no_001_19-02-2013.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/291/lei_no_253_26-12-2012.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/671/resolucao_no_036_18-12-2012.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/792/decreto_legislativo_no_012_17-12-2012.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/824/portaria_no_015_17-10-2012.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/303/303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/823/portaria_no_014_14-09-2012.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/822/portaria_no_013_13-09-2012.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/821/portaria_no_012_13-09-2012.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/820/portaria_no_011_03-09-2012.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/819/portaria_no_010_03-09-2012.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/304/lei_no_251_16-07-2012.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/818/portaria_no_009_03-07-2012.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/817/portaria_no_008_03-07-2012.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/816/portaria_no_007_28-06-2012.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/815/portaria_no_006_27-06-2012.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/300/300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/301/301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/302/302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/290/lei_no_247_18-06-2012.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/318/318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/814/portaria_no_005_28-05-2012.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/317/317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/299/299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/813/portaria_no_004_10-04-2012.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/305/305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/292/292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/293/293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/294/294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/295/295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/296/296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/670/resolucao_no_035_23-03-2012.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/812/portaria_no_003-a_23-03-2012.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/795/decreto_legislativo_no_011_22-03-2012.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/627/decreto_no_010_22-03-2012.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/297/297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/811/portaria_no_003_10-02-2012.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/298/298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/810/portaria_no_002_16-01-2012.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/809/portaria_no_001_02-01-2012.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1033/portaria_no_014_28-12-2011.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/838/portaria_no_013_28-12-2011.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1017/lei_no_237_26-12-2011.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1016/lei_no_236_26-12-2011.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1015/lei_no_235_26-12-2011.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1014/lei_no_234_26-12-2011.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/837/portaria_no_012_20-12-2011.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/836/portaria_no_011_16-12-2011.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1013/lei_no_233_01-12-2011.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2011/322/322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2011/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1012/lei_no_232_18-11-2011.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1011/lei_no_231_21-10-2011.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1010/lei_no_230_03-10-2011.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1009/lei_no_229_23-09-2011.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1008/lei_no_228_16-08-2011.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1007/lei_no_227_16-08-2011.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2011/321/321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1006/lei_no_226_12-08-2011.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1005/lei_no_225_12-08-2011.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1004/lei_no_224_12-08-2011.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/835/portaria_no_010_07-06-2011.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/22/lei_no_223_02-06-2011.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/21/lei_no_222_02-06-2011.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2011/333/333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/626/decreto_no_09_17-05-2011.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/791/decreto_legislativo_no_008_17-05-2011.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/833/portaria_no_008_10-05-2011.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/834/portaria_no_009_02-05-2011.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/20/lei_no_221_28-04-2011.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/625/decreto_no_07_7-04-2011.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/832/portaria_no_007_30-03-2011.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/831/portaria_no_006_30-03-2011.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/830/portaria_no_005_30-03-2011.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/829/portaria_no_004_10-03-2011.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/828/portaria_no_003_10-03-2011.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/827/portaria_no_002_10-02-2011.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/826/portaria_no_001_06-01-2011.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/19/lei_no_220_23-12-2010.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/18/lei_no_219_23-12-2010.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2010/332/332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/847/portaria_no_009_22-12-2010.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/4/lei_no_218_13-12-2010.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/23/lei_no_217_06-12-2010.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/6/lei_no_216_06-12-2010.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/846/portaria_no_008_02-12-2010.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/5/lei_no_215_26-11-2010.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/7/lei_no_214_19-11-2010.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/17/lei_no_212_27-10-2010.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/16/lei_no_211_27-10-2010.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/15/lei_no_210_27-10-2010.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/14/lei_no_209_27-10-2010.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/13/lei_no_208_01-09-2010.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/845/portaria_no_007_31-08-2010.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/12/lei_no_207_19-08-2010.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/844/portaria_no_006_20-07-2010.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/11/lei_no_206_16-07-2010.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/10/lei_no_205_16-07-2010.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/790/decreto_legislativo_no_006-2010.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/843/portaria_no_005_29-03-2010.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/842/portaria_no_004_12-03-2010.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/9/lei_no_204_04-03-2010.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/8/lei_no_203_18-02-2010.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/841/portaria_no_003_09-02-2010.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/840/portaria_no_002_05-01-2010.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/839/portaria_no_001_04-01-2010.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/1018/lei_no_202_28-12-2009.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/24/lei_no_201_28-12-2009.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/33/lei_no_200_17-12-2009.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/669/resolucao_no_034_17-12-2009.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/668/resolucao_no_033_17-12-2009.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/667/resolucao_no_032_17-12-2009.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/666/resolucao_no_031_17-12-2009.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/665/resolucao_no_030_17-12-2009.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/664/resolucao_no_029_17-12-2009.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/663/resolucao_no_028_17-12-2009.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/852/portaria_no_005_-_a_04-12-2009.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/32/lei_no_199_19-11-2009.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/31/lei_no_198_19-11-2009.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2009/320/320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2009/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/29/lei_no_196_01-10-2009.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/624/decreto_no_05_7-30-09-2009.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2009/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/319/319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/851/portaria_no_005_01-09-2009.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/27/lei_no_194_20-08-2009.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2009/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/850/portaria_no_004_17-08-2009.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/849/portaria_no_002_03-06-2009.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/596/lei_no_192a_29-05-2009.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/848/portaria_no_001_09-02-2009.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/597/lei_no_192_23-12-2008.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/662/resolucao_no_027_06-11-2008.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/860/portaria_no_007_04-12-2008.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/859/portaria_no_006-a_04-12-2008.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/1032/portaria_no_006-a_04-12-2008.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/39/lei_no_191_02-12-2008.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/38/lei_no_190_01-09-2008.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/37/lei_no_189_30-07-2008.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2008/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2008/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/331/lei_complementar_no_008_16-06-2008.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/858/portaria_no_006_10-03-2008.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/855/portaria_no_003_19-02-2008.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/857/portaria_no_005_15-02-2008.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/856/portaria_no_004_15-02-2008.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/34/lei_no_186_01-02-2008.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/854/portaria_no_002_21-01-2008.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/853/portaria_no_001_02-01-2008.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/49/lei_no_185_28-12-2007.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/48/lei_no_184_28-12-2007.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/47/lei_no_183_16-12-2007.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/46/lei_no_182_26-10-2007.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/45/lei_no_181_14-09-2007.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/44/lei_no_180_14-09-2007.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/661/resoluca0_no_026_13-09-2007.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/43/lei_no_179_20-07-2007.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/865/portaria_no_005_16-07-2007.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/864/portaria_no_004_16-07-2007.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/330/lei_complementar_no_007_01-06-2007.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/42/lei_no_178_30-05-2007.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/41/lei_no_177_30-05-2007.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/40/lei_no_176_15-05-2007.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/863/portaria_no_003_14-04-2007.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/862/portaria_no_002_09-02-2007.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/861/portaria_no_001_02-01-2007.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/63/lei_no_175_27-11-2006.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/62/lei_no_174_03-10-2006.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/872/portaria_no_007_31-08-2006.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/61/lei_no_173_29-08-2006.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/60/lei_no_172_29-08-2006.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/59/lei_no_171_29-08-2006.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/58/lei_no_170_26-06-2006.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/871/portaria_no_006_22-06-2006.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/57/lei_no_169_06-06-2006.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/56/lei_no_168_06-06-2006.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/55/lei_no_167_06-06-2006.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/54/lei_no_166_06-06-2006.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/53/lei_no_165_06-06-2006.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/870/portaria_no_005_11-05-2006.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/52/lei_no_164_03-05-2006.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/51/lei_no_163_03-05-2006.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/869/portaria_no_004_03-04-2006.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/868/portaria_no_003_17-04-2006.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/50/lei_no_162_13-03-2006.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/867/portaria_no_002_10-02-2006.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/866/portaria_no_001_03-01-2006.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/77/lei_no_161_12-12-2005.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/76/lei_no_160_12-12-2005.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/75/lei_no_159_12-12-2005.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/660/resolucao_no_025_07-12-2005.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/786/emenda_a_lei_organica_no_003-2005.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/74/lei_no_158_31-10-2005.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/73/lei_no_157_19-09-2005.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/623/decreto_no_04_7-09-09-2005.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/72/lei_no_156_29-08-2005.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/71/lei_no_155_29-08-2005.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/70/lei_no_154_24-08-2005.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/69/lei_no_153_11-07-2005.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/68/lei_no_152_11-07-2005.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/67/lei_no_151_17-06-2005.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/66/lei_no_150_16-06-2005.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/65/lei_no_149_06-06-2005.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/903/portaria_no_004_30-05-2005.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/64/lei_no_148_11-05-2005.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/902/portaria_no_003_02-03-2005.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/901/portaria_no_002_02-03-2005.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/659/resolucao_no_024_25-02-2005.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/900/portaria_no_001_13-02-2005.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/91/lei_no_147_14-12-2004.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/90/lei_no_146_14-12-2004.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/89/lei_no_145_14-12-2004.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/88/lei_no_144_14-12-2004.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/87/lei_no_143_14-12-2004.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/86/lei_no_142_14-12-2004.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/85/lei_no_141_03-12-2004.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/84/lei_no_140_03-12-2004.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/83/lei_no_139_08-11-2004.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/920/portaria_no_016_05-11-2004.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/919/portaria_no_015_28-10-2004.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/918/portaria_no_014_01-10-2004.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/917/portaria_no_013_03-09-2004.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/916/portaria_no_012_31-08-2004.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/915/portaria_no_011_31-08-2004.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/477/lei_no_138_27-06-2004.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/81/lei_no_137_27-07-2004.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/80/lei_no_136_26-07-2004.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/914/portaria_no_010_24-06-2004.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/913/portaria_no_009_12-05-2004.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/912/portaria_no_008_06-05-2004.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/79/lei_no_135_30-04-2004.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/911/portaria_no_007_29-04-2004.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/78/lei_no_134_07-04-2004.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/910/portaria_no_006_30-03-2004.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/909/portaria_no_005_29-03-2004.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/908/portaria_no_004_26-03-2004.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/906/portaria_no_003_04-03-2004.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/907/portaria_no_003-a_04-03-2004.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/905/portaria_no_002_19-02-2004.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/904/portaria_no_001_13-02-2004.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/111/lei_no_133_31-12-2003.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/110/lei_no_132_31-12-2003.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/109/lei_no_131_31-12-2003.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/931/portaria_no_012_31-12-2003.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/930/portaria_no_011_31-12-2003.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/329/lei_complementar_no_006_31-12-2003.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/108/lei_no_130_18-12-2003.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/107/lei_no_129_16-12-2003.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/929/portaria_no_010_12-12-2003.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/106/lei_no_128_27-10-2003.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/928/portaria_no_009_24-10-2003.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/927/portaria_no_008_20-08-2003.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/105/lei_no_127_19-08-2003.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/658/resolucao_no_023_19-08-2003.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/104/lei_no_126_26-07-2003.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/103/lei_no_125_15-07-2003.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/102/lei_no_124_14-07-2003.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/101/lei_no_123_14-07-2003.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/926/indicacao_no_006-2003.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/657/resolucao_no_022_27-06-2003.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/100/lei_no_122_18-06-2003.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/925/indicacao_no_005-2003.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2003/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/924/indicacao_no_004-2003.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/98/lei_no_120_16-05-2003.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/923/portaria_no_003_01-04-2006.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/97/lei_no_119_31-03-2003.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/96/lei_no_118_31-03-2003.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/95/lei_no_117_31-03-2003.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/94/lei_no_116_14-03-2003.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/93/lei_no_115_14-03-2003.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/92/lei_no_114_14-03-2003.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/656/resolucao_no_021_14-03-2003.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/922/indicacao_no_002-2003.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/921/indicacao_no_001-2003.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/121/lei_no_113_31-12-2002.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/949/portaria_no_016_29-12-2002.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/948/portaria_no_015_23-12-2002.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/947/portaria_no_014_13-12-2002.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/946/portaria_no_013_13-12-2002.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/120/lei_no_112_12-12-2002.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/945/portaria_no_012_31-10-2002.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/119/lei_no_111_13-09-2002.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/944/portaria_no_011_12-08-2002.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/943/portaria_no_010_09-08-2002.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/118/lei_no_110_11-07-2002.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/117/lei_no_109_28-06-2002.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/116/lei_no_108_21-06-2002.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/328/lei_complementar_no_005-2002.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/654/resolucao_no_020_24-05-2002.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/788/emenda_a_lei_organica_no_002-2002.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/942/portaria_no_009_30-04-2002.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/941/portaria_no_008_22-04-2002.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/940/portaria_no_007_15-04-2002.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/115/lei_no_107_12-04-2002.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/939/portaria_no_006_11-04-2002.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/114/lei_no_106_27-03-2002.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/113/lei_no_105_21-03-2002.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/938/portaria_no_005_11-03-2002.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/937/portaria_no_004_14-02-2002.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/936/portaria_no_003_14-02-2002.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/112/lei_no_104_17-01-2002.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/935/portaria_no_002_03-01-2002.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/934/portaria_no_001_02-01-2002.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/958/portaria_no_010_28-12-2001.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/136/lei_no_102_29-11-2001.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/957/portaria_no_009_14-12-2001.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/135/lei_no_102_29-11-2001.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/134/lei_no_101_23-11-2001.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/653/resolucao_no_019_23-11-2001.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/133/lei_no_100_16-11-2001.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/956/portaria_no_008_14-11-2001.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/132/lei_no_099_01-10-2001.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/131/lei_no_098_01-10-2001.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/955/portaria_no_007_01-10-2001.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/622/decreto_no_03_28-09-2001.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/652/resolucao_no_018_27-09-2001.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/954/portaria_no_006_03-09-2001.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/953/portaria_no_005_31-08-2001.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/130/lei_no_097_10-08-2001.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/129/lei_no_096_10-08-2001.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/327/lei_complementar_no_004-2001.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/952/portaria_no_004_30-07-2001.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/128/lei_no_095_06-07-2001.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/951/portaria_no_003_29-06-2001.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/651/resolucao_no_017_14-05-2001.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/127/lei_no_094_27-04-2001.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/126/lei_no_093_27-04-2001.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/125/lei_no_092_27-04-2001.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/124/lei_no_091_10-04-2001.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/123/lei_no_090_25-01-2001.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/1019/lei_no_090-a_25-01-2001.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/122/lei_no_089_25-01-2001.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/950/portaria_no_001_09-01-2001.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/963/portaria_no_006_29-12-2000.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/962/portaria_no_005_18-12-2000.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/650/resolucao_no_016_15-12-2000.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/156/lei_no_088-2000.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/649/resolucao_no_015_18-08-2000.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/961/portaria_no_004_30-06-2000.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/155/lei_no_087-2000.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/154/lei_no_086-2000.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/153/lei_no_085-2000.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/152/lei_no_084-2000.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/151/lei_no_083-2000.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/150/lei_no_082-2000.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/149/lei_no_081-2000.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/148/lei_no_080-2000.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/554/decreto_no_02_26-05-2000.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/147/lei_no_079-2000.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/146/lei_no_078-2000.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/145/lei_no_076-2000.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/144/lei_no_076-2000.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/143/lei_no_075-2000.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/142/lei_no_074-2000.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/141/lei_no_073-2000.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/140/lei_no_072-2000.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/139/lei_no_071-2000.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/138/lei_no_070-2000.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/960/portaria_no_003_11-02-2000.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/959/portaria_no_001_02-01-2000.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/476/lei_no_069-1999.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/969/portaria_no_006_20-12-1999.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/787/emenda_a_lei_organica_no_001-1999.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/648/resolucao_no_014_15-12-1999.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/471/lei_no_066-1999.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/243/lei_no_068-1999.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/242/lei_no_067-1999.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/240/lei_no_065-1999.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/647/resolucao_no_013_10-12-1999.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/646/resolucao_no_012_25-11-1999.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/968/portaria_no_005_16-11-1999.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/967/portaria_no_004_12-11-1999.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/966/portaria_no_003_14-10-1999.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/645/resolucao_no_011_14-09-1999.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/965/portaria_no_002_01-07-1999.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/479/lei_64_25-06-1999.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/474/lei_no_063_22-06-1999.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/237/lei_no_062-1999.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/236/lei_no_061-1999.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/235/lei_no_060-1999.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/326/lei_complementar_no_003-1999.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/964/portaria_no_001_09-02-1999.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/473/lei_no_059_12-01-1999.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/233/lei_no_058-1998.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/232/lei_no_057-1998.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/231/lei_no_056-1998.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/230/lei_no_055-1998.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/229/lei_no_054-1998.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/644/resolucao_no_010_17-12-1998.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/987/portaria_no_018_10-12-1998.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/468/lei_no_053-1998.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/432/lei_no_052-1998.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/986/portaria_no_016_27-07-1998.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/226/lei_no_051-1998.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/225/lei_no_050-1998.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/224/lei_no_049-1998.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/223/lei_no_048-1998.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/985/portaria_no_016_27-07-1998.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/222/lei_no_047-1998.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/221/lei_no_046-1998.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/984/portaria_no_015_26-06-1998.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/983/portaria_no_014_25-05-1998.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/220/lei_no_045-1998.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/219/lei_no_044-1998.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/982/portaria_no_013_20-04-1998.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/981/portaria_no_012_20-03-1998.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/218/lei_no_043-1998.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/216/lei_no_042-1998.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/643/resolucao_no_009_27-10-1997.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/980/portaria_no_011_03-03-1998.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/979/portaria_no_010_03-03-1998.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/978/portaria_no_009_03-03-1998.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/977/portaria_no_008_03-03-1998.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/976/portaria_no_007_03-03-1998.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/975/portaria_no_006_03-03-1998.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/974/portaria_no_005_03-03-1998.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/973/portaria_no_004_03-03-1998.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/972/portaria_no_003_03-03-1998.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/971/portaria_no_002_17-02-1998.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/469/lei_no_041-1998.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/970/portaria_no_001_02-01-1998.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/467/lei_no_040_29-12-1997.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/325/lei_complementar_no_002-1997.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/324/lei_complementar_no_001-1997.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/642/resolucao_no_008_11-12-1997.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/278/278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/277/277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/276/276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/275/275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/655/resolucao_no_007-1997_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/708/resolucao_no_007__27-10-1997regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/274/274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/273/273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/272/272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/997/portaria_no_011_22-09-1997.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/271/271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/996/portaria_no_010_08-09-1997.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/270/270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/269/269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/268/268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/267/267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/266/266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/265/265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/264/264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/263/263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/262/262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/261/261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/158/lei_organica_assinada.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/641/resolucao_no_006_12-06-1997.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/260/260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/259/259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/995/portaria_no_009_22-05-1997.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/994/portaria_no_008_22-05-1997.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/993/portaria_no_007_22-05-1997.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/258/258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/992/portaria_no_006_02-05-1997.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/640/resolucao_no_005_02-05-1997.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/991/portaria_no_005_02-05-1997.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/257/257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/256/256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/639/resolucao_no_004_17-03-1997.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/990/portaria_no_004_17-03-1997.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/638/resoluca0_no_003_17-03-1997.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/637/resoluca0_no_002_17-03-1997.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/989/portaria_no_003_10-03-1997.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/255/255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/254/254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/1030/portaria_no_002_19-02-1997.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/253/253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/252/252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/251/251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/250/250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/553/decreto_no_01_18-02-1997.pdf" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/988/portaria_no_001_17-02-1997.pdf" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/1022/resoluca0_no_001_12-02-1997.pdf" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/249/249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/248/248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/247/247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/246/246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/245/245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/244/244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/217/217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/215/215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/459/lei_no_002-1997.pdf" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/212/lei_no_001-1997.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2026/1208/portaria_no_012_26-02-2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2026/1200/portaria_no_011_24-02-2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2026/1199/portaria_no_010_24-02-2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2026/1198/portaria_no_009_23-02-2026.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2026/1205/lei_no_537_13-02-2026.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2026/1204/lei_no_536_13-02-2026.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2026/1203/lei_no_535_13-02-2026.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2026/1202/lei_no_534_13-02-2026.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2026/1197/portaria_no_008_13-02-2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2026/1196/portaria_no_007_13-02-2026.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2026/1195/portaria_no_006_13-02-2026.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2026/1194/portaria_no_005_03-02-2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2026/1192/portaria_no_003_06-01-2026.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2026/1191/portaria_no_002_06-01-2026.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2026/1190/portaria_no_001_06-01-2026.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1217/lei_no_533_17-12-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1189/portaria_no_031_16-12-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1216/lei_no_532_12-12-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1207/lei_no_531_12-12-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1188/portaria_no_030_01-12-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1215/lei_no_530_28-11-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1206/lei_no_529_28-11-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1214/lei_no_528_28-11-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1187/portaria_no_029_11-11-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1186/portaria_no_028_11-11-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1213/lei_no_527_04-11-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1212/lei_no_526_30-10-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1211/lei_no_525_30-10-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1210/lei_no_524_30-10-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1209/lei_no_523_30-10-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1185/portaria_no_027_29-10-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1175/portaria_no_026_01-10-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1183/lei_no_522_12-09-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1182/lei_no_521_12-09-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1174/decreto_legislativo_no_026-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1173/portaria_no_025-2025_19-08-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1170/portaria_no_024_19-08-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1169/portaria_no_023_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1181/lei_no_520_15-08-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1180/lei_no_519_09-07-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1179/lei_no_518_09-07-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1201/lei_no_517_02-07-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1178/lei_no_516_02-07-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1172/portaria_no_022_11-06-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1171/portaria_no_021_11-06-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1168/portaria_no_020_23-05-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1184/lei_complementar_no_29_23-05-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1167/portaria_no_019_23-05-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1177/lei_no_515_19-05-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1166/portaria_no_018_08-05-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1165/decreto_legislativo_no_025_25-04-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1164/portaria_no_017_22-04-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1163/portaria_no_016_22-04-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1162/portaria_no_015_22-04-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1161/portaria_no_014_22-04-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1176/lei_no_514_11-04-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1160/lei_no_513_28-03-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1154/lei_no_512_28-02-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1153/lei_no_511_19-02-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1152/lei_no_510_19-02-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1151/decreto_legislativo_no_024_14-02-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1150/portaria_no_013_06-02-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1149/portaria_no_012_29-01-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1148/portaria_no_011_29-01-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1159/portaria_no_010_29-01-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1158/portaria_no_009_29-01-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1157/portaria_no_008_29-01-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1156/portaria_no_007_29-01-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1155/portaria_no_006_29-01-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1147/portaria_no_005_13-01-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1146/portaria_no_004_03-01-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1145/portaria_no_003_03-01-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1144/portaria_no_002_03-01-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2025/1143/portaria_no_001_03-01-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1142/lei_complementar_no_028_27-12-2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1121/lei_no_509_26-12-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1120/lei_no_508_20-12-2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1141/resolucao_no_092-2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1140/resolucao_no_091-2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1139/resolucao_no_090-2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1138/resolucao_no_089-2024.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1137/resolucao_no_088-2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1136/resolucao_no_087-2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1135/resolucao_no_086-2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1134/resolucao_no_085-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1133/resolucao_no_084-2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1132/resolucao_no_083-2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1131/resolucao_no_082-2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1130/resolucao_no_081-2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1129/resolucao_no_080-2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1128/resolucao_no_079-2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1127/resolucao_no_078-2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1126/resolucao_no_077-2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1125/resolucao_no_076-2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1124/resolucao_no_075-2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1123/resolucao_no_074-2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1122/resolucao_no_073-2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1119/portaria_no_037_28-11-2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1118/portaria_no_036_25-11-2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1117/portaria_no_035_25-11-2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1114/portaria_no_034_12-11-2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1116/lei_no_507_31-10-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1115/lei_no_506_31-10-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1113/portaria_no_033_23-10-2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1112/portaria_no_032_23-10-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1111/lei_no_505_18-10-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1110/lei_no_504_14-10-2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1108/portaria_no_031_26-09-2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1107/portaria_no_030_17-09-2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1109/portaria_no_029_17-09-2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1106/portaria_no_028_12-09-2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1105/portaria_no_027_11-09-2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1104/portaria_no_026_09-09-2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1103/portaria_no_025_29-08-2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1102/portaria_no_024_26-08-2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1101/portaria_no_023_15-08-2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1100/portaria_no_022_02-08-2024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1098/lei_no_503_22-07-2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1097/lei_no_502_22-07-2024.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1096/portaria_no_021_11-07-2024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1095/portaria_no_020_11-07-2024.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1094/portaria_no_019_03-07-2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1093/lei_no_501_01-07-2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1092/portaria_no_018_28-06-2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1091/lei_no_500_26-04-2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1090/lei_no_499_26-04-2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1089/portaria_no_017_07-05-2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1085/lei_no_498_05-04-2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1088/portaria_no_016_02-05-2024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1087/portaria_no_015_22-04-2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1086/portaria_no_014_05-04-2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1084/portaria_no_013_03-04-2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1082/portaria_no_012_27-03-2024.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1076/decreto_legislativo_no_023-2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1075/lei_no_497_09-02-2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1074/lei_no_496_09-02-2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1073/lei_no_495_09-02-2024.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1081/portaria_no_011_01-02-2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1080/portaria_no_010_01-02-2024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1079/portaria_no_009_01-02-2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1078/portaria_no_008_01-02-2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1077/portaria_no_007_01-02-2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1072/portaria_no_006_01-02-2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1071/portaria_no_005_01-02-2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1070/portaria_no_004_01-02-2024.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1083/portaria_no_006__09-01-2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1069/portaria_no_003_03-01-2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1068/portaria_no_002_03-01-2024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2024/1067/portaria_no_001_03-01-2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1064/lei_no_494_19-12-2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1066/lei_no_493_11-12-2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1099/lei_no_492_11-12-2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1063/lei_no_491_24-11-2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1062/lei_no_490_08-11-2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1061/portaria_no_031_30-10-2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1060/portaria_no_030_24-10-2023.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1059/portaria_no_029_24-10-2023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1058/portaria_no_028_23-10-2023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1054/portaria_no_027_19-10-2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1057/lei_no_489_17-10-2023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1056/lei_no_488_17-10-2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1055/lei_no_487_17-10-2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1053/portaria_no_026_10-10-2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1051/lei_no_486_18-09-2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1050/lei_no_485_18-09-2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1049/lei_no_484_18-09-2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1052/portaria_no_025_19-09-2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1048/portaria_no_024_06-09-2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1047/portaria_no_023_06-09-2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1045/lei_no_483_25-08-2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1044/lei_complementar_no_27_25-08-2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1046/portaria_no_022_24-08-2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1043/portaria_no_021_04-08-2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1041/lei_no_482_14-07-2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1042/portaria_no_020_30-06-2023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1039/lei_no_481_26-06-2023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1038/lei_no_480_26-06-2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1037/lei_no_479_26-06-2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1040/lei_complementar_no_26_26-06-2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1036/portaria_no_019_26-06-2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1035/portaria_no_018_19-06-2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1031/portaria_no_017_07-06-2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1029/portaria_no_016_29-05-2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1024/lei_no_478_12-05-2023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1023/lei_no_477_12-05-2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1028/portaria_no_015_09-05-2023.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1027/portaria_no_014_09-05-2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1026/portaria_no_013_09-05-2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1025/portaria_no_012_28-04-2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1021/lei_no_476_17-04-2023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1020/lei_no_475_17-04-2023.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1003/portaria_no_011_23-02-2023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1002/portaria_no_010_23-02-2023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1001/portaria_no_009_23-02-2023.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1000/portaria_no_008_23-02-2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/999/portaria_no_007_23-02-2023.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/825/portaria_no_006_23-02-2023.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/807/lei_no_474_16-02-2023.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/808/lei_no_473_16-02-2023.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/806/lei_no_472_16-02-2023.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/805/portaria_no_005_06-02-2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/804/portaria_no_004_04-01-2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/1034/portaria_no_003_04-01-2023.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/803/portaria_no_002_04-01-2023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/802/portaria_no_001_04-01-2023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/800/lei_no_471_14-12-2022.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2023/801/lei_no_470_12-12-20222.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/785/lei_no_469_08-11-2022.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/784/lei_no_468_08-11-2022.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/783/lei_no_467_08-11-2022.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/782/lei_no_466_08-11-2022.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/781/portaria_no_035_26-10-2022.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/780/portaria_no_034_24-10-2022.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/799/portaria_no_033_05-10-2022.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/798/portaria_no_032_03-10-2022.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/797/portaria_no_031_05-10-2022.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/796/portaria_no_030_05-10-2022.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/779/portaria_no_029_05-10-2022.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/778/portaria_no_028_23-09-2022.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/776/lei_no_465_16-09-2022.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/775/lei_no_464_16-09-2022.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/777/lei_complementar_no_25_16-09-2022.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/774/portaria_no_027_12-09-2022.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/773/portaria_no_026_12-09-2022.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/772/lei_no_463_25-08-_2022.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/771/lei_no_462_25-08-2022.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/770/lei_no_461_25-08-2022.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/768/portaria_no_025_22-08-2022.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/769/lei_no_460_27-07-2022.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/767/portaria_no_024_27-07-2022.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/764/lei_no_459_26-07-2022.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/766/portaria_no_023_05-07-2022.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/765/portaria_no_022_23-06-2022.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/763/lei_no_458_10-06-2022.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/761/lei_no_457_27-05-2022.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/762/portaria_no_021_27-05-2022.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/760/portaria_no_020_06-05-2022.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/759/portaria_no_019_02-03-2022.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/758/portaria_no_018_02-03-2022.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/757/portaria_no_017_02-03-2022.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/756/portaria_no_016_02-03-2022.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/755/portaria_no_015_02-03-2022.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/744/portaria_no_014_02-03-2022.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/743/portaria_no_013_17-02-2022.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/733/portaria_no_012__07-02-2022.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/729/lei_no_456_21-01-2022.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/728/lei_no_455_21-01-2022.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/727/lei_no_454_21-01-2022.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/726/lei_no_453_21-01-2022.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/730/portaria_no_010_22-01-2022.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/732/portaria_no_011__19-01-2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/731/portaria_no_009_17-01-2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/725/portaria_no_008_05-01-2022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/724/portaria_no_007_05-01-2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/723/portaria_no_006_05-01-2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/722/portaria_no_005_05-01-2022.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/721/portaria_no_004_04-01-2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/720/portaria_no_003_04-01-2022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/719/portaria_no_002_04-01-2022.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/718/portaria_no_001_04-01-2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/716/lei_452_2021.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/715/lei_451_2021.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/717/lei_complementar_024_2021.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/714/lei_no_450_14-12-2021.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/713/lei_no_449_14-12-2021.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/712/lei_448_2021.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/711/lei_447_2021.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/710/lei_446_2021.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/709/portaria_no_022_24-11-2021.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/620/lei_445_2021.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/619/portaria_no_021_21-10-2021.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/618/portaria_no_020_27-10-2021.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/616/lei_444_2021.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/609/lei_443_2021.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/608/lei_442_2021.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/606/lei_441_2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/605/lei_440_2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/607/lei_441_2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/610/lc_23_2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/617/portaria_no_019_16-09-2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/603/portaria_no_018_08-09-2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/600/lei_439_2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/599/lei_438_2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/598/lei_437_2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/531/lei_436_2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/552/portaria_no_017_16-07-2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/551/portaria_no_016_16-07-2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/450/lei_no_435_25-06-2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/449/lei_434_2021.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/448/lei_433_2021.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/447/lei_432_2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/446/lei_431_2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/466/portaria_no_015_26-04-2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/444/lei_430_2021.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/443/lei_429_2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/442/lei_428_2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/441/lei_427_2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/440/lei_426_2021.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/439/lei_425_2021.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/438/lei_424_2021.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/437/lei_423_2021.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/436/lei_422_2021.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/434/lei_421_2021.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/465/portaria_no_014_02-03-2021.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/464/portaria_no_013_02-03-2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/463/portaria_no_012_02-03-2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/462/portaria_no_011_02-03-2021.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/461/portaria_no_010_02-03-2021.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/433/lei_no_420_2021.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/431/lei_no_419_2021.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/435/lei_no_418_2021.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/460/portaria_no_009_22-02-2021.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/458/portaria_no_008_15-02-2021.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/457/portaria_no_007_15-02-2021.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/456/portaria_no_006_15-02-2021.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/455/portaria_no_005_08-02-2021.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/454/portaria_no_004_03-01-2021.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/453/portaria_no_003_04-01-2021.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/452/portaria_no_002_04-01-2021.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/451/portaria_no_001_04-01-2021.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/550/lei_no_417_15-12-2020.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/549/lei_no_416_15-12-2020.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/635/decreto_no_022_11-12-2020.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/634/decreto_no_021_11-12-2020.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/548/lei_no_415_27-11-2020.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/576/portaria_no_023_25-09-2020.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2021/575/portaria_no_022_25-09-2020.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/574/portaria_no_021_02-09-2020.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/573/portaria_no_020_25-11-2020.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/572/portaria_no_019_05-08-2020.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/571/portaria_no_018_05-08-2020.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/570/portaria_no_017_03-08-2020.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/547/lei_no_414_06-07-2020.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/546/lei_no_413_02-07-2020.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/569/portaria_no_016_29-06-2020.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/568/portaria_no_014_10-06-2020.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/545/lei_no_412_04-06-2020.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/544/lei_no_411_22-04-2020.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/543/lei_no_410_22-04-2020.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/542/lei_no_409_22-04-2020.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/567/portaria_no_013_06-04-2020.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/566/portaria_no_012_18-03-2020.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/633/decreto_no_020_16-03-2020.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/565/portaria_no_011_02-03-2020.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/564/portaria_no_010_02-03-2020.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/563/portaria_no_009_02-03-2020.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/562/portaria_no_008_02-03-2020.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/561/portaria_no_007_02-03-2020.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/560/portaria_no_006_21-02-2020.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/541/lei_no_408_17-02-2020.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/540/lei_407_2020.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/539/lei_no_406_17-02-2020.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/559/portaria_no_005_05-02-2020.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/558/portaria_no_004_03-01-2020.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/557/portaria_no_003_03-01-2020.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/556/portaria_no_002_02-01-2020.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2020/601/portaria_no_001_02-01-2020.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/595/portaria_no_019_25-11-2019.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/538/lei_no_405_24-12-2019.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/537/lei_404-2019_-_altera_a_lei_municipal_281.docx" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/536/lei_no_403_09-12-2019.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/594/portaria_no_018_24-10-2019.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/593/portaria_no_017_14-10-2019.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/535/lei_402_2019.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/534/lei_no_401_11-10-2019.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/533/lei_no_400_11-10-2019.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/532/lei_no_399_11-10-2019.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/530/lei_no_398_11-10-2019.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/592/portaria_no_016_11-10-2019.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/591/portaria_no_015_11-10-2019.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/590/portaria_no_014_07-10-2019.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/589/portaria_no_013_06-09-2019.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/588/portaria_no_012_06-09-2019.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/529/lei_no_397_26-08-2019.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/528/lei_396_2019.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/587/portaria_no_011_26-08-2019.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/586/portaria_no_010_26-08-2019.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/424/lei_no_395_23-08-2019.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/423/lei_n_394_2019_0001.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/421/lei_n_393_2019.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/422/lei_n_392_2019.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/414/resoluca0_no_072_23-08-2019.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/420/lei_no_391_28-06-2019.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/527/lei_391-b-2019_-_ldo-.doc" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/526/lei_390-2019-finisa.doc" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/585/portaria_no_009_16-05-2019.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/584/portaria_no_008_08-05-2019.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/524/lei_389-2019_-_altera_a_lei_384-2019.doc" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/419/lei_n_388_2019.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/417/lei_n_387_2019.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/416/lei_no_386_26-02-2019.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/415/lei_n_385_2019.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/523/lei_no_384_12-02-2019.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/583/portaria_no_007_27-02-2019.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/582/portaria_no_006_05-02-2019.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/581/portaria_no_005_05-02-2019.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/580/portaria_no_004_03-01-2019.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/579/portaria_no_003_03-01-2019.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/578/portaria_no_002_03-01-2019.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2019/577/portaria_no_001_03-01-2019.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/706/resolucao_no_071_19-11-2018.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/741/portaria_no_009_14-12-2018.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/522/lei_no_383_03-12-2018.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/521/lei_no_382_12-11-2018.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/520/lei_no_381_15-10-2018.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/519/lei_no_380_15-10-2018.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/518/lei_no_379_13-08-2018.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/517/lei_no_378_09-07-2018.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/516/lei_no_377_21-06-2018.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/742/portaria_no_008_27-03-2018.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/514/lei_no_376_12-06-2018.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/513/lei_no_375_17-04-2018.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/512/lei_no_374_16-04-2018.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/705/resolucao_no_070_13-04-2018.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/740/portaria_no_007_27-03-2018.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/511/lei_373-2018-_novembro_azul_-.doc" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/510/lei_372-2018-_outubro_rosa.doc" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/509/lei_371-2018_-_folga_no_aniversario_do_servidor.doc" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/427/lei_no_370_09-03-2018.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/739/portaria_no_006_05-02-2018.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/737/portaria_no_004_05-01-2018.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/738/portaria_no_005_12-01-2018.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/736/portaria_no_003_02-01-2018.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/735/portaria_no_002_02-01-2018.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2018/734/portaria_no_001_02-01-2018.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/508/lei_no_369_27-12-2017.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/507/lei_368-2017-ppa_2018-2021.zip" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/615/lei_complementar_no_022_27-12-2017.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/614/lei_complementar_no_021_27-12-2017.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/632/decreto_no_019_27-12-2017.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/506/lei_367-2017institui_o_pmsb.doc" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/505/lei_no_366_14-11-2017.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/704/resolucao_no_069_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/703/resolucao_no_068_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/702/resolucao_no_067_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/701/resolucao_no_066_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/700/resolucao_no_065_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/699/resolucao_no_064_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/698/resolucao_no_063_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/697/resolucao_no_062_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/696/resolucao_no_061_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/695/resolucao_no_060_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/694/resolucao_no_059_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/693/resolucao_no_058_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/692/resolucao_no_057_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/691/resolucao_no_056_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/690/resolucao_no_055_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/689/resolucao_no_054_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/688/resolucao_no_053_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/687/resolucao_no_052_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/686/resolucao_no_051_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/685/resolucao_no_050_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/684/resolucao_no_049_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/683/resolucao_no_048_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/682/resolucao_no_047_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/681/resolucao_no_046_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/680/resolucao_no_045_10-11-2017.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/504/lei_no_365_22-09-2017.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/503/lei_no_364_22-09-2017.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/502/lei_no_363_22-09-2017.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/501/lei_no_362_22-09-2017.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/500/lei_no_361_19-09-2017.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/499/lei_no_360_19-09-2017.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/498/lei_no_359_30-08-2017.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/497/lei_no_358_25-08-2017.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/631/decreto_no_018_25-08-2017.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/789/emenda_a_lei_organica_no_004-2017.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/754/portaria_no_009_22-08-2017.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/496/lei_no_357_04-08-2017.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/495/lei_no_356_04-08-2017.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/494/lei_no_355_04-08-2017.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/493/lei_no_354_04-08-2017.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/492/lei_no_353_17-07-2017.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/491/lei_no_352_17-07-2017.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/490/lei_no_351_17-07-2017.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/753/portaria_no_008_14-07-2017.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/489/lei_350-2017-_loa.doc" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/752/portaria_no_007_20-03-2017.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/488/lei_349-2017_entulhos.doc" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/413/lei_no_348_20-02-2017.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/751/portaria_no_006_08-02-2017.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/750/portaria_no_005_08-02-2017.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/749/portaria_no_004_06-02-2017.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/748/portaria_no_003_27-01-2017.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/746/portaria_no_002_02-01-2017.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/747/portaria_no_002-a_02-01-2017.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2017/745/portaria_no_001_02-01-2017.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/412/lei_no_347_19-12-2016.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/630/decreto_no_017_15-12-2016.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/629/decreto_no_016_15-12-2016.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/880/portaria_no_008_12-12-2016.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/411/lei_no_346_25-11-2016.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/410/lei_no_345_25-11-2016.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/613/lei_complementar_020-2016_-_institui_a_lei_de_incentivo_ao_microempreendedor_individual_em_25-11-2016.doc" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/409/lei_no_344_24-11-2016.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/679/resolucao_no_044_24-11-2016.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/408/lei_no_343_10-11-2016.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/407/lei_no_342_29-08-2016.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/406/lei_no_341_29-08-2016.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/405/lei_no_340_02-08-2016.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/879/portaria_no_007_29-06-2016.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/404/lei_no_339_27-06-2016.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/403/lei_no_338_27-06-2016.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/402/lei_no_337_27-06-2016.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/401/lei_no_336_10-06-2016.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/400/lei_no_335_10-06-2016.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/878/portaria_no_006_11-04-2016.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2016/399/399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2016/398/398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/877/portaria_no_005_11-02-2016.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/876/portaria_no_004_02-02-2016.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/397/lei_no_332_29-01-2016.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/396/lei_no_331_15-01-2016.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/875/portaria_no_003_14-01-2016.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/874/portaria_no_002_05-01-2016.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2016/873/portaria_no_001_05-01-2016.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/395/395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/394/394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/393/393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/392/392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/391/391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/390/390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/389/lei_no_324_24-11-2015.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/388/lei_no_323_26-10-2015.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/387/387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/386/386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/612/lei_complementar_no_019_14-09-2015.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/886/portaria_no_006_21-08-2015.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/885/portaria_no_005_13-08-2015.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/385/385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/384/384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/383/383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/382/lei_no_317_24-06-2015.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/381/lei_no_316_30-06-2015.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/380/lei_no_315_24-06-2015.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/379/lei_no_314_24-06-2015.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/378/378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/377/377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/376/376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/375/375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/374/lei_no_309_08-04-2015.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/373/373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/372/372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/371/371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/370/370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/611/lei_complementar_no_018_13-03-2015.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/884/portaria_no_004_16-02-2015.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/487/lei_no_304_11-02-2015.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/368/368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/367/367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/366/366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/365/365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/883/portaria_no_003_28-01-2015.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/364/364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/882/portaria_no_002_05-01-2015.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/881/portaria_no_001_05-01-2015.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2015/363/363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2015/998/lei_no_297_02-01-2015.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/323/323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/361/361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/360/360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/678/resolucao_no_043_17-12-2014.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/359/lei_no_294_28-11-2014.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/358/358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/677/resolucao_no_042_14-11-2014.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/676/resolucao_no_041_14-11-2014.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/675/resolucao_no_040_14-11-2014.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/674/resolucao_no_039_14-11-2014.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/673/resolucao_no_038_14-11-2014.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/892/portaria_no_006_05-11-2014.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/672/resolucao_no_037_24-10-2014.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/357/357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/356/356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/355/355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/354/354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/353/353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/352/352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/351/351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/350/lei_no_285_25-07-2014.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/349/349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/891/portaria_no_005_26-06-2014.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/794/decreto_legislativo_no_015_17-06-2014.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/348/348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/347/347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/346/346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/890/portaria_no_004_31-03-2014.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/345/345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/344/344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/343/343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2014/342/342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/889/portaria_no_003_12-02-2014.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/888/portaria_no_002_13-01-2014.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2014/887/portaria_no_001_02-01-2014.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/315/lei_no_276_17-12-2013.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/314/lei_no_275_17-12-2013.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/313/313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/312/312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/311/311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/316/316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/485/lei_no_270_19-11-2013.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/899/portaria_no_006_05-11-2013.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/310/310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/309/309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/308/lei_no_267_25-10-2013.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/307/lei_no_266_11-10-2013.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/898/portaria_no_005_25-09-2013.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/897/portaria_no_004_01-08-2013.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/484/lei_no_265_30-07-2013.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/483/lei_no_264_30-07-2013.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/482/lei_no_263_30-07-2013.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/481/lei_no_262_30-07-2013.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/285/285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/286/286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/287/287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/288/lei_no_258_21-06-2013.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/628/decreto_no_014_18-06-2013.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/793/decreto_legislativo_no_013_18-06-2013.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/896/portaria_no_003_22-05-2013.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/895/portaria_no_002-a_02-05-2013.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/894/portaria_no_002_07-03-2013.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/289/289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/282/lei_no_256_01-03-2013.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/283/283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/284/lei_no_254_01-03-2013.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2013/893/portaria_no_001_19-02-2013.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/291/lei_no_253_26-12-2012.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/671/resolucao_no_036_18-12-2012.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2022/792/decreto_legislativo_no_012_17-12-2012.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/824/portaria_no_015_17-10-2012.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/303/303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/823/portaria_no_014_14-09-2012.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/822/portaria_no_013_13-09-2012.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/821/portaria_no_012_13-09-2012.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/820/portaria_no_011_03-09-2012.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/819/portaria_no_010_03-09-2012.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/304/lei_no_251_16-07-2012.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/818/portaria_no_009_03-07-2012.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/817/portaria_no_008_03-07-2012.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/816/portaria_no_007_28-06-2012.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/815/portaria_no_006_27-06-2012.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/300/300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/301/301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/302/302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/290/lei_no_247_18-06-2012.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/318/318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/814/portaria_no_005_28-05-2012.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/317/317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/299/299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/813/portaria_no_004_10-04-2012.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/305/305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/292/292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/293/293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/294/294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2013/295/295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/296/296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/670/resolucao_no_035_23-03-2012.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/812/portaria_no_003-a_23-03-2012.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/795/decreto_legislativo_no_011_22-03-2012.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/627/decreto_no_010_22-03-2012.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/297/297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/811/portaria_no_003_10-02-2012.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/298/298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/810/portaria_no_002_16-01-2012.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2012/809/portaria_no_001_02-01-2012.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1033/portaria_no_014_28-12-2011.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/838/portaria_no_013_28-12-2011.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1017/lei_no_237_26-12-2011.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1016/lei_no_236_26-12-2011.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1015/lei_no_235_26-12-2011.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1014/lei_no_234_26-12-2011.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/837/portaria_no_012_20-12-2011.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/836/portaria_no_011_16-12-2011.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1013/lei_no_233_01-12-2011.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2011/322/322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2011/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1012/lei_no_232_18-11-2011.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1011/lei_no_231_21-10-2011.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1010/lei_no_230_03-10-2011.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1009/lei_no_229_23-09-2011.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1008/lei_no_228_16-08-2011.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1007/lei_no_227_16-08-2011.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2011/321/321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1006/lei_no_226_12-08-2011.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1005/lei_no_225_12-08-2011.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/1004/lei_no_224_12-08-2011.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/835/portaria_no_010_07-06-2011.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/22/lei_no_223_02-06-2011.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/21/lei_no_222_02-06-2011.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2011/333/333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/626/decreto_no_09_17-05-2011.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/791/decreto_legislativo_no_008_17-05-2011.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/833/portaria_no_008_10-05-2011.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/834/portaria_no_009_02-05-2011.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/20/lei_no_221_28-04-2011.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/625/decreto_no_07_7-04-2011.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/832/portaria_no_007_30-03-2011.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/831/portaria_no_006_30-03-2011.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/830/portaria_no_005_30-03-2011.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/829/portaria_no_004_10-03-2011.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/828/portaria_no_003_10-03-2011.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/827/portaria_no_002_10-02-2011.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2011/826/portaria_no_001_06-01-2011.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/19/lei_no_220_23-12-2010.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/18/lei_no_219_23-12-2010.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2010/332/332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/847/portaria_no_009_22-12-2010.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/4/lei_no_218_13-12-2010.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/23/lei_no_217_06-12-2010.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/6/lei_no_216_06-12-2010.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/846/portaria_no_008_02-12-2010.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/5/lei_no_215_26-11-2010.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/7/lei_no_214_19-11-2010.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/17/lei_no_212_27-10-2010.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/16/lei_no_211_27-10-2010.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/15/lei_no_210_27-10-2010.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/14/lei_no_209_27-10-2010.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/13/lei_no_208_01-09-2010.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/845/portaria_no_007_31-08-2010.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/12/lei_no_207_19-08-2010.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/844/portaria_no_006_20-07-2010.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/11/lei_no_206_16-07-2010.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/10/lei_no_205_16-07-2010.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/790/decreto_legislativo_no_006-2010.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/843/portaria_no_005_29-03-2010.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/842/portaria_no_004_12-03-2010.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/9/lei_no_204_04-03-2010.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/8/lei_no_203_18-02-2010.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/841/portaria_no_003_09-02-2010.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/840/portaria_no_002_05-01-2010.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2010/839/portaria_no_001_04-01-2010.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/1018/lei_no_202_28-12-2009.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/24/lei_no_201_28-12-2009.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/33/lei_no_200_17-12-2009.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/669/resolucao_no_034_17-12-2009.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/668/resolucao_no_033_17-12-2009.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/667/resolucao_no_032_17-12-2009.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/666/resolucao_no_031_17-12-2009.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/665/resolucao_no_030_17-12-2009.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/664/resolucao_no_029_17-12-2009.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/663/resolucao_no_028_17-12-2009.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/852/portaria_no_005_-_a_04-12-2009.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/32/lei_no_199_19-11-2009.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/31/lei_no_198_19-11-2009.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2009/320/320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2009/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/29/lei_no_196_01-10-2009.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/624/decreto_no_05_7-30-09-2009.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2009/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2012/319/319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/851/portaria_no_005_01-09-2009.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/27/lei_no_194_20-08-2009.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2009/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/850/portaria_no_004_17-08-2009.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/849/portaria_no_002_03-06-2009.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/596/lei_no_192a_29-05-2009.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2009/848/portaria_no_001_09-02-2009.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/597/lei_no_192_23-12-2008.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/662/resolucao_no_027_06-11-2008.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/860/portaria_no_007_04-12-2008.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/859/portaria_no_006-a_04-12-2008.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/1032/portaria_no_006-a_04-12-2008.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/39/lei_no_191_02-12-2008.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/38/lei_no_190_01-09-2008.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/37/lei_no_189_30-07-2008.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2008/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2008/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/331/lei_complementar_no_008_16-06-2008.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/858/portaria_no_006_10-03-2008.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/855/portaria_no_003_19-02-2008.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/857/portaria_no_005_15-02-2008.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/856/portaria_no_004_15-02-2008.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/34/lei_no_186_01-02-2008.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/854/portaria_no_002_21-01-2008.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2008/853/portaria_no_001_02-01-2008.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/49/lei_no_185_28-12-2007.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/48/lei_no_184_28-12-2007.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/47/lei_no_183_16-12-2007.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/46/lei_no_182_26-10-2007.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/45/lei_no_181_14-09-2007.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/44/lei_no_180_14-09-2007.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/661/resoluca0_no_026_13-09-2007.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/43/lei_no_179_20-07-2007.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/865/portaria_no_005_16-07-2007.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/864/portaria_no_004_16-07-2007.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/330/lei_complementar_no_007_01-06-2007.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/42/lei_no_178_30-05-2007.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/41/lei_no_177_30-05-2007.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/40/lei_no_176_15-05-2007.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/863/portaria_no_003_14-04-2007.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/862/portaria_no_002_09-02-2007.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2007/861/portaria_no_001_02-01-2007.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/63/lei_no_175_27-11-2006.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/62/lei_no_174_03-10-2006.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/872/portaria_no_007_31-08-2006.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/61/lei_no_173_29-08-2006.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/60/lei_no_172_29-08-2006.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/59/lei_no_171_29-08-2006.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/58/lei_no_170_26-06-2006.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/871/portaria_no_006_22-06-2006.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/57/lei_no_169_06-06-2006.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/56/lei_no_168_06-06-2006.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/55/lei_no_167_06-06-2006.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/54/lei_no_166_06-06-2006.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/53/lei_no_165_06-06-2006.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/870/portaria_no_005_11-05-2006.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/52/lei_no_164_03-05-2006.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/51/lei_no_163_03-05-2006.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/869/portaria_no_004_03-04-2006.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/868/portaria_no_003_17-04-2006.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/50/lei_no_162_13-03-2006.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/867/portaria_no_002_10-02-2006.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2006/866/portaria_no_001_03-01-2006.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/77/lei_no_161_12-12-2005.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/76/lei_no_160_12-12-2005.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/75/lei_no_159_12-12-2005.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/660/resolucao_no_025_07-12-2005.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/786/emenda_a_lei_organica_no_003-2005.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/74/lei_no_158_31-10-2005.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/73/lei_no_157_19-09-2005.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/623/decreto_no_04_7-09-09-2005.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/72/lei_no_156_29-08-2005.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/71/lei_no_155_29-08-2005.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/70/lei_no_154_24-08-2005.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/69/lei_no_153_11-07-2005.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/68/lei_no_152_11-07-2005.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/67/lei_no_151_17-06-2005.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/66/lei_no_150_16-06-2005.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/65/lei_no_149_06-06-2005.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/903/portaria_no_004_30-05-2005.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/64/lei_no_148_11-05-2005.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/902/portaria_no_003_02-03-2005.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/901/portaria_no_002_02-03-2005.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/659/resolucao_no_024_25-02-2005.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2005/900/portaria_no_001_13-02-2005.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/91/lei_no_147_14-12-2004.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/90/lei_no_146_14-12-2004.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/89/lei_no_145_14-12-2004.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/88/lei_no_144_14-12-2004.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/87/lei_no_143_14-12-2004.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/86/lei_no_142_14-12-2004.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/85/lei_no_141_03-12-2004.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/84/lei_no_140_03-12-2004.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/83/lei_no_139_08-11-2004.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/920/portaria_no_016_05-11-2004.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/919/portaria_no_015_28-10-2004.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/918/portaria_no_014_01-10-2004.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/917/portaria_no_013_03-09-2004.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/916/portaria_no_012_31-08-2004.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/915/portaria_no_011_31-08-2004.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/477/lei_no_138_27-06-2004.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/81/lei_no_137_27-07-2004.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/80/lei_no_136_26-07-2004.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/914/portaria_no_010_24-06-2004.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/913/portaria_no_009_12-05-2004.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/912/portaria_no_008_06-05-2004.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/79/lei_no_135_30-04-2004.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/911/portaria_no_007_29-04-2004.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/78/lei_no_134_07-04-2004.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/910/portaria_no_006_30-03-2004.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/909/portaria_no_005_29-03-2004.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/908/portaria_no_004_26-03-2004.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/906/portaria_no_003_04-03-2004.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/907/portaria_no_003-a_04-03-2004.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/905/portaria_no_002_19-02-2004.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2004/904/portaria_no_001_13-02-2004.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/111/lei_no_133_31-12-2003.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/110/lei_no_132_31-12-2003.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/109/lei_no_131_31-12-2003.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/931/portaria_no_012_31-12-2003.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/930/portaria_no_011_31-12-2003.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/329/lei_complementar_no_006_31-12-2003.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/108/lei_no_130_18-12-2003.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/107/lei_no_129_16-12-2003.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/929/portaria_no_010_12-12-2003.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/106/lei_no_128_27-10-2003.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/928/portaria_no_009_24-10-2003.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/927/portaria_no_008_20-08-2003.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/105/lei_no_127_19-08-2003.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/658/resolucao_no_023_19-08-2003.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/104/lei_no_126_26-07-2003.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/103/lei_no_125_15-07-2003.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/102/lei_no_124_14-07-2003.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/101/lei_no_123_14-07-2003.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/926/indicacao_no_006-2003.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/657/resolucao_no_022_27-06-2003.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/100/lei_no_122_18-06-2003.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/925/indicacao_no_005-2003.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/2003/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/924/indicacao_no_004-2003.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/98/lei_no_120_16-05-2003.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/923/portaria_no_003_01-04-2006.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/97/lei_no_119_31-03-2003.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/96/lei_no_118_31-03-2003.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/95/lei_no_117_31-03-2003.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/94/lei_no_116_14-03-2003.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/93/lei_no_115_14-03-2003.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/92/lei_no_114_14-03-2003.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/656/resolucao_no_021_14-03-2003.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/922/indicacao_no_002-2003.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2003/921/indicacao_no_001-2003.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/121/lei_no_113_31-12-2002.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/949/portaria_no_016_29-12-2002.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/948/portaria_no_015_23-12-2002.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/947/portaria_no_014_13-12-2002.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/946/portaria_no_013_13-12-2002.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/120/lei_no_112_12-12-2002.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/945/portaria_no_012_31-10-2002.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/119/lei_no_111_13-09-2002.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/944/portaria_no_011_12-08-2002.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/943/portaria_no_010_09-08-2002.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/118/lei_no_110_11-07-2002.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/117/lei_no_109_28-06-2002.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/116/lei_no_108_21-06-2002.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/328/lei_complementar_no_005-2002.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/654/resolucao_no_020_24-05-2002.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/788/emenda_a_lei_organica_no_002-2002.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/942/portaria_no_009_30-04-2002.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/941/portaria_no_008_22-04-2002.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/940/portaria_no_007_15-04-2002.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/115/lei_no_107_12-04-2002.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/939/portaria_no_006_11-04-2002.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/114/lei_no_106_27-03-2002.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/113/lei_no_105_21-03-2002.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/938/portaria_no_005_11-03-2002.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/937/portaria_no_004_14-02-2002.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/936/portaria_no_003_14-02-2002.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/112/lei_no_104_17-01-2002.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/935/portaria_no_002_03-01-2002.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2002/934/portaria_no_001_02-01-2002.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/958/portaria_no_010_28-12-2001.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/136/lei_no_102_29-11-2001.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/957/portaria_no_009_14-12-2001.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/135/lei_no_102_29-11-2001.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/134/lei_no_101_23-11-2001.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/653/resolucao_no_019_23-11-2001.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/133/lei_no_100_16-11-2001.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/956/portaria_no_008_14-11-2001.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/132/lei_no_099_01-10-2001.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/131/lei_no_098_01-10-2001.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/955/portaria_no_007_01-10-2001.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/622/decreto_no_03_28-09-2001.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/652/resolucao_no_018_27-09-2001.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/954/portaria_no_006_03-09-2001.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/953/portaria_no_005_31-08-2001.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/130/lei_no_097_10-08-2001.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/129/lei_no_096_10-08-2001.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/327/lei_complementar_no_004-2001.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/952/portaria_no_004_30-07-2001.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/128/lei_no_095_06-07-2001.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/951/portaria_no_003_29-06-2001.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/651/resolucao_no_017_14-05-2001.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/127/lei_no_094_27-04-2001.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/126/lei_no_093_27-04-2001.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/125/lei_no_092_27-04-2001.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/124/lei_no_091_10-04-2001.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/123/lei_no_090_25-01-2001.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/1019/lei_no_090-a_25-01-2001.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/122/lei_no_089_25-01-2001.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2001/950/portaria_no_001_09-01-2001.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/963/portaria_no_006_29-12-2000.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/962/portaria_no_005_18-12-2000.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/650/resolucao_no_016_15-12-2000.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/156/lei_no_088-2000.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/649/resolucao_no_015_18-08-2000.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/961/portaria_no_004_30-06-2000.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/155/lei_no_087-2000.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/154/lei_no_086-2000.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/153/lei_no_085-2000.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/152/lei_no_084-2000.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/151/lei_no_083-2000.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/150/lei_no_082-2000.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/149/lei_no_081-2000.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/148/lei_no_080-2000.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/554/decreto_no_02_26-05-2000.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/147/lei_no_079-2000.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/146/lei_no_078-2000.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/145/lei_no_076-2000.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/144/lei_no_076-2000.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/143/lei_no_075-2000.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/142/lei_no_074-2000.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/141/lei_no_073-2000.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/140/lei_no_072-2000.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/139/lei_no_071-2000.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/138/lei_no_070-2000.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/960/portaria_no_003_11-02-2000.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/2000/959/portaria_no_001_02-01-2000.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/476/lei_no_069-1999.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/969/portaria_no_006_20-12-1999.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/787/emenda_a_lei_organica_no_001-1999.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/648/resolucao_no_014_15-12-1999.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/471/lei_no_066-1999.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/243/lei_no_068-1999.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/242/lei_no_067-1999.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/240/lei_no_065-1999.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/647/resolucao_no_013_10-12-1999.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/646/resolucao_no_012_25-11-1999.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/968/portaria_no_005_16-11-1999.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/967/portaria_no_004_12-11-1999.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/966/portaria_no_003_14-10-1999.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/645/resolucao_no_011_14-09-1999.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/965/portaria_no_002_01-07-1999.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/479/lei_64_25-06-1999.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/474/lei_no_063_22-06-1999.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/237/lei_no_062-1999.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/236/lei_no_061-1999.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/235/lei_no_060-1999.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/326/lei_complementar_no_003-1999.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/964/portaria_no_001_09-02-1999.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1999/473/lei_no_059_12-01-1999.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/233/lei_no_058-1998.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/232/lei_no_057-1998.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/231/lei_no_056-1998.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/230/lei_no_055-1998.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/229/lei_no_054-1998.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/644/resolucao_no_010_17-12-1998.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/987/portaria_no_018_10-12-1998.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/468/lei_no_053-1998.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/432/lei_no_052-1998.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/986/portaria_no_016_27-07-1998.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/226/lei_no_051-1998.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/225/lei_no_050-1998.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/224/lei_no_049-1998.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/223/lei_no_048-1998.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/985/portaria_no_016_27-07-1998.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/222/lei_no_047-1998.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/221/lei_no_046-1998.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/984/portaria_no_015_26-06-1998.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/983/portaria_no_014_25-05-1998.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/220/lei_no_045-1998.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/219/lei_no_044-1998.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/982/portaria_no_013_20-04-1998.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/981/portaria_no_012_20-03-1998.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/218/lei_no_043-1998.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/216/lei_no_042-1998.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/643/resolucao_no_009_27-10-1997.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/980/portaria_no_011_03-03-1998.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/979/portaria_no_010_03-03-1998.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/978/portaria_no_009_03-03-1998.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/977/portaria_no_008_03-03-1998.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/976/portaria_no_007_03-03-1998.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/975/portaria_no_006_03-03-1998.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/974/portaria_no_005_03-03-1998.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/973/portaria_no_004_03-03-1998.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/972/portaria_no_003_03-03-1998.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/971/portaria_no_002_17-02-1998.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/469/lei_no_041-1998.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1998/970/portaria_no_001_02-01-1998.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/467/lei_no_040_29-12-1997.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/325/lei_complementar_no_002-1997.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/324/lei_complementar_no_001-1997.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/642/resolucao_no_008_11-12-1997.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/278/278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/277/277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/276/276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/275/275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/655/resolucao_no_007-1997_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/708/resolucao_no_007__27-10-1997regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/274/274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/273/273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/272/272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/997/portaria_no_011_22-09-1997.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/271/271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/996/portaria_no_010_08-09-1997.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/270/270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/269/269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/268/268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/267/267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/266/266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/265/265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/264/264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/263/263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/262/262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/261/261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/158/lei_organica_assinada.pdf" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/641/resolucao_no_006_12-06-1997.pdf" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/260/260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/259/259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/995/portaria_no_009_22-05-1997.pdf" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/994/portaria_no_008_22-05-1997.pdf" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/993/portaria_no_007_22-05-1997.pdf" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/258/258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/992/portaria_no_006_02-05-1997.pdf" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/640/resolucao_no_005_02-05-1997.pdf" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/991/portaria_no_005_02-05-1997.pdf" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/257/257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/256/256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/639/resolucao_no_004_17-03-1997.pdf" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/990/portaria_no_004_17-03-1997.pdf" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/638/resoluca0_no_003_17-03-1997.pdf" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/637/resoluca0_no_002_17-03-1997.pdf" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/989/portaria_no_003_10-03-1997.pdf" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/255/255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/254/254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/1030/portaria_no_002_19-02-1997.pdf" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/253/253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/252/252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/251/251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/250/250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/553/decreto_no_01_18-02-1997.pdf" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/988/portaria_no_001_17-02-1997.pdf" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/1022/resoluca0_no_001_12-02-1997.pdf" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/249/249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/248/248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/247/247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/246/246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/245/245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/244/244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/217/217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/./sapl/public/normajuridica/1997/215/215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/459/lei_no_002-1997.pdf" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.natalandia.mg.leg.br/media/sapl/public/normajuridica/1997/212/lei_no_001-1997.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G1091"/>
+  <dimension ref="A1:G1115"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="33.7109375" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="172.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="171.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -10066,25021 +10258,25573 @@
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
         <v>10</v>
       </c>
       <c r="E5" t="s">
         <v>11</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>26</v>
       </c>
       <c r="B6" t="s">
+        <v>8</v>
+      </c>
+      <c r="C6" t="s">
         <v>27</v>
       </c>
-      <c r="C6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D6" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E6" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B7" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="C7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D7" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E7" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B8" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="C8" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D8" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E8" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G8" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B9" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="C9" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D9" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E9" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="G9" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B10" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="C10" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="G10" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="B11" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="C11" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="G11" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="C12" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="D12" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E12" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="G12" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B13" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="C13" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D13" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E13" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G13" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B14" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="C14" t="s">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="D14" t="s">
-        <v>58</v>
+        <v>10</v>
       </c>
       <c r="E14" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>60</v>
       </c>
       <c r="G14" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>62</v>
       </c>
       <c r="B15" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="C15" t="s">
         <v>63</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
         <v>11</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>64</v>
       </c>
       <c r="G15" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>66</v>
       </c>
       <c r="B16" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="C16" t="s">
         <v>67</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>68</v>
       </c>
       <c r="G16" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>70</v>
       </c>
       <c r="B17" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="C17" t="s">
         <v>71</v>
       </c>
       <c r="D17" t="s">
         <v>10</v>
       </c>
       <c r="E17" t="s">
         <v>11</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>72</v>
       </c>
       <c r="G17" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>74</v>
       </c>
       <c r="B18" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="C18" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D18" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E18" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="G18" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B19" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="C19" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D19" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E19" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="G19" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B20" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="C20" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D20" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E20" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="G20" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B21" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="C21" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E21" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="G21" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B22" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="C22" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D22" t="s">
         <v>10</v>
       </c>
       <c r="E22" t="s">
         <v>11</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="G22" t="s">
-        <v>69</v>
+        <v>94</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B23" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="C23" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="D23" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E23" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="G23" t="s">
-        <v>69</v>
+        <v>98</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B24" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="C24" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="D24" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E24" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="G24" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="B25" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="C25" t="s">
-        <v>36</v>
+        <v>104</v>
       </c>
       <c r="D25" t="s">
-        <v>101</v>
+        <v>28</v>
       </c>
       <c r="E25" t="s">
-        <v>102</v>
+        <v>29</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="G25" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B26" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="C26" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="D26" t="s">
         <v>10</v>
       </c>
       <c r="E26" t="s">
         <v>11</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="G26" t="s">
-        <v>108</v>
+        <v>94</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B27" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="C27" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D27" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E27" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="G27" t="s">
-        <v>112</v>
+        <v>94</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>113</v>
       </c>
       <c r="B28" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="C28" t="s">
         <v>114</v>
       </c>
       <c r="D28" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E28" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G28" t="s">
-        <v>34</v>
+        <v>116</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B29" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="C29" t="s">
-        <v>63</v>
+        <v>118</v>
       </c>
       <c r="D29" t="s">
-        <v>58</v>
+        <v>28</v>
       </c>
       <c r="E29" t="s">
-        <v>59</v>
+        <v>29</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="G29" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B30" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="C30" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="D30" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E30" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="G30" t="s">
-        <v>99</v>
+        <v>124</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="B31" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="C31" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="D31" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E31" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="G31" t="s">
-        <v>125</v>
+        <v>98</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B32" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="C32" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="D32" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E32" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="G32" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="B33" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="C33" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="D33" t="s">
         <v>10</v>
       </c>
       <c r="E33" t="s">
         <v>11</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="G33" t="s">
-        <v>34</v>
+        <v>94</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="B34" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="C34" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="D34" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E34" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="G34" t="s">
-        <v>135</v>
+        <v>94</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B35" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="C35" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="D35" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E35" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="G35" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B36" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="C36" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="D36" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E36" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="G36" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B37" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="C37" t="s">
-        <v>145</v>
+        <v>136</v>
       </c>
       <c r="D37" t="s">
-        <v>49</v>
+        <v>147</v>
       </c>
       <c r="E37" t="s">
-        <v>50</v>
+        <v>148</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="G37" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B38" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="C38" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="D38" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E38" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="G38" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="B39" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="C39" t="s">
-        <v>67</v>
+        <v>156</v>
       </c>
       <c r="D39" t="s">
-        <v>58</v>
+        <v>10</v>
       </c>
       <c r="E39" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="G39" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="B40" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="C40" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="D40" t="s">
         <v>10</v>
       </c>
       <c r="E40" t="s">
         <v>11</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="G40" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="B41" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="C41" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="D41" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E41" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="G41" t="s">
-        <v>125</v>
+        <v>98</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="B42" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="C42" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="D42" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E42" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="G42" t="s">
-        <v>125</v>
+        <v>169</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="B43" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="C43" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="D43" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E43" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="G43" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="B44" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="C44" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="D44" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E44" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="G44" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B45" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="C45" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="D45" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E45" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="G45" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="B46" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="C46" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="D46" t="s">
         <v>10</v>
       </c>
       <c r="E46" t="s">
         <v>11</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="G46" t="s">
-        <v>180</v>
+        <v>158</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="B47" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="C47" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="D47" t="s">
         <v>10</v>
       </c>
       <c r="E47" t="s">
         <v>11</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="G47" t="s">
-        <v>184</v>
+        <v>158</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="B48" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="C48" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="D48" t="s">
         <v>10</v>
       </c>
       <c r="E48" t="s">
         <v>11</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="G48" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="B49" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="C49" t="s">
-        <v>9</v>
+        <v>108</v>
       </c>
       <c r="D49" t="s">
-        <v>10</v>
+        <v>192</v>
       </c>
       <c r="E49" t="s">
-        <v>11</v>
+        <v>193</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="G49" t="s">
-        <v>34</v>
+        <v>195</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="B50" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="C50" t="s">
-        <v>15</v>
+        <v>197</v>
       </c>
       <c r="D50" t="s">
         <v>10</v>
       </c>
       <c r="E50" t="s">
         <v>11</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>191</v>
+        <v>198</v>
       </c>
       <c r="G50" t="s">
-        <v>34</v>
+        <v>199</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>192</v>
+        <v>200</v>
       </c>
       <c r="B51" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="C51" t="s">
-        <v>19</v>
+        <v>201</v>
       </c>
       <c r="D51" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E51" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>193</v>
+        <v>202</v>
       </c>
       <c r="G51" t="s">
-        <v>21</v>
+        <v>203</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>194</v>
+        <v>204</v>
       </c>
       <c r="B52" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="C52" t="s">
-        <v>23</v>
+        <v>205</v>
       </c>
       <c r="D52" t="s">
         <v>10</v>
       </c>
       <c r="E52" t="s">
         <v>11</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>195</v>
+        <v>206</v>
       </c>
       <c r="G52" t="s">
-        <v>196</v>
+        <v>94</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>197</v>
+        <v>207</v>
       </c>
       <c r="B53" t="s">
-        <v>198</v>
+        <v>75</v>
       </c>
       <c r="C53" t="s">
-        <v>39</v>
+        <v>152</v>
       </c>
       <c r="D53" t="s">
-        <v>101</v>
+        <v>147</v>
       </c>
       <c r="E53" t="s">
-        <v>102</v>
+        <v>148</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>199</v>
+        <v>208</v>
       </c>
       <c r="G53" t="s">
-        <v>200</v>
+        <v>209</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>201</v>
+        <v>210</v>
       </c>
       <c r="B54" t="s">
-        <v>198</v>
+        <v>75</v>
       </c>
       <c r="C54" t="s">
-        <v>202</v>
+        <v>211</v>
       </c>
       <c r="D54" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E54" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>203</v>
+        <v>212</v>
       </c>
       <c r="G54" t="s">
-        <v>204</v>
+        <v>17</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>205</v>
+        <v>213</v>
       </c>
       <c r="B55" t="s">
-        <v>198</v>
+        <v>75</v>
       </c>
       <c r="C55" t="s">
-        <v>206</v>
+        <v>214</v>
       </c>
       <c r="D55" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E55" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>207</v>
+        <v>215</v>
       </c>
       <c r="G55" t="s">
-        <v>208</v>
+        <v>13</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="B56" t="s">
-        <v>198</v>
+        <v>75</v>
       </c>
       <c r="C56" t="s">
-        <v>210</v>
+        <v>217</v>
       </c>
       <c r="D56" t="s">
-        <v>211</v>
+        <v>10</v>
       </c>
       <c r="E56" t="s">
-        <v>212</v>
+        <v>11</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="G56" t="s">
-        <v>214</v>
+        <v>13</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B57" t="s">
-        <v>198</v>
+        <v>75</v>
       </c>
       <c r="C57" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="D57" t="s">
-        <v>211</v>
+        <v>10</v>
       </c>
       <c r="E57" t="s">
-        <v>212</v>
+        <v>11</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="G57" t="s">
-        <v>218</v>
+        <v>94</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="B58" t="s">
-        <v>198</v>
+        <v>75</v>
       </c>
       <c r="C58" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="D58" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E58" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="G58" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="B59" t="s">
-        <v>198</v>
+        <v>75</v>
       </c>
       <c r="C59" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="D59" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E59" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="G59" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="B60" t="s">
-        <v>198</v>
+        <v>75</v>
       </c>
       <c r="C60" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="D60" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E60" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="G60" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="B61" t="s">
-        <v>198</v>
+        <v>75</v>
       </c>
       <c r="C61" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="D61" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E61" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="G61" t="s">
-        <v>234</v>
+        <v>35</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="B62" t="s">
-        <v>198</v>
+        <v>75</v>
       </c>
       <c r="C62" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="D62" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E62" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="G62" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B63" t="s">
-        <v>198</v>
+        <v>75</v>
       </c>
       <c r="C63" t="s">
-        <v>240</v>
+        <v>156</v>
       </c>
       <c r="D63" t="s">
-        <v>211</v>
+        <v>147</v>
       </c>
       <c r="E63" t="s">
-        <v>212</v>
+        <v>148</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="G63" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B64" t="s">
-        <v>198</v>
+        <v>75</v>
       </c>
       <c r="C64" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D64" t="s">
-        <v>211</v>
+        <v>10</v>
       </c>
       <c r="E64" t="s">
-        <v>212</v>
+        <v>11</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="G64" t="s">
-        <v>246</v>
+        <v>57</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
         <v>247</v>
       </c>
       <c r="B65" t="s">
-        <v>198</v>
+        <v>75</v>
       </c>
       <c r="C65" t="s">
+        <v>9</v>
+      </c>
+      <c r="D65" t="s">
+        <v>10</v>
+      </c>
+      <c r="E65" t="s">
+        <v>11</v>
+      </c>
+      <c r="F65" s="1" t="s">
         <v>248</v>
       </c>
-      <c r="D65" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G65" t="s">
-        <v>250</v>
+        <v>13</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="B66" t="s">
-        <v>198</v>
+        <v>75</v>
       </c>
       <c r="C66" t="s">
-        <v>252</v>
+        <v>15</v>
       </c>
       <c r="D66" t="s">
-        <v>211</v>
+        <v>10</v>
       </c>
       <c r="E66" t="s">
-        <v>212</v>
+        <v>11</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="G66" t="s">
-        <v>254</v>
+        <v>13</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="B67" t="s">
-        <v>198</v>
+        <v>75</v>
       </c>
       <c r="C67" t="s">
-        <v>256</v>
+        <v>19</v>
       </c>
       <c r="D67" t="s">
-        <v>211</v>
+        <v>10</v>
       </c>
       <c r="E67" t="s">
-        <v>212</v>
+        <v>11</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="G67" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="B68" t="s">
-        <v>198</v>
+        <v>75</v>
       </c>
       <c r="C68" t="s">
-        <v>260</v>
+        <v>23</v>
       </c>
       <c r="D68" t="s">
-        <v>211</v>
+        <v>10</v>
       </c>
       <c r="E68" t="s">
-        <v>212</v>
+        <v>11</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>261</v>
+        <v>255</v>
       </c>
       <c r="G68" t="s">
-        <v>262</v>
+        <v>256</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>263</v>
+        <v>257</v>
       </c>
       <c r="B69" t="s">
-        <v>198</v>
+        <v>75</v>
       </c>
       <c r="C69" t="s">
-        <v>264</v>
+        <v>45</v>
       </c>
       <c r="D69" t="s">
-        <v>211</v>
+        <v>10</v>
       </c>
       <c r="E69" t="s">
-        <v>212</v>
+        <v>11</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>265</v>
+        <v>258</v>
       </c>
       <c r="G69" t="s">
-        <v>266</v>
+        <v>259</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>267</v>
+        <v>260</v>
       </c>
       <c r="B70" t="s">
-        <v>198</v>
+        <v>75</v>
       </c>
       <c r="C70" t="s">
-        <v>268</v>
+        <v>49</v>
       </c>
       <c r="D70" t="s">
-        <v>211</v>
+        <v>10</v>
       </c>
       <c r="E70" t="s">
-        <v>212</v>
+        <v>11</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>269</v>
+        <v>261</v>
       </c>
       <c r="G70" t="s">
-        <v>270</v>
+        <v>262</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>271</v>
+        <v>263</v>
       </c>
       <c r="B71" t="s">
-        <v>198</v>
+        <v>75</v>
       </c>
       <c r="C71" t="s">
-        <v>272</v>
+        <v>52</v>
       </c>
       <c r="D71" t="s">
-        <v>211</v>
+        <v>10</v>
       </c>
       <c r="E71" t="s">
-        <v>212</v>
+        <v>11</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>273</v>
+        <v>264</v>
       </c>
       <c r="G71" t="s">
-        <v>274</v>
+        <v>265</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>275</v>
+        <v>266</v>
       </c>
       <c r="B72" t="s">
-        <v>198</v>
+        <v>75</v>
       </c>
       <c r="C72" t="s">
-        <v>276</v>
+        <v>55</v>
       </c>
       <c r="D72" t="s">
-        <v>211</v>
+        <v>10</v>
       </c>
       <c r="E72" t="s">
-        <v>212</v>
+        <v>11</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>277</v>
+        <v>267</v>
       </c>
       <c r="G72" t="s">
-        <v>278</v>
+        <v>94</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>279</v>
+        <v>268</v>
       </c>
       <c r="B73" t="s">
-        <v>198</v>
+        <v>75</v>
       </c>
       <c r="C73" t="s">
-        <v>280</v>
+        <v>59</v>
       </c>
       <c r="D73" t="s">
-        <v>211</v>
+        <v>10</v>
       </c>
       <c r="E73" t="s">
-        <v>212</v>
+        <v>11</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>281</v>
+        <v>269</v>
       </c>
       <c r="G73" t="s">
-        <v>282</v>
+        <v>94</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>283</v>
+        <v>270</v>
       </c>
       <c r="B74" t="s">
-        <v>198</v>
+        <v>75</v>
       </c>
       <c r="C74" t="s">
-        <v>284</v>
+        <v>63</v>
       </c>
       <c r="D74" t="s">
-        <v>211</v>
+        <v>10</v>
       </c>
       <c r="E74" t="s">
-        <v>212</v>
+        <v>11</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>285</v>
+        <v>271</v>
       </c>
       <c r="G74" t="s">
-        <v>286</v>
+        <v>94</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>287</v>
+        <v>272</v>
       </c>
       <c r="B75" t="s">
-        <v>198</v>
+        <v>75</v>
       </c>
       <c r="C75" t="s">
-        <v>288</v>
+        <v>67</v>
       </c>
       <c r="D75" t="s">
-        <v>211</v>
+        <v>10</v>
       </c>
       <c r="E75" t="s">
-        <v>212</v>
+        <v>11</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>289</v>
+        <v>273</v>
       </c>
       <c r="G75" t="s">
-        <v>218</v>
+        <v>69</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>290</v>
+        <v>274</v>
       </c>
       <c r="B76" t="s">
-        <v>198</v>
+        <v>75</v>
       </c>
       <c r="C76" t="s">
-        <v>291</v>
+        <v>71</v>
       </c>
       <c r="D76" t="s">
         <v>10</v>
       </c>
       <c r="E76" t="s">
         <v>11</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>292</v>
+        <v>275</v>
       </c>
       <c r="G76" t="s">
-        <v>293</v>
+        <v>276</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>294</v>
+        <v>277</v>
       </c>
       <c r="B77" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C77" t="s">
-        <v>295</v>
+        <v>111</v>
       </c>
       <c r="D77" t="s">
-        <v>10</v>
+        <v>192</v>
       </c>
       <c r="E77" t="s">
-        <v>11</v>
+        <v>193</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>296</v>
+        <v>279</v>
       </c>
       <c r="G77" t="s">
-        <v>13</v>
+        <v>280</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>297</v>
+        <v>281</v>
       </c>
       <c r="B78" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C78" t="s">
-        <v>298</v>
+        <v>282</v>
       </c>
       <c r="D78" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E78" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>299</v>
+        <v>283</v>
       </c>
       <c r="G78" t="s">
-        <v>17</v>
+        <v>284</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>300</v>
+        <v>285</v>
       </c>
       <c r="B79" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C79" t="s">
-        <v>301</v>
+        <v>286</v>
       </c>
       <c r="D79" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E79" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>302</v>
+        <v>287</v>
       </c>
       <c r="G79" t="s">
-        <v>303</v>
+        <v>288</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>304</v>
+        <v>289</v>
       </c>
       <c r="B80" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C80" t="s">
-        <v>305</v>
+        <v>290</v>
       </c>
       <c r="D80" t="s">
-        <v>49</v>
+        <v>291</v>
       </c>
       <c r="E80" t="s">
-        <v>50</v>
+        <v>292</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>306</v>
+        <v>293</v>
       </c>
       <c r="G80" t="s">
-        <v>307</v>
+        <v>294</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>308</v>
+        <v>295</v>
       </c>
       <c r="B81" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C81" t="s">
-        <v>309</v>
+        <v>296</v>
       </c>
       <c r="D81" t="s">
-        <v>49</v>
+        <v>291</v>
       </c>
       <c r="E81" t="s">
-        <v>50</v>
+        <v>292</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>310</v>
+        <v>297</v>
       </c>
       <c r="G81" t="s">
-        <v>77</v>
+        <v>298</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>311</v>
+        <v>299</v>
       </c>
       <c r="B82" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C82" t="s">
-        <v>312</v>
+        <v>300</v>
       </c>
       <c r="D82" t="s">
-        <v>10</v>
+        <v>291</v>
       </c>
       <c r="E82" t="s">
-        <v>11</v>
+        <v>292</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>313</v>
+        <v>301</v>
       </c>
       <c r="G82" t="s">
-        <v>34</v>
+        <v>302</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>314</v>
+        <v>303</v>
       </c>
       <c r="B83" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C83" t="s">
-        <v>315</v>
+        <v>304</v>
       </c>
       <c r="D83" t="s">
-        <v>10</v>
+        <v>291</v>
       </c>
       <c r="E83" t="s">
-        <v>11</v>
+        <v>292</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>316</v>
+        <v>305</v>
       </c>
       <c r="G83" t="s">
-        <v>34</v>
+        <v>306</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>317</v>
+        <v>307</v>
       </c>
       <c r="B84" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C84" t="s">
-        <v>318</v>
+        <v>308</v>
       </c>
       <c r="D84" t="s">
-        <v>49</v>
+        <v>291</v>
       </c>
       <c r="E84" t="s">
-        <v>50</v>
+        <v>292</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>319</v>
+        <v>309</v>
       </c>
       <c r="G84" t="s">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>321</v>
+        <v>311</v>
       </c>
       <c r="B85" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C85" t="s">
-        <v>322</v>
+        <v>312</v>
       </c>
       <c r="D85" t="s">
-        <v>49</v>
+        <v>291</v>
       </c>
       <c r="E85" t="s">
-        <v>50</v>
+        <v>292</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>323</v>
+        <v>313</v>
       </c>
       <c r="G85" t="s">
-        <v>324</v>
+        <v>314</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>325</v>
+        <v>315</v>
       </c>
       <c r="B86" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C86" t="s">
-        <v>28</v>
+        <v>316</v>
       </c>
       <c r="D86" t="s">
-        <v>10</v>
+        <v>291</v>
       </c>
       <c r="E86" t="s">
-        <v>11</v>
+        <v>292</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>326</v>
+        <v>317</v>
       </c>
       <c r="G86" t="s">
-        <v>99</v>
+        <v>318</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>327</v>
+        <v>319</v>
       </c>
       <c r="B87" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C87" t="s">
-        <v>32</v>
+        <v>320</v>
       </c>
       <c r="D87" t="s">
-        <v>10</v>
+        <v>291</v>
       </c>
       <c r="E87" t="s">
-        <v>11</v>
+        <v>292</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
       <c r="G87" t="s">
-        <v>99</v>
+        <v>322</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>329</v>
+        <v>323</v>
       </c>
       <c r="B88" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C88" t="s">
-        <v>36</v>
+        <v>324</v>
       </c>
       <c r="D88" t="s">
-        <v>10</v>
+        <v>291</v>
       </c>
       <c r="E88" t="s">
-        <v>11</v>
+        <v>292</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>330</v>
+        <v>325</v>
       </c>
       <c r="G88" t="s">
-        <v>331</v>
+        <v>326</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>332</v>
+        <v>327</v>
       </c>
       <c r="B89" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C89" t="s">
-        <v>39</v>
+        <v>328</v>
       </c>
       <c r="D89" t="s">
-        <v>10</v>
+        <v>291</v>
       </c>
       <c r="E89" t="s">
-        <v>11</v>
+        <v>292</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="G89" t="s">
-        <v>99</v>
+        <v>330</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
+        <v>331</v>
+      </c>
+      <c r="B90" t="s">
+        <v>278</v>
+      </c>
+      <c r="C90" t="s">
+        <v>332</v>
+      </c>
+      <c r="D90" t="s">
+        <v>291</v>
+      </c>
+      <c r="E90" t="s">
+        <v>292</v>
+      </c>
+      <c r="F90" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="G90" t="s">
         <v>334</v>
-      </c>
-[...16 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
+        <v>335</v>
+      </c>
+      <c r="B91" t="s">
+        <v>278</v>
+      </c>
+      <c r="C91" t="s">
         <v>336</v>
       </c>
-      <c r="B91" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D91" t="s">
-        <v>10</v>
+        <v>291</v>
       </c>
       <c r="E91" t="s">
-        <v>11</v>
+        <v>292</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>337</v>
       </c>
       <c r="G91" t="s">
-        <v>108</v>
+        <v>338</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B92" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C92" t="s">
-        <v>63</v>
+        <v>340</v>
       </c>
       <c r="D92" t="s">
-        <v>10</v>
+        <v>291</v>
       </c>
       <c r="E92" t="s">
-        <v>11</v>
+        <v>292</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="G92" t="s">
-        <v>34</v>
+        <v>342</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="B93" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C93" t="s">
-        <v>67</v>
+        <v>344</v>
       </c>
       <c r="D93" t="s">
-        <v>10</v>
+        <v>291</v>
       </c>
       <c r="E93" t="s">
-        <v>11</v>
+        <v>292</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="G93" t="s">
-        <v>34</v>
+        <v>346</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
       <c r="B94" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C94" t="s">
-        <v>71</v>
+        <v>348</v>
       </c>
       <c r="D94" t="s">
-        <v>10</v>
+        <v>291</v>
       </c>
       <c r="E94" t="s">
-        <v>11</v>
+        <v>292</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="G94" t="s">
-        <v>99</v>
+        <v>350</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>344</v>
+        <v>351</v>
       </c>
       <c r="B95" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C95" t="s">
-        <v>91</v>
+        <v>352</v>
       </c>
       <c r="D95" t="s">
-        <v>10</v>
+        <v>291</v>
       </c>
       <c r="E95" t="s">
-        <v>11</v>
+        <v>292</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>345</v>
+        <v>353</v>
       </c>
       <c r="G95" t="s">
-        <v>69</v>
+        <v>354</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>346</v>
+        <v>355</v>
       </c>
       <c r="B96" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C96" t="s">
-        <v>347</v>
+        <v>356</v>
       </c>
       <c r="D96" t="s">
-        <v>49</v>
+        <v>291</v>
       </c>
       <c r="E96" t="s">
-        <v>50</v>
+        <v>292</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>348</v>
+        <v>357</v>
       </c>
       <c r="G96" t="s">
-        <v>349</v>
+        <v>358</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
       <c r="B97" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C97" t="s">
-        <v>351</v>
+        <v>360</v>
       </c>
       <c r="D97" t="s">
-        <v>49</v>
+        <v>291</v>
       </c>
       <c r="E97" t="s">
-        <v>50</v>
+        <v>292</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>352</v>
+        <v>361</v>
       </c>
       <c r="G97" t="s">
-        <v>353</v>
+        <v>362</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="B98" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C98" t="s">
-        <v>94</v>
+        <v>364</v>
       </c>
       <c r="D98" t="s">
-        <v>10</v>
+        <v>291</v>
       </c>
       <c r="E98" t="s">
-        <v>11</v>
+        <v>292</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>355</v>
+        <v>365</v>
       </c>
       <c r="G98" t="s">
-        <v>34</v>
+        <v>366</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>356</v>
+        <v>367</v>
       </c>
       <c r="B99" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C99" t="s">
-        <v>97</v>
+        <v>368</v>
       </c>
       <c r="D99" t="s">
-        <v>10</v>
+        <v>291</v>
       </c>
       <c r="E99" t="s">
-        <v>11</v>
+        <v>292</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>357</v>
+        <v>369</v>
       </c>
       <c r="G99" t="s">
-        <v>34</v>
+        <v>298</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>358</v>
+        <v>370</v>
       </c>
       <c r="B100" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C100" t="s">
-        <v>106</v>
+        <v>371</v>
       </c>
       <c r="D100" t="s">
         <v>10</v>
       </c>
       <c r="E100" t="s">
         <v>11</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>359</v>
+        <v>372</v>
       </c>
       <c r="G100" t="s">
-        <v>34</v>
+        <v>373</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>360</v>
+        <v>374</v>
       </c>
       <c r="B101" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C101" t="s">
-        <v>361</v>
+        <v>375</v>
       </c>
       <c r="D101" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E101" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>362</v>
+        <v>376</v>
       </c>
       <c r="G101" t="s">
-        <v>363</v>
+        <v>61</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>364</v>
+        <v>377</v>
       </c>
       <c r="B102" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C102" t="s">
-        <v>114</v>
+        <v>378</v>
       </c>
       <c r="D102" t="s">
         <v>10</v>
       </c>
       <c r="E102" t="s">
         <v>11</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>365</v>
+        <v>379</v>
       </c>
       <c r="G102" t="s">
-        <v>99</v>
+        <v>65</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>366</v>
+        <v>380</v>
       </c>
       <c r="B103" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C103" t="s">
-        <v>367</v>
+        <v>381</v>
       </c>
       <c r="D103" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E103" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>368</v>
+        <v>382</v>
       </c>
       <c r="G103" t="s">
-        <v>369</v>
+        <v>383</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>370</v>
+        <v>384</v>
       </c>
       <c r="B104" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C104" t="s">
-        <v>371</v>
+        <v>385</v>
       </c>
       <c r="D104" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E104" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>372</v>
+        <v>386</v>
       </c>
       <c r="G104" t="s">
-        <v>373</v>
+        <v>387</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>374</v>
+        <v>388</v>
       </c>
       <c r="B105" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C105" t="s">
-        <v>120</v>
+        <v>389</v>
       </c>
       <c r="D105" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E105" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>375</v>
+        <v>390</v>
       </c>
       <c r="G105" t="s">
-        <v>34</v>
+        <v>98</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>376</v>
+        <v>391</v>
       </c>
       <c r="B106" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C106" t="s">
-        <v>377</v>
+        <v>392</v>
       </c>
       <c r="D106" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E106" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>378</v>
+        <v>393</v>
       </c>
       <c r="G106" t="s">
-        <v>379</v>
+        <v>94</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>380</v>
+        <v>394</v>
       </c>
       <c r="B107" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C107" t="s">
-        <v>123</v>
+        <v>395</v>
       </c>
       <c r="D107" t="s">
         <v>10</v>
       </c>
       <c r="E107" t="s">
         <v>11</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>381</v>
+        <v>396</v>
       </c>
       <c r="G107" t="s">
-        <v>34</v>
+        <v>94</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>382</v>
+        <v>397</v>
       </c>
       <c r="B108" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C108" t="s">
-        <v>127</v>
+        <v>398</v>
       </c>
       <c r="D108" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E108" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>383</v>
+        <v>399</v>
       </c>
       <c r="G108" t="s">
-        <v>99</v>
+        <v>400</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
-        <v>384</v>
+        <v>401</v>
       </c>
       <c r="B109" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C109" t="s">
-        <v>130</v>
+        <v>402</v>
       </c>
       <c r="D109" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E109" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>385</v>
+        <v>403</v>
       </c>
       <c r="G109" t="s">
-        <v>34</v>
+        <v>404</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
-        <v>386</v>
+        <v>405</v>
       </c>
       <c r="B110" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C110" t="s">
-        <v>156</v>
+        <v>80</v>
       </c>
       <c r="D110" t="s">
         <v>10</v>
       </c>
       <c r="E110" t="s">
         <v>11</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>387</v>
+        <v>406</v>
       </c>
       <c r="G110" t="s">
-        <v>331</v>
+        <v>17</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="B111" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C111" t="s">
-        <v>160</v>
+        <v>92</v>
       </c>
       <c r="D111" t="s">
         <v>10</v>
       </c>
       <c r="E111" t="s">
         <v>11</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="G111" t="s">
-        <v>390</v>
+        <v>17</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>391</v>
+        <v>409</v>
       </c>
       <c r="B112" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C112" t="s">
-        <v>71</v>
+        <v>108</v>
       </c>
       <c r="D112" t="s">
-        <v>58</v>
+        <v>10</v>
       </c>
       <c r="E112" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>392</v>
+        <v>410</v>
       </c>
       <c r="G112" t="s">
-        <v>393</v>
+        <v>25</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>394</v>
+        <v>411</v>
       </c>
       <c r="B113" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C113" t="s">
-        <v>395</v>
+        <v>111</v>
       </c>
       <c r="D113" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E113" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>396</v>
+        <v>412</v>
       </c>
       <c r="G113" t="s">
-        <v>397</v>
+        <v>17</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>398</v>
+        <v>413</v>
       </c>
       <c r="B114" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C114" t="s">
-        <v>399</v>
+        <v>133</v>
       </c>
       <c r="D114" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E114" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>400</v>
+        <v>414</v>
       </c>
       <c r="G114" t="s">
-        <v>147</v>
+        <v>94</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
-        <v>401</v>
+        <v>415</v>
       </c>
       <c r="B115" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C115" t="s">
-        <v>402</v>
+        <v>136</v>
       </c>
       <c r="D115" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E115" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>403</v>
+        <v>416</v>
       </c>
       <c r="G115" t="s">
-        <v>151</v>
+        <v>199</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
-        <v>404</v>
+        <v>417</v>
       </c>
       <c r="B116" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C116" t="s">
-        <v>163</v>
+        <v>152</v>
       </c>
       <c r="D116" t="s">
         <v>10</v>
       </c>
       <c r="E116" t="s">
         <v>11</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>405</v>
+        <v>418</v>
       </c>
       <c r="G116" t="s">
-        <v>406</v>
+        <v>94</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
-        <v>407</v>
+        <v>419</v>
       </c>
       <c r="B117" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C117" t="s">
-        <v>166</v>
+        <v>156</v>
       </c>
       <c r="D117" t="s">
         <v>10</v>
       </c>
       <c r="E117" t="s">
         <v>11</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>408</v>
+        <v>420</v>
       </c>
       <c r="G117" t="s">
-        <v>409</v>
+        <v>94</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
-        <v>410</v>
+        <v>421</v>
       </c>
       <c r="B118" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C118" t="s">
-        <v>170</v>
+        <v>160</v>
       </c>
       <c r="D118" t="s">
         <v>10</v>
       </c>
       <c r="E118" t="s">
         <v>11</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>411</v>
+        <v>422</v>
       </c>
       <c r="G118" t="s">
-        <v>412</v>
+        <v>17</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>413</v>
+        <v>423</v>
       </c>
       <c r="B119" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C119" t="s">
-        <v>174</v>
+        <v>183</v>
       </c>
       <c r="D119" t="s">
         <v>10</v>
       </c>
       <c r="E119" t="s">
         <v>11</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>414</v>
+        <v>424</v>
       </c>
       <c r="G119" t="s">
-        <v>415</v>
+        <v>158</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>416</v>
+        <v>425</v>
       </c>
       <c r="B120" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C120" t="s">
-        <v>178</v>
+        <v>426</v>
       </c>
       <c r="D120" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E120" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>417</v>
+        <v>427</v>
       </c>
       <c r="G120" t="s">
-        <v>418</v>
+        <v>428</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>419</v>
+        <v>429</v>
       </c>
       <c r="B121" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C121" t="s">
-        <v>420</v>
+        <v>430</v>
       </c>
       <c r="D121" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E121" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>421</v>
+        <v>431</v>
       </c>
       <c r="G121" t="s">
-        <v>390</v>
+        <v>432</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>422</v>
+        <v>433</v>
       </c>
       <c r="B122" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C122" t="s">
         <v>186</v>
       </c>
       <c r="D122" t="s">
         <v>10</v>
       </c>
       <c r="E122" t="s">
         <v>11</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>423</v>
+        <v>434</v>
       </c>
       <c r="G122" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>424</v>
+        <v>435</v>
       </c>
       <c r="B123" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C123" t="s">
-        <v>9</v>
+        <v>189</v>
       </c>
       <c r="D123" t="s">
         <v>10</v>
       </c>
       <c r="E123" t="s">
         <v>11</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>425</v>
+        <v>436</v>
       </c>
       <c r="G123" t="s">
-        <v>158</v>
+        <v>94</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
-        <v>426</v>
+        <v>437</v>
       </c>
       <c r="B124" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C124" t="s">
-        <v>182</v>
+        <v>197</v>
       </c>
       <c r="D124" t="s">
         <v>10</v>
       </c>
       <c r="E124" t="s">
         <v>11</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>427</v>
+        <v>438</v>
       </c>
       <c r="G124" t="s">
-        <v>331</v>
+        <v>94</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>428</v>
+        <v>439</v>
       </c>
       <c r="B125" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C125" t="s">
-        <v>15</v>
+        <v>440</v>
       </c>
       <c r="D125" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E125" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>429</v>
+        <v>441</v>
       </c>
       <c r="G125" t="s">
-        <v>430</v>
+        <v>442</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
-        <v>431</v>
+        <v>443</v>
       </c>
       <c r="B126" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C126" t="s">
-        <v>19</v>
+        <v>205</v>
       </c>
       <c r="D126" t="s">
         <v>10</v>
       </c>
       <c r="E126" t="s">
         <v>11</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>432</v>
+        <v>444</v>
       </c>
       <c r="G126" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
-        <v>433</v>
+        <v>445</v>
       </c>
       <c r="B127" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="C127" t="s">
-        <v>23</v>
+        <v>446</v>
       </c>
       <c r="D127" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E127" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>434</v>
+        <v>447</v>
       </c>
       <c r="G127" t="s">
-        <v>435</v>
+        <v>448</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
-        <v>436</v>
+        <v>449</v>
       </c>
       <c r="B128" t="s">
-        <v>437</v>
+        <v>278</v>
       </c>
       <c r="C128" t="s">
-        <v>438</v>
+        <v>450</v>
       </c>
       <c r="D128" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E128" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>439</v>
+        <v>451</v>
       </c>
       <c r="G128" t="s">
-        <v>440</v>
+        <v>452</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
-        <v>441</v>
+        <v>453</v>
       </c>
       <c r="B129" t="s">
-        <v>437</v>
+        <v>278</v>
       </c>
       <c r="C129" t="s">
-        <v>442</v>
+        <v>211</v>
       </c>
       <c r="D129" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E129" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>443</v>
+        <v>454</v>
       </c>
       <c r="G129" t="s">
-        <v>444</v>
+        <v>94</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
-        <v>445</v>
+        <v>455</v>
       </c>
       <c r="B130" t="s">
-        <v>437</v>
+        <v>278</v>
       </c>
       <c r="C130" t="s">
-        <v>446</v>
+        <v>456</v>
       </c>
       <c r="D130" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E130" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>447</v>
+        <v>457</v>
       </c>
       <c r="G130" t="s">
-        <v>448</v>
+        <v>458</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
-        <v>449</v>
+        <v>459</v>
       </c>
       <c r="B131" t="s">
-        <v>437</v>
+        <v>278</v>
       </c>
       <c r="C131" t="s">
-        <v>450</v>
+        <v>214</v>
       </c>
       <c r="D131" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E131" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>451</v>
+        <v>460</v>
       </c>
       <c r="G131" t="s">
-        <v>452</v>
+        <v>94</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
-        <v>453</v>
+        <v>461</v>
       </c>
       <c r="B132" t="s">
-        <v>437</v>
+        <v>278</v>
       </c>
       <c r="C132" t="s">
-        <v>454</v>
+        <v>217</v>
       </c>
       <c r="D132" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E132" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>455</v>
+        <v>462</v>
       </c>
       <c r="G132" t="s">
-        <v>456</v>
+        <v>17</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
-        <v>457</v>
+        <v>463</v>
       </c>
       <c r="B133" t="s">
-        <v>437</v>
+        <v>278</v>
       </c>
       <c r="C133" t="s">
-        <v>28</v>
+        <v>220</v>
       </c>
       <c r="D133" t="s">
         <v>10</v>
       </c>
       <c r="E133" t="s">
         <v>11</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>458</v>
+        <v>464</v>
       </c>
       <c r="G133" t="s">
-        <v>390</v>
+        <v>94</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
-        <v>459</v>
+        <v>465</v>
       </c>
       <c r="B134" t="s">
-        <v>437</v>
+        <v>278</v>
       </c>
       <c r="C134" t="s">
-        <v>32</v>
+        <v>245</v>
       </c>
       <c r="D134" t="s">
         <v>10</v>
       </c>
       <c r="E134" t="s">
         <v>11</v>
       </c>
       <c r="F134" s="1" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
       <c r="G134" t="s">
-        <v>99</v>
+        <v>25</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
-        <v>461</v>
+        <v>467</v>
       </c>
       <c r="B135" t="s">
-        <v>437</v>
+        <v>278</v>
       </c>
       <c r="C135" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
       <c r="D135" t="s">
         <v>10</v>
       </c>
       <c r="E135" t="s">
         <v>11</v>
       </c>
       <c r="F135" s="1" t="s">
-        <v>462</v>
+        <v>468</v>
       </c>
       <c r="G135" t="s">
-        <v>99</v>
+        <v>469</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
-        <v>463</v>
+        <v>470</v>
       </c>
       <c r="B136" t="s">
-        <v>437</v>
+        <v>278</v>
       </c>
       <c r="C136" t="s">
-        <v>39</v>
+        <v>160</v>
       </c>
       <c r="D136" t="s">
-        <v>10</v>
+        <v>147</v>
       </c>
       <c r="E136" t="s">
-        <v>11</v>
+        <v>148</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>464</v>
+        <v>471</v>
       </c>
       <c r="G136" t="s">
-        <v>99</v>
+        <v>472</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
-        <v>465</v>
+        <v>473</v>
       </c>
       <c r="B137" t="s">
-        <v>437</v>
+        <v>278</v>
       </c>
       <c r="C137" t="s">
-        <v>42</v>
+        <v>474</v>
       </c>
       <c r="D137" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E137" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F137" s="1" t="s">
-        <v>466</v>
+        <v>475</v>
       </c>
       <c r="G137" t="s">
-        <v>69</v>
+        <v>476</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
-        <v>467</v>
+        <v>477</v>
       </c>
       <c r="B138" t="s">
-        <v>437</v>
+        <v>278</v>
       </c>
       <c r="C138" t="s">
-        <v>468</v>
+        <v>478</v>
       </c>
       <c r="D138" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E138" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F138" s="1" t="s">
-        <v>469</v>
+        <v>479</v>
       </c>
       <c r="G138" t="s">
-        <v>470</v>
+        <v>35</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
-        <v>471</v>
+        <v>480</v>
       </c>
       <c r="B139" t="s">
-        <v>437</v>
+        <v>278</v>
       </c>
       <c r="C139" t="s">
-        <v>472</v>
+        <v>481</v>
       </c>
       <c r="D139" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E139" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F139" s="1" t="s">
-        <v>473</v>
+        <v>482</v>
       </c>
       <c r="G139" t="s">
-        <v>474</v>
+        <v>240</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
-        <v>475</v>
+        <v>483</v>
       </c>
       <c r="B140" t="s">
-        <v>437</v>
+        <v>278</v>
       </c>
       <c r="C140" t="s">
-        <v>476</v>
+        <v>15</v>
       </c>
       <c r="D140" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E140" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F140" s="1" t="s">
-        <v>477</v>
+        <v>484</v>
       </c>
       <c r="G140" t="s">
-        <v>478</v>
+        <v>485</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
-        <v>479</v>
+        <v>486</v>
       </c>
       <c r="B141" t="s">
-        <v>437</v>
+        <v>278</v>
       </c>
       <c r="C141" t="s">
-        <v>45</v>
+        <v>19</v>
       </c>
       <c r="D141" t="s">
         <v>10</v>
       </c>
       <c r="E141" t="s">
         <v>11</v>
       </c>
       <c r="F141" s="1" t="s">
-        <v>480</v>
+        <v>487</v>
       </c>
       <c r="G141" t="s">
-        <v>481</v>
+        <v>488</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
-        <v>482</v>
+        <v>489</v>
       </c>
       <c r="B142" t="s">
-        <v>437</v>
+        <v>278</v>
       </c>
       <c r="C142" t="s">
-        <v>483</v>
+        <v>23</v>
       </c>
       <c r="D142" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E142" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F142" s="1" t="s">
-        <v>484</v>
+        <v>490</v>
       </c>
       <c r="G142" t="s">
-        <v>77</v>
+        <v>491</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
-        <v>485</v>
+        <v>492</v>
       </c>
       <c r="B143" t="s">
-        <v>437</v>
+        <v>278</v>
       </c>
       <c r="C143" t="s">
-        <v>486</v>
+        <v>45</v>
       </c>
       <c r="D143" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E143" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F143" s="1" t="s">
-        <v>487</v>
+        <v>493</v>
       </c>
       <c r="G143" t="s">
-        <v>488</v>
+        <v>494</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
       <c r="B144" t="s">
-        <v>437</v>
+        <v>278</v>
       </c>
       <c r="C144" t="s">
-        <v>490</v>
+        <v>49</v>
       </c>
       <c r="D144" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E144" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F144" s="1" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="G144" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="B145" t="s">
-        <v>437</v>
+        <v>278</v>
       </c>
       <c r="C145" t="s">
-        <v>63</v>
+        <v>499</v>
       </c>
       <c r="D145" t="s">
         <v>10</v>
       </c>
       <c r="E145" t="s">
         <v>11</v>
       </c>
       <c r="F145" s="1" t="s">
-        <v>494</v>
+        <v>500</v>
       </c>
       <c r="G145" t="s">
-        <v>495</v>
+        <v>469</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="B146" t="s">
-        <v>437</v>
+        <v>278</v>
       </c>
       <c r="C146" t="s">
-        <v>67</v>
+        <v>55</v>
       </c>
       <c r="D146" t="s">
         <v>10</v>
       </c>
       <c r="E146" t="s">
         <v>11</v>
       </c>
       <c r="F146" s="1" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="G146" t="s">
-        <v>99</v>
+        <v>17</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
-        <v>498</v>
+        <v>503</v>
       </c>
       <c r="B147" t="s">
-        <v>437</v>
+        <v>278</v>
       </c>
       <c r="C147" t="s">
-        <v>71</v>
+        <v>59</v>
       </c>
       <c r="D147" t="s">
         <v>10</v>
       </c>
       <c r="E147" t="s">
         <v>11</v>
       </c>
       <c r="F147" s="1" t="s">
-        <v>499</v>
+        <v>504</v>
       </c>
       <c r="G147" t="s">
-        <v>390</v>
+        <v>57</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
       <c r="B148" t="s">
-        <v>437</v>
+        <v>278</v>
       </c>
       <c r="C148" t="s">
-        <v>501</v>
+        <v>52</v>
       </c>
       <c r="D148" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E148" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F148" s="1" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
       <c r="G148" t="s">
-        <v>503</v>
+        <v>25</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="B149" t="s">
-        <v>437</v>
+        <v>278</v>
       </c>
       <c r="C149" t="s">
-        <v>42</v>
+        <v>63</v>
       </c>
       <c r="D149" t="s">
-        <v>101</v>
+        <v>10</v>
       </c>
       <c r="E149" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="F149" s="1" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="G149" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="B150" t="s">
-        <v>437</v>
+        <v>278</v>
       </c>
       <c r="C150" t="s">
-        <v>91</v>
+        <v>67</v>
       </c>
       <c r="D150" t="s">
         <v>10</v>
       </c>
       <c r="E150" t="s">
         <v>11</v>
       </c>
       <c r="F150" s="1" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="G150" t="s">
-        <v>509</v>
+        <v>69</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B151" t="s">
-        <v>437</v>
+        <v>278</v>
       </c>
       <c r="C151" t="s">
-        <v>94</v>
+        <v>71</v>
       </c>
       <c r="D151" t="s">
         <v>10</v>
       </c>
       <c r="E151" t="s">
         <v>11</v>
       </c>
       <c r="F151" s="1" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="G151" t="s">
-        <v>34</v>
+        <v>514</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="B152" t="s">
-        <v>437</v>
+        <v>516</v>
       </c>
       <c r="C152" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="D152" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E152" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F152" s="1" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="G152" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
+        <v>520</v>
+      </c>
+      <c r="B153" t="s">
         <v>516</v>
       </c>
-      <c r="B153" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C153" t="s">
-        <v>97</v>
+        <v>521</v>
       </c>
       <c r="D153" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E153" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F153" s="1" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="G153" t="s">
-        <v>99</v>
+        <v>523</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
-        <v>518</v>
+        <v>524</v>
       </c>
       <c r="B154" t="s">
-        <v>437</v>
+        <v>516</v>
       </c>
       <c r="C154" t="s">
-        <v>519</v>
+        <v>525</v>
       </c>
       <c r="D154" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E154" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F154" s="1" t="s">
-        <v>520</v>
+        <v>526</v>
       </c>
       <c r="G154" t="s">
-        <v>521</v>
+        <v>527</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
-        <v>522</v>
+        <v>528</v>
       </c>
       <c r="B155" t="s">
-        <v>437</v>
+        <v>516</v>
       </c>
       <c r="C155" t="s">
-        <v>523</v>
+        <v>529</v>
       </c>
       <c r="D155" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E155" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F155" s="1" t="s">
-        <v>524</v>
+        <v>530</v>
       </c>
       <c r="G155" t="s">
-        <v>525</v>
+        <v>531</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
-        <v>526</v>
+        <v>532</v>
       </c>
       <c r="B156" t="s">
-        <v>437</v>
+        <v>516</v>
       </c>
       <c r="C156" t="s">
-        <v>527</v>
+        <v>533</v>
       </c>
       <c r="D156" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E156" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F156" s="1" t="s">
-        <v>528</v>
+        <v>534</v>
       </c>
       <c r="G156" t="s">
-        <v>529</v>
+        <v>535</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
-        <v>530</v>
+        <v>536</v>
       </c>
       <c r="B157" t="s">
-        <v>437</v>
+        <v>516</v>
       </c>
       <c r="C157" t="s">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="D157" t="s">
-        <v>101</v>
+        <v>10</v>
       </c>
       <c r="E157" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="F157" s="1" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="G157" t="s">
-        <v>532</v>
+        <v>469</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
-        <v>533</v>
+        <v>538</v>
       </c>
       <c r="B158" t="s">
-        <v>437</v>
+        <v>516</v>
       </c>
       <c r="C158" t="s">
-        <v>106</v>
+        <v>92</v>
       </c>
       <c r="D158" t="s">
         <v>10</v>
       </c>
       <c r="E158" t="s">
         <v>11</v>
       </c>
       <c r="F158" s="1" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
       <c r="G158" t="s">
-        <v>99</v>
+        <v>17</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="B159" t="s">
-        <v>437</v>
+        <v>516</v>
       </c>
       <c r="C159" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="D159" t="s">
         <v>10</v>
       </c>
       <c r="E159" t="s">
         <v>11</v>
       </c>
       <c r="F159" s="1" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="G159" t="s">
-        <v>99</v>
+        <v>17</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
       <c r="B160" t="s">
-        <v>437</v>
+        <v>516</v>
       </c>
       <c r="C160" t="s">
-        <v>120</v>
+        <v>111</v>
       </c>
       <c r="D160" t="s">
         <v>10</v>
       </c>
       <c r="E160" t="s">
         <v>11</v>
       </c>
       <c r="F160" s="1" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="G160" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="B161" t="s">
-        <v>437</v>
+        <v>516</v>
       </c>
       <c r="C161" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="D161" t="s">
         <v>10</v>
       </c>
       <c r="E161" t="s">
         <v>11</v>
       </c>
       <c r="F161" s="1" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
       <c r="G161" t="s">
-        <v>34</v>
+        <v>158</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
-        <v>541</v>
+        <v>546</v>
       </c>
       <c r="B162" t="s">
-        <v>437</v>
+        <v>516</v>
       </c>
       <c r="C162" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
       <c r="D162" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E162" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F162" s="1" t="s">
-        <v>543</v>
+        <v>548</v>
       </c>
       <c r="G162" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
       <c r="B163" t="s">
-        <v>437</v>
+        <v>516</v>
       </c>
       <c r="C163" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
       <c r="D163" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E163" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F163" s="1" t="s">
-        <v>547</v>
+        <v>552</v>
       </c>
       <c r="G163" t="s">
-        <v>548</v>
+        <v>553</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="B164" t="s">
-        <v>437</v>
+        <v>516</v>
       </c>
       <c r="C164" t="s">
-        <v>127</v>
+        <v>555</v>
       </c>
       <c r="D164" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E164" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F164" s="1" t="s">
-        <v>550</v>
+        <v>556</v>
       </c>
       <c r="G164" t="s">
-        <v>331</v>
+        <v>557</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
-        <v>551</v>
+        <v>558</v>
       </c>
       <c r="B165" t="s">
-        <v>437</v>
+        <v>516</v>
       </c>
       <c r="C165" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="D165" t="s">
         <v>10</v>
       </c>
       <c r="E165" t="s">
         <v>11</v>
       </c>
       <c r="F165" s="1" t="s">
-        <v>552</v>
+        <v>559</v>
       </c>
       <c r="G165" t="s">
-        <v>331</v>
+        <v>560</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
-        <v>553</v>
+        <v>561</v>
       </c>
       <c r="B166" t="s">
-        <v>437</v>
+        <v>516</v>
       </c>
       <c r="C166" t="s">
-        <v>156</v>
+        <v>562</v>
       </c>
       <c r="D166" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E166" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F166" s="1" t="s">
-        <v>554</v>
+        <v>563</v>
       </c>
       <c r="G166" t="s">
-        <v>331</v>
+        <v>98</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
-        <v>555</v>
+        <v>564</v>
       </c>
       <c r="B167" t="s">
-        <v>437</v>
+        <v>516</v>
       </c>
       <c r="C167" t="s">
-        <v>160</v>
+        <v>565</v>
       </c>
       <c r="D167" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E167" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F167" s="1" t="s">
-        <v>556</v>
+        <v>566</v>
       </c>
       <c r="G167" t="s">
-        <v>557</v>
+        <v>567</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
-        <v>558</v>
+        <v>568</v>
       </c>
       <c r="B168" t="s">
-        <v>437</v>
+        <v>516</v>
       </c>
       <c r="C168" t="s">
-        <v>559</v>
+        <v>569</v>
       </c>
       <c r="D168" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E168" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F168" s="1" t="s">
-        <v>560</v>
+        <v>570</v>
       </c>
       <c r="G168" t="s">
-        <v>561</v>
+        <v>571</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
-        <v>562</v>
+        <v>572</v>
       </c>
       <c r="B169" t="s">
-        <v>437</v>
+        <v>516</v>
       </c>
       <c r="C169" t="s">
-        <v>563</v>
+        <v>152</v>
       </c>
       <c r="D169" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E169" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F169" s="1" t="s">
-        <v>564</v>
+        <v>573</v>
       </c>
       <c r="G169" t="s">
-        <v>565</v>
+        <v>574</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
-        <v>566</v>
+        <v>575</v>
       </c>
       <c r="B170" t="s">
-        <v>437</v>
+        <v>516</v>
       </c>
       <c r="C170" t="s">
-        <v>163</v>
+        <v>156</v>
       </c>
       <c r="D170" t="s">
         <v>10</v>
       </c>
       <c r="E170" t="s">
         <v>11</v>
       </c>
       <c r="F170" s="1" t="s">
-        <v>567</v>
+        <v>576</v>
       </c>
       <c r="G170" t="s">
-        <v>568</v>
+        <v>17</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
-        <v>569</v>
+        <v>577</v>
       </c>
       <c r="B171" t="s">
-        <v>437</v>
+        <v>516</v>
       </c>
       <c r="C171" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="D171" t="s">
         <v>10</v>
       </c>
       <c r="E171" t="s">
         <v>11</v>
       </c>
       <c r="F171" s="1" t="s">
-        <v>570</v>
+        <v>578</v>
       </c>
       <c r="G171" t="s">
-        <v>571</v>
+        <v>469</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
-        <v>572</v>
+        <v>579</v>
       </c>
       <c r="B172" t="s">
-        <v>437</v>
+        <v>516</v>
       </c>
       <c r="C172" t="s">
-        <v>170</v>
+        <v>580</v>
       </c>
       <c r="D172" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E172" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F172" s="1" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
       <c r="G172" t="s">
-        <v>574</v>
+        <v>582</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
-        <v>575</v>
+        <v>583</v>
       </c>
       <c r="B173" t="s">
-        <v>437</v>
+        <v>516</v>
       </c>
       <c r="C173" t="s">
-        <v>174</v>
+        <v>133</v>
       </c>
       <c r="D173" t="s">
-        <v>10</v>
+        <v>192</v>
       </c>
       <c r="E173" t="s">
-        <v>11</v>
+        <v>193</v>
       </c>
       <c r="F173" s="1" t="s">
-        <v>576</v>
+        <v>584</v>
       </c>
       <c r="G173" t="s">
-        <v>577</v>
+        <v>585</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
-        <v>578</v>
+        <v>586</v>
       </c>
       <c r="B174" t="s">
-        <v>437</v>
+        <v>516</v>
       </c>
       <c r="C174" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="D174" t="s">
         <v>10</v>
       </c>
       <c r="E174" t="s">
         <v>11</v>
       </c>
       <c r="F174" s="1" t="s">
-        <v>579</v>
+        <v>587</v>
       </c>
       <c r="G174" t="s">
-        <v>580</v>
+        <v>588</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
-        <v>581</v>
+        <v>589</v>
       </c>
       <c r="B175" t="s">
-        <v>437</v>
+        <v>516</v>
       </c>
       <c r="C175" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="D175" t="s">
         <v>10</v>
       </c>
       <c r="E175" t="s">
         <v>11</v>
       </c>
       <c r="F175" s="1" t="s">
-        <v>582</v>
+        <v>590</v>
       </c>
       <c r="G175" t="s">
-        <v>583</v>
+        <v>94</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
-        <v>584</v>
+        <v>591</v>
       </c>
       <c r="B176" t="s">
-        <v>437</v>
+        <v>516</v>
       </c>
       <c r="C176" t="s">
-        <v>585</v>
+        <v>592</v>
       </c>
       <c r="D176" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E176" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F176" s="1" t="s">
-        <v>586</v>
+        <v>593</v>
       </c>
       <c r="G176" t="s">
-        <v>397</v>
+        <v>594</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
-        <v>587</v>
+        <v>595</v>
       </c>
       <c r="B177" t="s">
-        <v>437</v>
+        <v>516</v>
       </c>
       <c r="C177" t="s">
-        <v>588</v>
+        <v>189</v>
       </c>
       <c r="D177" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E177" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F177" s="1" t="s">
-        <v>589</v>
+        <v>596</v>
       </c>
       <c r="G177" t="s">
-        <v>147</v>
+        <v>17</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
-        <v>590</v>
+        <v>597</v>
       </c>
       <c r="B178" t="s">
-        <v>437</v>
+        <v>516</v>
       </c>
       <c r="C178" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="D178" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E178" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F178" s="1" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="G178" t="s">
-        <v>151</v>
+        <v>600</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
-        <v>593</v>
+        <v>601</v>
       </c>
       <c r="B179" t="s">
-        <v>437</v>
+        <v>516</v>
       </c>
       <c r="C179" t="s">
-        <v>186</v>
+        <v>602</v>
       </c>
       <c r="D179" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E179" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F179" s="1" t="s">
-        <v>594</v>
+        <v>603</v>
       </c>
       <c r="G179" t="s">
-        <v>595</v>
+        <v>604</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
-        <v>596</v>
+        <v>605</v>
       </c>
       <c r="B180" t="s">
-        <v>437</v>
+        <v>516</v>
       </c>
       <c r="C180" t="s">
-        <v>9</v>
+        <v>606</v>
       </c>
       <c r="D180" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E180" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F180" s="1" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="G180" t="s">
-        <v>598</v>
+        <v>608</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
-        <v>599</v>
+        <v>609</v>
       </c>
       <c r="B181" t="s">
-        <v>437</v>
+        <v>516</v>
       </c>
       <c r="C181" t="s">
-        <v>15</v>
+        <v>136</v>
       </c>
       <c r="D181" t="s">
-        <v>10</v>
+        <v>192</v>
       </c>
       <c r="E181" t="s">
-        <v>11</v>
+        <v>193</v>
       </c>
       <c r="F181" s="1" t="s">
-        <v>600</v>
+        <v>610</v>
       </c>
       <c r="G181" t="s">
-        <v>601</v>
+        <v>611</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
       <c r="B182" t="s">
-        <v>437</v>
+        <v>516</v>
       </c>
       <c r="C182" t="s">
-        <v>19</v>
+        <v>197</v>
       </c>
       <c r="D182" t="s">
         <v>10</v>
       </c>
       <c r="E182" t="s">
         <v>11</v>
       </c>
       <c r="F182" s="1" t="s">
-        <v>603</v>
+        <v>613</v>
       </c>
       <c r="G182" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
-        <v>604</v>
+        <v>614</v>
       </c>
       <c r="B183" t="s">
-        <v>437</v>
+        <v>516</v>
       </c>
       <c r="C183" t="s">
-        <v>23</v>
+        <v>205</v>
       </c>
       <c r="D183" t="s">
         <v>10</v>
       </c>
       <c r="E183" t="s">
         <v>11</v>
       </c>
       <c r="F183" s="1" t="s">
-        <v>605</v>
+        <v>615</v>
       </c>
       <c r="G183" t="s">
-        <v>606</v>
+        <v>17</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
-        <v>607</v>
+        <v>616</v>
       </c>
       <c r="B184" t="s">
-        <v>608</v>
+        <v>516</v>
       </c>
       <c r="C184" t="s">
-        <v>609</v>
+        <v>211</v>
       </c>
       <c r="D184" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E184" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F184" s="1" t="s">
-        <v>610</v>
+        <v>617</v>
       </c>
       <c r="G184" t="s">
-        <v>611</v>
+        <v>94</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="B185" t="s">
-        <v>608</v>
+        <v>516</v>
       </c>
       <c r="C185" t="s">
-        <v>613</v>
+        <v>214</v>
       </c>
       <c r="D185" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E185" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F185" s="1" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
       <c r="G185" t="s">
-        <v>615</v>
+        <v>94</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B186" t="s">
-        <v>608</v>
+        <v>516</v>
       </c>
       <c r="C186" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="D186" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E186" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F186" s="1" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="G186" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B187" t="s">
-        <v>608</v>
+        <v>516</v>
       </c>
       <c r="C187" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
       <c r="D187" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E187" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F187" s="1" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
       <c r="G187" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="B188" t="s">
-        <v>608</v>
+        <v>516</v>
       </c>
       <c r="C188" t="s">
-        <v>625</v>
+        <v>217</v>
       </c>
       <c r="D188" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E188" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F188" s="1" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="G188" t="s">
-        <v>627</v>
+        <v>25</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="B189" t="s">
-        <v>608</v>
+        <v>516</v>
       </c>
       <c r="C189" t="s">
-        <v>629</v>
+        <v>220</v>
       </c>
       <c r="D189" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E189" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F189" s="1" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="G189" t="s">
-        <v>631</v>
+        <v>25</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
         <v>632</v>
       </c>
       <c r="B190" t="s">
-        <v>608</v>
+        <v>516</v>
       </c>
       <c r="C190" t="s">
-        <v>298</v>
+        <v>245</v>
       </c>
       <c r="D190" t="s">
         <v>10</v>
       </c>
       <c r="E190" t="s">
         <v>11</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>633</v>
       </c>
       <c r="G190" t="s">
-        <v>99</v>
+        <v>25</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
         <v>634</v>
       </c>
       <c r="B191" t="s">
-        <v>608</v>
+        <v>516</v>
       </c>
       <c r="C191" t="s">
-        <v>301</v>
+        <v>9</v>
       </c>
       <c r="D191" t="s">
         <v>10</v>
       </c>
       <c r="E191" t="s">
         <v>11</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>635</v>
       </c>
       <c r="G191" t="s">
-        <v>99</v>
+        <v>636</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="B192" t="s">
-        <v>608</v>
+        <v>516</v>
       </c>
       <c r="C192" t="s">
-        <v>312</v>
+        <v>638</v>
       </c>
       <c r="D192" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E192" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F192" s="1" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="G192" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="B193" t="s">
-        <v>608</v>
+        <v>516</v>
       </c>
       <c r="C193" t="s">
-        <v>315</v>
+        <v>642</v>
       </c>
       <c r="D193" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E193" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F193" s="1" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
       <c r="G193" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="B194" t="s">
-        <v>608</v>
+        <v>516</v>
       </c>
       <c r="C194" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="D194" t="s">
         <v>10</v>
       </c>
       <c r="E194" t="s">
         <v>11</v>
       </c>
       <c r="F194" s="1" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="G194" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="B195" t="s">
-        <v>608</v>
+        <v>516</v>
       </c>
       <c r="C195" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="D195" t="s">
         <v>10</v>
       </c>
       <c r="E195" t="s">
         <v>11</v>
       </c>
       <c r="F195" s="1" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="G195" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="B196" t="s">
-        <v>608</v>
+        <v>516</v>
       </c>
       <c r="C196" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="D196" t="s">
         <v>10</v>
       </c>
       <c r="E196" t="s">
         <v>11</v>
       </c>
       <c r="F196" s="1" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="G196" t="s">
-        <v>99</v>
+        <v>653</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
-        <v>650</v>
+        <v>654</v>
       </c>
       <c r="B197" t="s">
-        <v>608</v>
+        <v>516</v>
       </c>
       <c r="C197" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="D197" t="s">
         <v>10</v>
       </c>
       <c r="E197" t="s">
         <v>11</v>
       </c>
       <c r="F197" s="1" t="s">
-        <v>651</v>
+        <v>655</v>
       </c>
       <c r="G197" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="B198" t="s">
-        <v>608</v>
+        <v>516</v>
       </c>
       <c r="C198" t="s">
-        <v>654</v>
+        <v>49</v>
       </c>
       <c r="D198" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E198" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F198" s="1" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="G198" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
       <c r="B199" t="s">
-        <v>608</v>
+        <v>516</v>
       </c>
       <c r="C199" t="s">
-        <v>658</v>
+        <v>52</v>
       </c>
       <c r="D199" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E199" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F199" s="1" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="G199" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="B200" t="s">
-        <v>608</v>
+        <v>516</v>
       </c>
       <c r="C200" t="s">
-        <v>63</v>
+        <v>664</v>
       </c>
       <c r="D200" t="s">
-        <v>101</v>
+        <v>28</v>
       </c>
       <c r="E200" t="s">
-        <v>102</v>
+        <v>29</v>
       </c>
       <c r="F200" s="1" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
       <c r="G200" t="s">
-        <v>663</v>
+        <v>476</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="B201" t="s">
-        <v>608</v>
+        <v>516</v>
       </c>
       <c r="C201" t="s">
-        <v>42</v>
+        <v>667</v>
       </c>
       <c r="D201" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E201" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F201" s="1" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
       <c r="G201" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="B202" t="s">
-        <v>608</v>
+        <v>516</v>
       </c>
       <c r="C202" t="s">
-        <v>45</v>
+        <v>670</v>
       </c>
       <c r="D202" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E202" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F202" s="1" t="s">
-        <v>667</v>
+        <v>671</v>
       </c>
       <c r="G202" t="s">
-        <v>34</v>
+        <v>240</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
-        <v>668</v>
+        <v>672</v>
       </c>
       <c r="B203" t="s">
-        <v>608</v>
+        <v>516</v>
       </c>
       <c r="C203" t="s">
-        <v>669</v>
+        <v>55</v>
       </c>
       <c r="D203" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E203" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F203" s="1" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="G203" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
       <c r="B204" t="s">
-        <v>608</v>
+        <v>516</v>
       </c>
       <c r="C204" t="s">
-        <v>673</v>
+        <v>59</v>
       </c>
       <c r="D204" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E204" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F204" s="1" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="G204" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="B205" t="s">
-        <v>608</v>
+        <v>516</v>
       </c>
       <c r="C205" t="s">
-        <v>677</v>
+        <v>63</v>
       </c>
       <c r="D205" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E205" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F205" s="1" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="G205" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="B206" t="s">
-        <v>608</v>
+        <v>516</v>
       </c>
       <c r="C206" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="D206" t="s">
         <v>10</v>
       </c>
       <c r="E206" t="s">
         <v>11</v>
       </c>
       <c r="F206" s="1" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="G206" t="s">
-        <v>682</v>
+        <v>69</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
         <v>683</v>
       </c>
       <c r="B207" t="s">
-        <v>608</v>
+        <v>516</v>
       </c>
       <c r="C207" t="s">
+        <v>71</v>
+      </c>
+      <c r="D207" t="s">
+        <v>10</v>
+      </c>
+      <c r="E207" t="s">
+        <v>11</v>
+      </c>
+      <c r="F207" s="1" t="s">
         <v>684</v>
       </c>
-      <c r="D207" t="s">
-[...5 lines deleted...]
-      <c r="F207" s="1" t="s">
+      <c r="G207" t="s">
         <v>685</v>
-      </c>
-[...1 lines deleted...]
-        <v>686</v>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" t="s">
+        <v>686</v>
+      </c>
+      <c r="B208" t="s">
         <v>687</v>
       </c>
-      <c r="B208" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C208" t="s">
-        <v>67</v>
+        <v>688</v>
       </c>
       <c r="D208" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E208" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F208" s="1" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="G208" t="s">
-        <v>99</v>
+        <v>690</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="B209" t="s">
-        <v>608</v>
+        <v>687</v>
       </c>
       <c r="C209" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="D209" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E209" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F209" s="1" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="G209" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="B210" t="s">
-        <v>608</v>
+        <v>687</v>
       </c>
       <c r="C210" t="s">
-        <v>71</v>
+        <v>696</v>
       </c>
       <c r="D210" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E210" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F210" s="1" t="s">
-        <v>694</v>
+        <v>697</v>
       </c>
       <c r="G210" t="s">
-        <v>695</v>
+        <v>698</v>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" t="s">
-        <v>696</v>
+        <v>699</v>
       </c>
       <c r="B211" t="s">
-        <v>608</v>
+        <v>687</v>
       </c>
       <c r="C211" t="s">
-        <v>91</v>
+        <v>700</v>
       </c>
       <c r="D211" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E211" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F211" s="1" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="G211" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
-        <v>699</v>
+        <v>703</v>
       </c>
       <c r="B212" t="s">
-        <v>608</v>
+        <v>687</v>
       </c>
       <c r="C212" t="s">
-        <v>700</v>
+        <v>704</v>
       </c>
       <c r="D212" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E212" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F212" s="1" t="s">
-        <v>701</v>
+        <v>705</v>
       </c>
       <c r="G212" t="s">
-        <v>702</v>
+        <v>706</v>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="B213" t="s">
-        <v>608</v>
+        <v>687</v>
       </c>
       <c r="C213" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="D213" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E213" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F213" s="1" t="s">
-        <v>705</v>
+        <v>709</v>
       </c>
       <c r="G213" t="s">
-        <v>706</v>
+        <v>710</v>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
-        <v>707</v>
+        <v>711</v>
       </c>
       <c r="B214" t="s">
-        <v>608</v>
+        <v>687</v>
       </c>
       <c r="C214" t="s">
-        <v>94</v>
+        <v>378</v>
       </c>
       <c r="D214" t="s">
         <v>10</v>
       </c>
       <c r="E214" t="s">
         <v>11</v>
       </c>
       <c r="F214" s="1" t="s">
-        <v>708</v>
+        <v>712</v>
       </c>
       <c r="G214" t="s">
-        <v>709</v>
+        <v>17</v>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="B215" t="s">
-        <v>608</v>
+        <v>687</v>
       </c>
       <c r="C215" t="s">
-        <v>97</v>
+        <v>381</v>
       </c>
       <c r="D215" t="s">
         <v>10</v>
       </c>
       <c r="E215" t="s">
         <v>11</v>
       </c>
       <c r="F215" s="1" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="G215" t="s">
-        <v>712</v>
+        <v>17</v>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="B216" t="s">
-        <v>608</v>
+        <v>687</v>
       </c>
       <c r="C216" t="s">
-        <v>106</v>
+        <v>392</v>
       </c>
       <c r="D216" t="s">
         <v>10</v>
       </c>
       <c r="E216" t="s">
         <v>11</v>
       </c>
       <c r="F216" s="1" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="G216" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="B217" t="s">
-        <v>608</v>
+        <v>687</v>
       </c>
       <c r="C217" t="s">
-        <v>114</v>
+        <v>395</v>
       </c>
       <c r="D217" t="s">
         <v>10</v>
       </c>
       <c r="E217" t="s">
         <v>11</v>
       </c>
       <c r="F217" s="1" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="G217" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="B218" t="s">
-        <v>608</v>
+        <v>687</v>
       </c>
       <c r="C218" t="s">
-        <v>120</v>
+        <v>80</v>
       </c>
       <c r="D218" t="s">
         <v>10</v>
       </c>
       <c r="E218" t="s">
         <v>11</v>
       </c>
       <c r="F218" s="1" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="G218" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="B219" t="s">
-        <v>608</v>
+        <v>687</v>
       </c>
       <c r="C219" t="s">
-        <v>123</v>
+        <v>92</v>
       </c>
       <c r="D219" t="s">
         <v>10</v>
       </c>
       <c r="E219" t="s">
         <v>11</v>
       </c>
       <c r="F219" s="1" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="G219" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="B220" t="s">
-        <v>608</v>
+        <v>687</v>
       </c>
       <c r="C220" t="s">
-        <v>127</v>
+        <v>108</v>
       </c>
       <c r="D220" t="s">
         <v>10</v>
       </c>
       <c r="E220" t="s">
         <v>11</v>
       </c>
       <c r="F220" s="1" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="G220" t="s">
-        <v>727</v>
+        <v>17</v>
       </c>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="B221" t="s">
-        <v>608</v>
+        <v>687</v>
       </c>
       <c r="C221" t="s">
-        <v>130</v>
+        <v>111</v>
       </c>
       <c r="D221" t="s">
         <v>10</v>
       </c>
       <c r="E221" t="s">
         <v>11</v>
       </c>
       <c r="F221" s="1" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="G221" t="s">
-        <v>34</v>
+        <v>731</v>
       </c>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="B222" t="s">
-        <v>608</v>
+        <v>687</v>
       </c>
       <c r="C222" t="s">
-        <v>156</v>
+        <v>733</v>
       </c>
       <c r="D222" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E222" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F222" s="1" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="G222" t="s">
-        <v>34</v>
+        <v>735</v>
       </c>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" t="s">
-        <v>732</v>
+        <v>736</v>
       </c>
       <c r="B223" t="s">
-        <v>608</v>
+        <v>687</v>
       </c>
       <c r="C223" t="s">
-        <v>160</v>
+        <v>737</v>
       </c>
       <c r="D223" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E223" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F223" s="1" t="s">
-        <v>733</v>
+        <v>738</v>
       </c>
       <c r="G223" t="s">
-        <v>734</v>
+        <v>739</v>
       </c>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" t="s">
-        <v>735</v>
+        <v>740</v>
       </c>
       <c r="B224" t="s">
-        <v>608</v>
+        <v>687</v>
       </c>
       <c r="C224" t="s">
-        <v>736</v>
+        <v>152</v>
       </c>
       <c r="D224" t="s">
-        <v>49</v>
+        <v>192</v>
       </c>
       <c r="E224" t="s">
-        <v>50</v>
+        <v>193</v>
       </c>
       <c r="F224" s="1" t="s">
-        <v>737</v>
+        <v>741</v>
       </c>
       <c r="G224" t="s">
-        <v>397</v>
+        <v>742</v>
       </c>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" t="s">
-        <v>738</v>
+        <v>743</v>
       </c>
       <c r="B225" t="s">
-        <v>608</v>
+        <v>687</v>
       </c>
       <c r="C225" t="s">
-        <v>739</v>
+        <v>133</v>
       </c>
       <c r="D225" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E225" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F225" s="1" t="s">
-        <v>740</v>
+        <v>744</v>
       </c>
       <c r="G225" t="s">
-        <v>147</v>
+        <v>94</v>
       </c>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" t="s">
-        <v>741</v>
+        <v>745</v>
       </c>
       <c r="B226" t="s">
-        <v>608</v>
+        <v>687</v>
       </c>
       <c r="C226" t="s">
-        <v>742</v>
+        <v>136</v>
       </c>
       <c r="D226" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E226" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F226" s="1" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="G226" t="s">
-        <v>744</v>
+        <v>94</v>
       </c>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="B227" t="s">
-        <v>608</v>
+        <v>687</v>
       </c>
       <c r="C227" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="D227" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E227" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F227" s="1" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="G227" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="B228" t="s">
-        <v>608</v>
+        <v>687</v>
       </c>
       <c r="C228" t="s">
-        <v>166</v>
+        <v>752</v>
       </c>
       <c r="D228" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E228" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F228" s="1" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="G228" t="s">
-        <v>583</v>
+        <v>754</v>
       </c>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="B229" t="s">
-        <v>608</v>
+        <v>687</v>
       </c>
       <c r="C229" t="s">
-        <v>163</v>
+        <v>756</v>
       </c>
       <c r="D229" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E229" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F229" s="1" t="s">
-        <v>752</v>
+        <v>757</v>
       </c>
       <c r="G229" t="s">
-        <v>34</v>
+        <v>758</v>
       </c>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" t="s">
-        <v>753</v>
+        <v>759</v>
       </c>
       <c r="B230" t="s">
-        <v>608</v>
+        <v>687</v>
       </c>
       <c r="C230" t="s">
-        <v>170</v>
+        <v>152</v>
       </c>
       <c r="D230" t="s">
         <v>10</v>
       </c>
       <c r="E230" t="s">
         <v>11</v>
       </c>
       <c r="F230" s="1" t="s">
-        <v>754</v>
+        <v>760</v>
       </c>
       <c r="G230" t="s">
-        <v>755</v>
+        <v>761</v>
       </c>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" t="s">
-        <v>756</v>
+        <v>762</v>
       </c>
       <c r="B231" t="s">
-        <v>608</v>
+        <v>687</v>
       </c>
       <c r="C231" t="s">
-        <v>174</v>
+        <v>763</v>
       </c>
       <c r="D231" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E231" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F231" s="1" t="s">
-        <v>757</v>
+        <v>764</v>
       </c>
       <c r="G231" t="s">
-        <v>99</v>
+        <v>765</v>
       </c>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" t="s">
-        <v>758</v>
+        <v>766</v>
       </c>
       <c r="B232" t="s">
-        <v>608</v>
+        <v>687</v>
       </c>
       <c r="C232" t="s">
-        <v>178</v>
+        <v>156</v>
       </c>
       <c r="D232" t="s">
         <v>10</v>
       </c>
       <c r="E232" t="s">
         <v>11</v>
       </c>
       <c r="F232" s="1" t="s">
-        <v>759</v>
+        <v>767</v>
       </c>
       <c r="G232" t="s">
-        <v>760</v>
+        <v>17</v>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" t="s">
-        <v>761</v>
+        <v>768</v>
       </c>
       <c r="B233" t="s">
-        <v>608</v>
+        <v>687</v>
       </c>
       <c r="C233" t="s">
-        <v>182</v>
+        <v>769</v>
       </c>
       <c r="D233" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E233" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F233" s="1" t="s">
-        <v>762</v>
+        <v>770</v>
       </c>
       <c r="G233" t="s">
-        <v>331</v>
+        <v>771</v>
       </c>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="B234" t="s">
-        <v>608</v>
+        <v>687</v>
       </c>
       <c r="C234" t="s">
-        <v>186</v>
+        <v>160</v>
       </c>
       <c r="D234" t="s">
         <v>10</v>
       </c>
       <c r="E234" t="s">
         <v>11</v>
       </c>
       <c r="F234" s="1" t="s">
-        <v>764</v>
+        <v>773</v>
       </c>
       <c r="G234" t="s">
-        <v>765</v>
+        <v>774</v>
       </c>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" t="s">
-        <v>766</v>
+        <v>775</v>
       </c>
       <c r="B235" t="s">
-        <v>608</v>
+        <v>687</v>
       </c>
       <c r="C235" t="s">
-        <v>9</v>
+        <v>183</v>
       </c>
       <c r="D235" t="s">
         <v>10</v>
       </c>
       <c r="E235" t="s">
         <v>11</v>
       </c>
       <c r="F235" s="1" t="s">
-        <v>767</v>
+        <v>776</v>
       </c>
       <c r="G235" t="s">
-        <v>99</v>
+        <v>777</v>
       </c>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" t="s">
-        <v>768</v>
+        <v>778</v>
       </c>
       <c r="B236" t="s">
-        <v>608</v>
+        <v>687</v>
       </c>
       <c r="C236" t="s">
-        <v>15</v>
+        <v>779</v>
       </c>
       <c r="D236" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E236" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F236" s="1" t="s">
-        <v>769</v>
+        <v>780</v>
       </c>
       <c r="G236" t="s">
-        <v>770</v>
+        <v>781</v>
       </c>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" t="s">
-        <v>771</v>
+        <v>782</v>
       </c>
       <c r="B237" t="s">
-        <v>608</v>
+        <v>687</v>
       </c>
       <c r="C237" t="s">
-        <v>19</v>
+        <v>783</v>
       </c>
       <c r="D237" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E237" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F237" s="1" t="s">
-        <v>772</v>
+        <v>784</v>
       </c>
       <c r="G237" t="s">
-        <v>21</v>
+        <v>785</v>
       </c>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" t="s">
-        <v>773</v>
+        <v>786</v>
       </c>
       <c r="B238" t="s">
-        <v>608</v>
+        <v>687</v>
       </c>
       <c r="C238" t="s">
-        <v>23</v>
+        <v>186</v>
       </c>
       <c r="D238" t="s">
         <v>10</v>
       </c>
       <c r="E238" t="s">
         <v>11</v>
       </c>
       <c r="F238" s="1" t="s">
-        <v>774</v>
+        <v>787</v>
       </c>
       <c r="G238" t="s">
-        <v>775</v>
+        <v>788</v>
       </c>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" t="s">
-        <v>776</v>
+        <v>789</v>
       </c>
       <c r="B239" t="s">
-        <v>777</v>
+        <v>687</v>
       </c>
       <c r="C239" t="s">
-        <v>778</v>
+        <v>189</v>
       </c>
       <c r="D239" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E239" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F239" s="1" t="s">
-        <v>779</v>
+        <v>790</v>
       </c>
       <c r="G239" t="s">
-        <v>780</v>
+        <v>791</v>
       </c>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" t="s">
-        <v>781</v>
+        <v>792</v>
       </c>
       <c r="B240" t="s">
-        <v>777</v>
+        <v>687</v>
       </c>
       <c r="C240" t="s">
-        <v>782</v>
+        <v>197</v>
       </c>
       <c r="D240" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E240" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F240" s="1" t="s">
-        <v>783</v>
+        <v>793</v>
       </c>
       <c r="G240" t="s">
-        <v>784</v>
+        <v>794</v>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" t="s">
-        <v>785</v>
+        <v>795</v>
       </c>
       <c r="B241" t="s">
-        <v>777</v>
+        <v>687</v>
       </c>
       <c r="C241" t="s">
-        <v>67</v>
+        <v>205</v>
       </c>
       <c r="D241" t="s">
-        <v>101</v>
+        <v>10</v>
       </c>
       <c r="E241" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="F241" s="1" t="s">
-        <v>786</v>
+        <v>796</v>
       </c>
       <c r="G241" t="s">
-        <v>787</v>
+        <v>797</v>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" t="s">
-        <v>788</v>
+        <v>798</v>
       </c>
       <c r="B242" t="s">
-        <v>777</v>
+        <v>687</v>
       </c>
       <c r="C242" t="s">
-        <v>789</v>
+        <v>211</v>
       </c>
       <c r="D242" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E242" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F242" s="1" t="s">
-        <v>790</v>
+        <v>799</v>
       </c>
       <c r="G242" t="s">
-        <v>791</v>
+        <v>800</v>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" t="s">
-        <v>792</v>
+        <v>801</v>
       </c>
       <c r="B243" t="s">
-        <v>777</v>
+        <v>687</v>
       </c>
       <c r="C243" t="s">
-        <v>793</v>
+        <v>214</v>
       </c>
       <c r="D243" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E243" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F243" s="1" t="s">
-        <v>794</v>
+        <v>802</v>
       </c>
       <c r="G243" t="s">
-        <v>795</v>
+        <v>803</v>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" t="s">
-        <v>796</v>
+        <v>804</v>
       </c>
       <c r="B244" t="s">
-        <v>777</v>
+        <v>687</v>
       </c>
       <c r="C244" t="s">
-        <v>797</v>
+        <v>217</v>
       </c>
       <c r="D244" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E244" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F244" s="1" t="s">
-        <v>798</v>
+        <v>805</v>
       </c>
       <c r="G244" t="s">
-        <v>799</v>
+        <v>806</v>
       </c>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" t="s">
-        <v>800</v>
+        <v>807</v>
       </c>
       <c r="B245" t="s">
-        <v>777</v>
+        <v>687</v>
       </c>
       <c r="C245" t="s">
-        <v>801</v>
+        <v>220</v>
       </c>
       <c r="D245" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E245" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F245" s="1" t="s">
-        <v>802</v>
+        <v>808</v>
       </c>
       <c r="G245" t="s">
-        <v>803</v>
+        <v>94</v>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" t="s">
-        <v>804</v>
+        <v>809</v>
       </c>
       <c r="B246" t="s">
-        <v>777</v>
+        <v>687</v>
       </c>
       <c r="C246" t="s">
-        <v>805</v>
+        <v>245</v>
       </c>
       <c r="D246" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E246" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F246" s="1" t="s">
-        <v>806</v>
+        <v>810</v>
       </c>
       <c r="G246" t="s">
-        <v>807</v>
+        <v>94</v>
       </c>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" t="s">
-        <v>808</v>
+        <v>811</v>
       </c>
       <c r="B247" t="s">
-        <v>777</v>
+        <v>687</v>
       </c>
       <c r="C247" t="s">
-        <v>91</v>
+        <v>9</v>
       </c>
       <c r="D247" t="s">
         <v>10</v>
       </c>
       <c r="E247" t="s">
         <v>11</v>
       </c>
       <c r="F247" s="1" t="s">
-        <v>809</v>
+        <v>812</v>
       </c>
       <c r="G247" t="s">
-        <v>99</v>
+        <v>813</v>
       </c>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" t="s">
-        <v>810</v>
+        <v>814</v>
       </c>
       <c r="B248" t="s">
-        <v>777</v>
+        <v>687</v>
       </c>
       <c r="C248" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="D248" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E248" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F248" s="1" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="G248" t="s">
-        <v>813</v>
+        <v>476</v>
       </c>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="B249" t="s">
-        <v>777</v>
+        <v>687</v>
       </c>
       <c r="C249" t="s">
-        <v>94</v>
+        <v>818</v>
       </c>
       <c r="D249" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E249" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F249" s="1" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="G249" t="s">
-        <v>99</v>
+        <v>35</v>
       </c>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="B250" t="s">
-        <v>777</v>
+        <v>687</v>
       </c>
       <c r="C250" t="s">
-        <v>97</v>
+        <v>821</v>
       </c>
       <c r="D250" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E250" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F250" s="1" t="s">
-        <v>817</v>
+        <v>822</v>
       </c>
       <c r="G250" t="s">
-        <v>99</v>
+        <v>823</v>
       </c>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" t="s">
-        <v>818</v>
+        <v>824</v>
       </c>
       <c r="B251" t="s">
-        <v>777</v>
+        <v>687</v>
       </c>
       <c r="C251" t="s">
-        <v>819</v>
+        <v>825</v>
       </c>
       <c r="D251" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E251" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F251" s="1" t="s">
-        <v>820</v>
+        <v>826</v>
       </c>
       <c r="G251" t="s">
-        <v>821</v>
+        <v>827</v>
       </c>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" t="s">
-        <v>822</v>
+        <v>828</v>
       </c>
       <c r="B252" t="s">
-        <v>777</v>
+        <v>687</v>
       </c>
       <c r="C252" t="s">
-        <v>823</v>
+        <v>19</v>
       </c>
       <c r="D252" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E252" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F252" s="1" t="s">
-        <v>824</v>
+        <v>829</v>
       </c>
       <c r="G252" t="s">
-        <v>825</v>
+        <v>662</v>
       </c>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="B253" t="s">
-        <v>777</v>
+        <v>687</v>
       </c>
       <c r="C253" t="s">
-        <v>827</v>
+        <v>15</v>
       </c>
       <c r="D253" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E253" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F253" s="1" t="s">
-        <v>828</v>
+        <v>831</v>
       </c>
       <c r="G253" t="s">
-        <v>829</v>
+        <v>94</v>
       </c>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="B254" t="s">
-        <v>777</v>
+        <v>687</v>
       </c>
       <c r="C254" t="s">
-        <v>831</v>
+        <v>23</v>
       </c>
       <c r="D254" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E254" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F254" s="1" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="G254" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="B255" t="s">
-        <v>777</v>
+        <v>687</v>
       </c>
       <c r="C255" t="s">
-        <v>835</v>
+        <v>45</v>
       </c>
       <c r="D255" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E255" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F255" s="1" t="s">
         <v>836</v>
       </c>
       <c r="G255" t="s">
-        <v>837</v>
+        <v>17</v>
       </c>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" t="s">
+        <v>837</v>
+      </c>
+      <c r="B256" t="s">
+        <v>687</v>
+      </c>
+      <c r="C256" t="s">
+        <v>49</v>
+      </c>
+      <c r="D256" t="s">
+        <v>10</v>
+      </c>
+      <c r="E256" t="s">
+        <v>11</v>
+      </c>
+      <c r="F256" s="1" t="s">
         <v>838</v>
       </c>
-      <c r="B256" t="s">
-[...2 lines deleted...]
-      <c r="C256" t="s">
+      <c r="G256" t="s">
         <v>839</v>
-      </c>
-[...10 lines deleted...]
-        <v>833</v>
       </c>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" t="s">
+        <v>840</v>
+      </c>
+      <c r="B257" t="s">
+        <v>687</v>
+      </c>
+      <c r="C257" t="s">
+        <v>52</v>
+      </c>
+      <c r="D257" t="s">
+        <v>10</v>
+      </c>
+      <c r="E257" t="s">
+        <v>11</v>
+      </c>
+      <c r="F257" s="1" t="s">
         <v>841</v>
       </c>
-      <c r="B257" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G257" t="s">
-        <v>843</v>
+        <v>25</v>
       </c>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" t="s">
+        <v>842</v>
+      </c>
+      <c r="B258" t="s">
+        <v>687</v>
+      </c>
+      <c r="C258" t="s">
+        <v>55</v>
+      </c>
+      <c r="D258" t="s">
+        <v>10</v>
+      </c>
+      <c r="E258" t="s">
+        <v>11</v>
+      </c>
+      <c r="F258" s="1" t="s">
+        <v>843</v>
+      </c>
+      <c r="G258" t="s">
         <v>844</v>
-      </c>
-[...16 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" t="s">
+        <v>845</v>
+      </c>
+      <c r="B259" t="s">
+        <v>687</v>
+      </c>
+      <c r="C259" t="s">
+        <v>59</v>
+      </c>
+      <c r="D259" t="s">
+        <v>10</v>
+      </c>
+      <c r="E259" t="s">
+        <v>11</v>
+      </c>
+      <c r="F259" s="1" t="s">
         <v>846</v>
       </c>
-      <c r="B259" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G259" t="s">
-        <v>99</v>
+        <v>17</v>
       </c>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" t="s">
+        <v>847</v>
+      </c>
+      <c r="B260" t="s">
+        <v>687</v>
+      </c>
+      <c r="C260" t="s">
+        <v>63</v>
+      </c>
+      <c r="D260" t="s">
+        <v>10</v>
+      </c>
+      <c r="E260" t="s">
+        <v>11</v>
+      </c>
+      <c r="F260" s="1" t="s">
         <v>848</v>
       </c>
-      <c r="B260" t="s">
-[...11 lines deleted...]
-      <c r="F260" s="1" t="s">
+      <c r="G260" t="s">
         <v>849</v>
-      </c>
-[...1 lines deleted...]
-        <v>850</v>
       </c>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" t="s">
+        <v>850</v>
+      </c>
+      <c r="B261" t="s">
+        <v>687</v>
+      </c>
+      <c r="C261" t="s">
+        <v>67</v>
+      </c>
+      <c r="D261" t="s">
+        <v>10</v>
+      </c>
+      <c r="E261" t="s">
+        <v>11</v>
+      </c>
+      <c r="F261" s="1" t="s">
         <v>851</v>
       </c>
-      <c r="B261" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G261" t="s">
-        <v>854</v>
+        <v>69</v>
       </c>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" t="s">
-        <v>855</v>
+        <v>852</v>
       </c>
       <c r="B262" t="s">
-        <v>777</v>
+        <v>687</v>
       </c>
       <c r="C262" t="s">
-        <v>856</v>
+        <v>71</v>
       </c>
       <c r="D262" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E262" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F262" s="1" t="s">
-        <v>857</v>
+        <v>853</v>
       </c>
       <c r="G262" t="s">
-        <v>858</v>
+        <v>854</v>
       </c>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" t="s">
+        <v>855</v>
+      </c>
+      <c r="B263" t="s">
+        <v>856</v>
+      </c>
+      <c r="C263" t="s">
+        <v>857</v>
+      </c>
+      <c r="D263" t="s">
+        <v>28</v>
+      </c>
+      <c r="E263" t="s">
+        <v>29</v>
+      </c>
+      <c r="F263" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="G263" t="s">
         <v>859</v>
-      </c>
-[...16 lines deleted...]
-        <v>862</v>
       </c>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" t="s">
+        <v>860</v>
+      </c>
+      <c r="B264" t="s">
+        <v>856</v>
+      </c>
+      <c r="C264" t="s">
+        <v>861</v>
+      </c>
+      <c r="D264" t="s">
+        <v>28</v>
+      </c>
+      <c r="E264" t="s">
+        <v>29</v>
+      </c>
+      <c r="F264" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="G264" t="s">
         <v>863</v>
-      </c>
-[...16 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" t="s">
+        <v>864</v>
+      </c>
+      <c r="B265" t="s">
+        <v>856</v>
+      </c>
+      <c r="C265" t="s">
+        <v>156</v>
+      </c>
+      <c r="D265" t="s">
+        <v>192</v>
+      </c>
+      <c r="E265" t="s">
+        <v>193</v>
+      </c>
+      <c r="F265" s="1" t="s">
         <v>865</v>
       </c>
-      <c r="B265" t="s">
-[...11 lines deleted...]
-      <c r="F265" s="1" t="s">
+      <c r="G265" t="s">
         <v>866</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" t="s">
-        <v>789</v>
+        <v>867</v>
       </c>
       <c r="B266" t="s">
-        <v>777</v>
+        <v>856</v>
       </c>
       <c r="C266" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="D266" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E266" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F266" s="1" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="G266" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" t="s">
-        <v>793</v>
+        <v>871</v>
       </c>
       <c r="B267" t="s">
-        <v>777</v>
+        <v>856</v>
       </c>
       <c r="C267" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="D267" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E267" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F267" s="1" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="G267" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" t="s">
-        <v>797</v>
+        <v>875</v>
       </c>
       <c r="B268" t="s">
-        <v>777</v>
+        <v>856</v>
       </c>
       <c r="C268" t="s">
-        <v>873</v>
+        <v>876</v>
       </c>
       <c r="D268" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E268" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F268" s="1" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="G268" t="s">
-        <v>875</v>
+        <v>878</v>
       </c>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" t="s">
-        <v>801</v>
+        <v>879</v>
       </c>
       <c r="B269" t="s">
-        <v>777</v>
+        <v>856</v>
       </c>
       <c r="C269" t="s">
-        <v>876</v>
+        <v>880</v>
       </c>
       <c r="D269" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E269" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F269" s="1" t="s">
-        <v>877</v>
+        <v>881</v>
       </c>
       <c r="G269" t="s">
-        <v>878</v>
+        <v>882</v>
       </c>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" t="s">
-        <v>805</v>
+        <v>883</v>
       </c>
       <c r="B270" t="s">
-        <v>777</v>
+        <v>856</v>
       </c>
       <c r="C270" t="s">
-        <v>879</v>
+        <v>884</v>
       </c>
       <c r="D270" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E270" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F270" s="1" t="s">
-        <v>880</v>
+        <v>885</v>
       </c>
       <c r="G270" t="s">
-        <v>878</v>
+        <v>886</v>
       </c>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" t="s">
-        <v>629</v>
+        <v>887</v>
       </c>
       <c r="B271" t="s">
-        <v>777</v>
+        <v>856</v>
       </c>
       <c r="C271" t="s">
-        <v>127</v>
+        <v>183</v>
       </c>
       <c r="D271" t="s">
         <v>10</v>
       </c>
       <c r="E271" t="s">
         <v>11</v>
       </c>
       <c r="F271" s="1" t="s">
-        <v>881</v>
+        <v>888</v>
       </c>
       <c r="G271" t="s">
-        <v>882</v>
+        <v>17</v>
       </c>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" t="s">
-        <v>819</v>
+        <v>889</v>
       </c>
       <c r="B272" t="s">
-        <v>777</v>
+        <v>856</v>
       </c>
       <c r="C272" t="s">
-        <v>883</v>
+        <v>890</v>
       </c>
       <c r="D272" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E272" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F272" s="1" t="s">
-        <v>884</v>
+        <v>891</v>
       </c>
       <c r="G272" t="s">
-        <v>885</v>
+        <v>892</v>
       </c>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" t="s">
-        <v>823</v>
+        <v>893</v>
       </c>
       <c r="B273" t="s">
-        <v>777</v>
+        <v>856</v>
       </c>
       <c r="C273" t="s">
-        <v>886</v>
+        <v>186</v>
       </c>
       <c r="D273" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E273" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F273" s="1" t="s">
-        <v>887</v>
+        <v>894</v>
       </c>
       <c r="G273" t="s">
-        <v>888</v>
+        <v>17</v>
       </c>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" t="s">
-        <v>827</v>
+        <v>895</v>
       </c>
       <c r="B274" t="s">
-        <v>777</v>
+        <v>856</v>
       </c>
       <c r="C274" t="s">
-        <v>889</v>
+        <v>189</v>
       </c>
       <c r="D274" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E274" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F274" s="1" t="s">
-        <v>890</v>
+        <v>896</v>
       </c>
       <c r="G274" t="s">
-        <v>891</v>
+        <v>17</v>
       </c>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" t="s">
-        <v>831</v>
+        <v>897</v>
       </c>
       <c r="B275" t="s">
-        <v>777</v>
+        <v>856</v>
       </c>
       <c r="C275" t="s">
-        <v>892</v>
+        <v>898</v>
       </c>
       <c r="D275" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E275" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F275" s="1" t="s">
-        <v>893</v>
+        <v>899</v>
       </c>
       <c r="G275" t="s">
-        <v>894</v>
+        <v>900</v>
       </c>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" t="s">
-        <v>835</v>
+        <v>901</v>
       </c>
       <c r="B276" t="s">
-        <v>777</v>
+        <v>856</v>
       </c>
       <c r="C276" t="s">
-        <v>895</v>
+        <v>902</v>
       </c>
       <c r="D276" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E276" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F276" s="1" t="s">
-        <v>896</v>
+        <v>903</v>
       </c>
       <c r="G276" t="s">
-        <v>897</v>
+        <v>904</v>
       </c>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" t="s">
-        <v>839</v>
+        <v>905</v>
       </c>
       <c r="B277" t="s">
-        <v>777</v>
+        <v>856</v>
       </c>
       <c r="C277" t="s">
-        <v>898</v>
+        <v>906</v>
       </c>
       <c r="D277" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E277" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F277" s="1" t="s">
-        <v>899</v>
+        <v>907</v>
       </c>
       <c r="G277" t="s">
-        <v>900</v>
+        <v>908</v>
       </c>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" t="s">
-        <v>852</v>
+        <v>909</v>
       </c>
       <c r="B278" t="s">
-        <v>777</v>
+        <v>856</v>
       </c>
       <c r="C278" t="s">
-        <v>901</v>
+        <v>910</v>
       </c>
       <c r="D278" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E278" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F278" s="1" t="s">
-        <v>902</v>
+        <v>911</v>
       </c>
       <c r="G278" t="s">
-        <v>903</v>
+        <v>912</v>
       </c>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" t="s">
+        <v>913</v>
+      </c>
+      <c r="B279" t="s">
         <v>856</v>
       </c>
-      <c r="B279" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C279" t="s">
-        <v>904</v>
+        <v>914</v>
       </c>
       <c r="D279" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E279" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F279" s="1" t="s">
-        <v>905</v>
+        <v>915</v>
       </c>
       <c r="G279" t="s">
-        <v>906</v>
+        <v>916</v>
       </c>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" t="s">
-        <v>860</v>
+        <v>917</v>
       </c>
       <c r="B280" t="s">
-        <v>777</v>
+        <v>856</v>
       </c>
       <c r="C280" t="s">
-        <v>907</v>
+        <v>918</v>
       </c>
       <c r="D280" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E280" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F280" s="1" t="s">
-        <v>908</v>
+        <v>919</v>
       </c>
       <c r="G280" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" t="s">
-        <v>870</v>
+        <v>920</v>
       </c>
       <c r="B281" t="s">
-        <v>777</v>
+        <v>856</v>
       </c>
       <c r="C281" t="s">
-        <v>910</v>
+        <v>160</v>
       </c>
       <c r="D281" t="s">
-        <v>49</v>
+        <v>192</v>
       </c>
       <c r="E281" t="s">
-        <v>50</v>
+        <v>193</v>
       </c>
       <c r="F281" s="1" t="s">
-        <v>911</v>
+        <v>921</v>
       </c>
       <c r="G281" t="s">
-        <v>912</v>
+        <v>922</v>
       </c>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" t="s">
-        <v>654</v>
+        <v>923</v>
       </c>
       <c r="B282" t="s">
-        <v>777</v>
+        <v>856</v>
       </c>
       <c r="C282" t="s">
-        <v>130</v>
+        <v>197</v>
       </c>
       <c r="D282" t="s">
         <v>10</v>
       </c>
       <c r="E282" t="s">
         <v>11</v>
       </c>
       <c r="F282" s="1" t="s">
-        <v>913</v>
+        <v>924</v>
       </c>
       <c r="G282" t="s">
-        <v>914</v>
+        <v>17</v>
       </c>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" t="s">
-        <v>658</v>
+        <v>925</v>
       </c>
       <c r="B283" t="s">
-        <v>777</v>
+        <v>856</v>
       </c>
       <c r="C283" t="s">
-        <v>156</v>
+        <v>205</v>
       </c>
       <c r="D283" t="s">
         <v>10</v>
       </c>
       <c r="E283" t="s">
         <v>11</v>
       </c>
       <c r="F283" s="1" t="s">
-        <v>915</v>
+        <v>926</v>
       </c>
       <c r="G283" t="s">
-        <v>916</v>
+        <v>17</v>
       </c>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" t="s">
-        <v>669</v>
+        <v>927</v>
       </c>
       <c r="B284" t="s">
-        <v>777</v>
+        <v>856</v>
       </c>
       <c r="C284" t="s">
-        <v>160</v>
+        <v>918</v>
       </c>
       <c r="D284" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E284" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F284" s="1" t="s">
-        <v>917</v>
+        <v>928</v>
       </c>
       <c r="G284" t="s">
-        <v>918</v>
+        <v>929</v>
       </c>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" t="s">
-        <v>673</v>
+        <v>930</v>
       </c>
       <c r="B285" t="s">
-        <v>777</v>
+        <v>856</v>
       </c>
       <c r="C285" t="s">
-        <v>163</v>
+        <v>931</v>
       </c>
       <c r="D285" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E285" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F285" s="1" t="s">
-        <v>919</v>
+        <v>932</v>
       </c>
       <c r="G285" t="s">
-        <v>920</v>
+        <v>933</v>
       </c>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" t="s">
-        <v>677</v>
+        <v>934</v>
       </c>
       <c r="B286" t="s">
-        <v>777</v>
+        <v>856</v>
       </c>
       <c r="C286" t="s">
-        <v>166</v>
+        <v>935</v>
       </c>
       <c r="D286" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E286" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F286" s="1" t="s">
-        <v>921</v>
+        <v>936</v>
       </c>
       <c r="G286" t="s">
-        <v>922</v>
+        <v>937</v>
       </c>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" t="s">
-        <v>873</v>
+        <v>88</v>
       </c>
       <c r="B287" t="s">
-        <v>777</v>
+        <v>856</v>
       </c>
       <c r="C287" t="s">
-        <v>923</v>
+        <v>938</v>
       </c>
       <c r="D287" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E287" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F287" s="1" t="s">
-        <v>924</v>
+        <v>939</v>
       </c>
       <c r="G287" t="s">
-        <v>925</v>
+        <v>940</v>
       </c>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" t="s">
-        <v>879</v>
+        <v>941</v>
       </c>
       <c r="B288" t="s">
-        <v>777</v>
+        <v>856</v>
       </c>
       <c r="C288" t="s">
-        <v>926</v>
+        <v>211</v>
       </c>
       <c r="D288" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E288" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F288" s="1" t="s">
-        <v>927</v>
+        <v>942</v>
       </c>
       <c r="G288" t="s">
-        <v>397</v>
+        <v>17</v>
       </c>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" t="s">
-        <v>867</v>
+        <v>943</v>
       </c>
       <c r="B289" t="s">
-        <v>777</v>
+        <v>856</v>
       </c>
       <c r="C289" t="s">
-        <v>928</v>
+        <v>214</v>
       </c>
       <c r="D289" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E289" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F289" s="1" t="s">
-        <v>929</v>
+        <v>944</v>
       </c>
       <c r="G289" t="s">
-        <v>930</v>
+        <v>17</v>
       </c>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" t="s">
-        <v>684</v>
+        <v>868</v>
       </c>
       <c r="B290" t="s">
-        <v>777</v>
+        <v>856</v>
       </c>
       <c r="C290" t="s">
-        <v>170</v>
+        <v>945</v>
       </c>
       <c r="D290" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E290" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F290" s="1" t="s">
-        <v>931</v>
+        <v>946</v>
       </c>
       <c r="G290" t="s">
-        <v>583</v>
+        <v>947</v>
       </c>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" t="s">
-        <v>700</v>
+        <v>872</v>
       </c>
       <c r="B291" t="s">
-        <v>777</v>
+        <v>856</v>
       </c>
       <c r="C291" t="s">
-        <v>174</v>
+        <v>948</v>
       </c>
       <c r="D291" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E291" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F291" s="1" t="s">
-        <v>932</v>
+        <v>949</v>
       </c>
       <c r="G291" t="s">
-        <v>331</v>
+        <v>950</v>
       </c>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" t="s">
-        <v>704</v>
+        <v>876</v>
       </c>
       <c r="B292" t="s">
-        <v>777</v>
+        <v>856</v>
       </c>
       <c r="C292" t="s">
-        <v>178</v>
+        <v>951</v>
       </c>
       <c r="D292" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E292" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F292" s="1" t="s">
-        <v>933</v>
+        <v>952</v>
       </c>
       <c r="G292" t="s">
-        <v>934</v>
+        <v>953</v>
       </c>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" t="s">
-        <v>736</v>
+        <v>880</v>
       </c>
       <c r="B293" t="s">
-        <v>777</v>
+        <v>856</v>
       </c>
       <c r="C293" t="s">
-        <v>182</v>
+        <v>954</v>
       </c>
       <c r="D293" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E293" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F293" s="1" t="s">
-        <v>935</v>
+        <v>955</v>
       </c>
       <c r="G293" t="s">
-        <v>936</v>
+        <v>956</v>
       </c>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" t="s">
-        <v>739</v>
+        <v>884</v>
       </c>
       <c r="B294" t="s">
-        <v>777</v>
+        <v>856</v>
       </c>
       <c r="C294" t="s">
-        <v>186</v>
+        <v>957</v>
       </c>
       <c r="D294" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E294" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F294" s="1" t="s">
-        <v>937</v>
+        <v>958</v>
       </c>
       <c r="G294" t="s">
-        <v>158</v>
+        <v>956</v>
       </c>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" t="s">
-        <v>742</v>
+        <v>708</v>
       </c>
       <c r="B295" t="s">
-        <v>777</v>
+        <v>856</v>
       </c>
       <c r="C295" t="s">
-        <v>9</v>
+        <v>217</v>
       </c>
       <c r="D295" t="s">
         <v>10</v>
       </c>
       <c r="E295" t="s">
         <v>11</v>
       </c>
       <c r="F295" s="1" t="s">
-        <v>938</v>
+        <v>959</v>
       </c>
       <c r="G295" t="s">
-        <v>939</v>
+        <v>960</v>
       </c>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" t="s">
-        <v>746</v>
+        <v>898</v>
       </c>
       <c r="B296" t="s">
-        <v>777</v>
+        <v>856</v>
       </c>
       <c r="C296" t="s">
-        <v>15</v>
+        <v>961</v>
       </c>
       <c r="D296" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E296" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F296" s="1" t="s">
-        <v>940</v>
+        <v>962</v>
       </c>
       <c r="G296" t="s">
-        <v>941</v>
+        <v>963</v>
       </c>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" t="s">
-        <v>778</v>
+        <v>902</v>
       </c>
       <c r="B297" t="s">
-        <v>777</v>
+        <v>856</v>
       </c>
       <c r="C297" t="s">
-        <v>19</v>
+        <v>964</v>
       </c>
       <c r="D297" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E297" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F297" s="1" t="s">
-        <v>942</v>
+        <v>965</v>
       </c>
       <c r="G297" t="s">
-        <v>21</v>
+        <v>966</v>
       </c>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" t="s">
-        <v>782</v>
+        <v>906</v>
       </c>
       <c r="B298" t="s">
-        <v>777</v>
+        <v>856</v>
       </c>
       <c r="C298" t="s">
-        <v>23</v>
+        <v>967</v>
       </c>
       <c r="D298" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E298" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F298" s="1" t="s">
-        <v>943</v>
+        <v>968</v>
       </c>
       <c r="G298" t="s">
-        <v>944</v>
+        <v>969</v>
       </c>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" t="s">
-        <v>945</v>
+        <v>910</v>
       </c>
       <c r="B299" t="s">
-        <v>946</v>
+        <v>856</v>
       </c>
       <c r="C299" t="s">
-        <v>947</v>
+        <v>970</v>
       </c>
       <c r="D299" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E299" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F299" s="1" t="s">
-        <v>948</v>
+        <v>971</v>
       </c>
       <c r="G299" t="s">
-        <v>949</v>
+        <v>972</v>
       </c>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" t="s">
-        <v>950</v>
+        <v>914</v>
       </c>
       <c r="B300" t="s">
-        <v>946</v>
+        <v>856</v>
       </c>
       <c r="C300" t="s">
-        <v>951</v>
+        <v>973</v>
       </c>
       <c r="D300" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E300" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F300" s="1" t="s">
-        <v>952</v>
+        <v>974</v>
       </c>
       <c r="G300" t="s">
-        <v>953</v>
+        <v>975</v>
       </c>
     </row>
     <row r="301" spans="1:7">
       <c r="A301" t="s">
-        <v>954</v>
+        <v>918</v>
       </c>
       <c r="B301" t="s">
-        <v>946</v>
+        <v>856</v>
       </c>
       <c r="C301" t="s">
-        <v>91</v>
+        <v>976</v>
       </c>
       <c r="D301" t="s">
-        <v>58</v>
+        <v>28</v>
       </c>
       <c r="E301" t="s">
-        <v>59</v>
+        <v>29</v>
       </c>
       <c r="F301" s="1" t="s">
-        <v>955</v>
+        <v>977</v>
       </c>
       <c r="G301" t="s">
-        <v>956</v>
+        <v>978</v>
       </c>
     </row>
     <row r="302" spans="1:7">
       <c r="A302" t="s">
-        <v>957</v>
+        <v>931</v>
       </c>
       <c r="B302" t="s">
-        <v>946</v>
+        <v>856</v>
       </c>
       <c r="C302" t="s">
-        <v>94</v>
+        <v>979</v>
       </c>
       <c r="D302" t="s">
-        <v>58</v>
+        <v>28</v>
       </c>
       <c r="E302" t="s">
-        <v>59</v>
+        <v>29</v>
       </c>
       <c r="F302" s="1" t="s">
-        <v>958</v>
+        <v>980</v>
       </c>
       <c r="G302" t="s">
-        <v>959</v>
+        <v>981</v>
       </c>
     </row>
     <row r="303" spans="1:7">
       <c r="A303" t="s">
-        <v>960</v>
+        <v>935</v>
       </c>
       <c r="B303" t="s">
-        <v>946</v>
+        <v>856</v>
       </c>
       <c r="C303" t="s">
-        <v>961</v>
+        <v>982</v>
       </c>
       <c r="D303" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E303" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F303" s="1" t="s">
-        <v>962</v>
+        <v>983</v>
       </c>
       <c r="G303" t="s">
-        <v>963</v>
+        <v>984</v>
       </c>
     </row>
     <row r="304" spans="1:7">
       <c r="A304" t="s">
-        <v>964</v>
+        <v>938</v>
       </c>
       <c r="B304" t="s">
-        <v>946</v>
+        <v>856</v>
       </c>
       <c r="C304" t="s">
-        <v>71</v>
+        <v>985</v>
       </c>
       <c r="D304" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E304" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F304" s="1" t="s">
-        <v>965</v>
+        <v>986</v>
       </c>
       <c r="G304" t="s">
-        <v>99</v>
+        <v>987</v>
       </c>
     </row>
     <row r="305" spans="1:7">
       <c r="A305" t="s">
-        <v>966</v>
+        <v>948</v>
       </c>
       <c r="B305" t="s">
-        <v>946</v>
+        <v>856</v>
       </c>
       <c r="C305" t="s">
-        <v>91</v>
+        <v>988</v>
       </c>
       <c r="D305" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E305" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F305" s="1" t="s">
-        <v>967</v>
+        <v>989</v>
       </c>
       <c r="G305" t="s">
-        <v>99</v>
+        <v>990</v>
       </c>
     </row>
     <row r="306" spans="1:7">
       <c r="A306" t="s">
-        <v>968</v>
+        <v>733</v>
       </c>
       <c r="B306" t="s">
-        <v>946</v>
+        <v>856</v>
       </c>
       <c r="C306" t="s">
-        <v>94</v>
+        <v>220</v>
       </c>
       <c r="D306" t="s">
         <v>10</v>
       </c>
       <c r="E306" t="s">
         <v>11</v>
       </c>
       <c r="F306" s="1" t="s">
-        <v>969</v>
+        <v>991</v>
       </c>
       <c r="G306" t="s">
-        <v>99</v>
+        <v>992</v>
       </c>
     </row>
     <row r="307" spans="1:7">
       <c r="A307" t="s">
-        <v>970</v>
+        <v>737</v>
       </c>
       <c r="B307" t="s">
-        <v>946</v>
+        <v>856</v>
       </c>
       <c r="C307" t="s">
-        <v>97</v>
+        <v>245</v>
       </c>
       <c r="D307" t="s">
         <v>10</v>
       </c>
       <c r="E307" t="s">
         <v>11</v>
       </c>
       <c r="F307" s="1" t="s">
-        <v>971</v>
+        <v>993</v>
       </c>
       <c r="G307" t="s">
-        <v>99</v>
+        <v>994</v>
       </c>
     </row>
     <row r="308" spans="1:7">
       <c r="A308" t="s">
-        <v>972</v>
+        <v>748</v>
       </c>
       <c r="B308" t="s">
-        <v>946</v>
+        <v>856</v>
       </c>
       <c r="C308" t="s">
-        <v>106</v>
+        <v>9</v>
       </c>
       <c r="D308" t="s">
         <v>10</v>
       </c>
       <c r="E308" t="s">
         <v>11</v>
       </c>
       <c r="F308" s="1" t="s">
-        <v>973</v>
+        <v>995</v>
       </c>
       <c r="G308" t="s">
-        <v>99</v>
+        <v>996</v>
       </c>
     </row>
     <row r="309" spans="1:7">
       <c r="A309" t="s">
-        <v>974</v>
+        <v>752</v>
       </c>
       <c r="B309" t="s">
-        <v>946</v>
+        <v>856</v>
       </c>
       <c r="C309" t="s">
-        <v>114</v>
+        <v>15</v>
       </c>
       <c r="D309" t="s">
         <v>10</v>
       </c>
       <c r="E309" t="s">
         <v>11</v>
       </c>
       <c r="F309" s="1" t="s">
-        <v>975</v>
+        <v>997</v>
       </c>
       <c r="G309" t="s">
-        <v>99</v>
+        <v>998</v>
       </c>
     </row>
     <row r="310" spans="1:7">
       <c r="A310" t="s">
-        <v>976</v>
+        <v>756</v>
       </c>
       <c r="B310" t="s">
-        <v>946</v>
+        <v>856</v>
       </c>
       <c r="C310" t="s">
-        <v>120</v>
+        <v>19</v>
       </c>
       <c r="D310" t="s">
         <v>10</v>
       </c>
       <c r="E310" t="s">
         <v>11</v>
       </c>
       <c r="F310" s="1" t="s">
-        <v>977</v>
+        <v>999</v>
       </c>
       <c r="G310" t="s">
-        <v>99</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="311" spans="1:7">
       <c r="A311" t="s">
-        <v>978</v>
+        <v>951</v>
       </c>
       <c r="B311" t="s">
-        <v>946</v>
+        <v>856</v>
       </c>
       <c r="C311" t="s">
-        <v>979</v>
+        <v>1001</v>
       </c>
       <c r="D311" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E311" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F311" s="1" t="s">
-        <v>980</v>
+        <v>1002</v>
       </c>
       <c r="G311" t="s">
-        <v>981</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="312" spans="1:7">
       <c r="A312" t="s">
-        <v>982</v>
+        <v>957</v>
       </c>
       <c r="B312" t="s">
-        <v>946</v>
+        <v>856</v>
       </c>
       <c r="C312" t="s">
-        <v>983</v>
+        <v>1004</v>
       </c>
       <c r="D312" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E312" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F312" s="1" t="s">
-        <v>984</v>
+        <v>1005</v>
       </c>
       <c r="G312" t="s">
-        <v>985</v>
+        <v>476</v>
       </c>
     </row>
     <row r="313" spans="1:7">
       <c r="A313" t="s">
-        <v>986</v>
+        <v>945</v>
       </c>
       <c r="B313" t="s">
-        <v>946</v>
+        <v>856</v>
       </c>
       <c r="C313" t="s">
-        <v>123</v>
+        <v>1006</v>
       </c>
       <c r="D313" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E313" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F313" s="1" t="s">
-        <v>987</v>
+        <v>1007</v>
       </c>
       <c r="G313" t="s">
-        <v>988</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="314" spans="1:7">
       <c r="A314" t="s">
-        <v>989</v>
+        <v>763</v>
       </c>
       <c r="B314" t="s">
-        <v>946</v>
+        <v>856</v>
       </c>
       <c r="C314" t="s">
-        <v>130</v>
+        <v>23</v>
       </c>
       <c r="D314" t="s">
         <v>10</v>
       </c>
       <c r="E314" t="s">
         <v>11</v>
       </c>
       <c r="F314" s="1" t="s">
-        <v>990</v>
+        <v>1009</v>
       </c>
       <c r="G314" t="s">
-        <v>882</v>
+        <v>662</v>
       </c>
     </row>
     <row r="315" spans="1:7">
       <c r="A315" t="s">
-        <v>991</v>
+        <v>779</v>
       </c>
       <c r="B315" t="s">
-        <v>946</v>
+        <v>856</v>
       </c>
       <c r="C315" t="s">
-        <v>992</v>
+        <v>45</v>
       </c>
       <c r="D315" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E315" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F315" s="1" t="s">
-        <v>993</v>
+        <v>1010</v>
       </c>
       <c r="G315" t="s">
-        <v>994</v>
+        <v>25</v>
       </c>
     </row>
     <row r="316" spans="1:7">
       <c r="A316" t="s">
-        <v>995</v>
+        <v>783</v>
       </c>
       <c r="B316" t="s">
-        <v>946</v>
+        <v>856</v>
       </c>
       <c r="C316" t="s">
-        <v>996</v>
+        <v>49</v>
       </c>
       <c r="D316" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E316" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F316" s="1" t="s">
-        <v>997</v>
+        <v>1011</v>
       </c>
       <c r="G316" t="s">
-        <v>998</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="317" spans="1:7">
       <c r="A317" t="s">
-        <v>999</v>
+        <v>815</v>
       </c>
       <c r="B317" t="s">
-        <v>946</v>
+        <v>856</v>
       </c>
       <c r="C317" t="s">
-        <v>1000</v>
+        <v>52</v>
       </c>
       <c r="D317" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E317" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F317" s="1" t="s">
-        <v>1001</v>
+        <v>1013</v>
       </c>
       <c r="G317" t="s">
-        <v>1002</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="318" spans="1:7">
       <c r="A318" t="s">
-        <v>1003</v>
+        <v>818</v>
       </c>
       <c r="B318" t="s">
-        <v>946</v>
+        <v>856</v>
       </c>
       <c r="C318" t="s">
-        <v>1004</v>
+        <v>55</v>
       </c>
       <c r="D318" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E318" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F318" s="1" t="s">
-        <v>1005</v>
+        <v>1015</v>
       </c>
       <c r="G318" t="s">
-        <v>1006</v>
+        <v>57</v>
       </c>
     </row>
     <row r="319" spans="1:7">
       <c r="A319" t="s">
-        <v>1007</v>
+        <v>821</v>
       </c>
       <c r="B319" t="s">
-        <v>946</v>
+        <v>856</v>
       </c>
       <c r="C319" t="s">
-        <v>156</v>
+        <v>59</v>
       </c>
       <c r="D319" t="s">
         <v>10</v>
       </c>
       <c r="E319" t="s">
         <v>11</v>
       </c>
       <c r="F319" s="1" t="s">
-        <v>1008</v>
+        <v>1016</v>
       </c>
       <c r="G319" t="s">
-        <v>1009</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="320" spans="1:7">
       <c r="A320" t="s">
-        <v>1010</v>
+        <v>825</v>
       </c>
       <c r="B320" t="s">
-        <v>946</v>
+        <v>856</v>
       </c>
       <c r="C320" t="s">
-        <v>160</v>
+        <v>63</v>
       </c>
       <c r="D320" t="s">
         <v>10</v>
       </c>
       <c r="E320" t="s">
         <v>11</v>
       </c>
       <c r="F320" s="1" t="s">
-        <v>1011</v>
+        <v>1018</v>
       </c>
       <c r="G320" t="s">
-        <v>1012</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="321" spans="1:7">
       <c r="A321" t="s">
-        <v>1013</v>
+        <v>857</v>
       </c>
       <c r="B321" t="s">
-        <v>946</v>
+        <v>856</v>
       </c>
       <c r="C321" t="s">
-        <v>97</v>
+        <v>67</v>
       </c>
       <c r="D321" t="s">
-        <v>58</v>
+        <v>10</v>
       </c>
       <c r="E321" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="F321" s="1" t="s">
-        <v>1014</v>
+        <v>1020</v>
       </c>
       <c r="G321" t="s">
-        <v>1015</v>
+        <v>69</v>
       </c>
     </row>
     <row r="322" spans="1:7">
       <c r="A322" t="s">
-        <v>1016</v>
+        <v>861</v>
       </c>
       <c r="B322" t="s">
-        <v>946</v>
+        <v>856</v>
       </c>
       <c r="C322" t="s">
-        <v>163</v>
+        <v>71</v>
       </c>
       <c r="D322" t="s">
         <v>10</v>
       </c>
       <c r="E322" t="s">
         <v>11</v>
       </c>
       <c r="F322" s="1" t="s">
-        <v>1017</v>
+        <v>1021</v>
       </c>
       <c r="G322" t="s">
-        <v>1018</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="323" spans="1:7">
       <c r="A323" t="s">
-        <v>1019</v>
+        <v>1023</v>
       </c>
       <c r="B323" t="s">
-        <v>946</v>
+        <v>1024</v>
       </c>
       <c r="C323" t="s">
-        <v>166</v>
+        <v>1025</v>
       </c>
       <c r="D323" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E323" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F323" s="1" t="s">
-        <v>1020</v>
+        <v>1026</v>
       </c>
       <c r="G323" t="s">
-        <v>1021</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="324" spans="1:7">
       <c r="A324" t="s">
-        <v>1022</v>
+        <v>1028</v>
       </c>
       <c r="B324" t="s">
-        <v>946</v>
+        <v>1024</v>
       </c>
       <c r="C324" t="s">
-        <v>170</v>
+        <v>1029</v>
       </c>
       <c r="D324" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E324" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F324" s="1" t="s">
-        <v>1023</v>
+        <v>1030</v>
       </c>
       <c r="G324" t="s">
-        <v>1024</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="325" spans="1:7">
       <c r="A325" t="s">
-        <v>1025</v>
+        <v>1032</v>
       </c>
       <c r="B325" t="s">
-        <v>946</v>
+        <v>1024</v>
       </c>
       <c r="C325" t="s">
-        <v>174</v>
+        <v>183</v>
       </c>
       <c r="D325" t="s">
-        <v>10</v>
+        <v>147</v>
       </c>
       <c r="E325" t="s">
-        <v>11</v>
+        <v>148</v>
       </c>
       <c r="F325" s="1" t="s">
-        <v>1026</v>
+        <v>1033</v>
       </c>
       <c r="G325" t="s">
-        <v>1027</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="326" spans="1:7">
       <c r="A326" t="s">
-        <v>1028</v>
+        <v>1035</v>
       </c>
       <c r="B326" t="s">
-        <v>946</v>
+        <v>1024</v>
       </c>
       <c r="C326" t="s">
-        <v>178</v>
+        <v>186</v>
       </c>
       <c r="D326" t="s">
-        <v>10</v>
+        <v>147</v>
       </c>
       <c r="E326" t="s">
-        <v>11</v>
+        <v>148</v>
       </c>
       <c r="F326" s="1" t="s">
-        <v>1029</v>
+        <v>1036</v>
       </c>
       <c r="G326" t="s">
-        <v>1030</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="327" spans="1:7">
       <c r="A327" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="B327" t="s">
-        <v>946</v>
+        <v>1024</v>
       </c>
       <c r="C327" t="s">
-        <v>182</v>
+        <v>1039</v>
       </c>
       <c r="D327" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E327" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F327" s="1" t="s">
-        <v>1032</v>
+        <v>1040</v>
       </c>
       <c r="G327" t="s">
-        <v>583</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="328" spans="1:7">
       <c r="A328" t="s">
-        <v>1033</v>
+        <v>1042</v>
       </c>
       <c r="B328" t="s">
-        <v>946</v>
+        <v>1024</v>
       </c>
       <c r="C328" t="s">
-        <v>1034</v>
+        <v>160</v>
       </c>
       <c r="D328" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E328" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F328" s="1" t="s">
-        <v>1035</v>
+        <v>1043</v>
       </c>
       <c r="G328" t="s">
-        <v>147</v>
+        <v>17</v>
       </c>
     </row>
     <row r="329" spans="1:7">
       <c r="A329" t="s">
-        <v>1036</v>
+        <v>1044</v>
       </c>
       <c r="B329" t="s">
-        <v>946</v>
+        <v>1024</v>
       </c>
       <c r="C329" t="s">
-        <v>1037</v>
+        <v>183</v>
       </c>
       <c r="D329" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E329" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F329" s="1" t="s">
-        <v>1038</v>
+        <v>1045</v>
       </c>
       <c r="G329" t="s">
-        <v>397</v>
+        <v>17</v>
       </c>
     </row>
     <row r="330" spans="1:7">
       <c r="A330" t="s">
-        <v>1039</v>
+        <v>1046</v>
       </c>
       <c r="B330" t="s">
-        <v>946</v>
+        <v>1024</v>
       </c>
       <c r="C330" t="s">
-        <v>1040</v>
+        <v>186</v>
       </c>
       <c r="D330" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E330" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F330" s="1" t="s">
-        <v>1041</v>
+        <v>1047</v>
       </c>
       <c r="G330" t="s">
-        <v>1042</v>
+        <v>17</v>
       </c>
     </row>
     <row r="331" spans="1:7">
       <c r="A331" t="s">
-        <v>1043</v>
+        <v>1048</v>
       </c>
       <c r="B331" t="s">
-        <v>946</v>
+        <v>1024</v>
       </c>
       <c r="C331" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="D331" t="s">
         <v>10</v>
       </c>
       <c r="E331" t="s">
         <v>11</v>
       </c>
       <c r="F331" s="1" t="s">
-        <v>1044</v>
+        <v>1049</v>
       </c>
       <c r="G331" t="s">
-        <v>158</v>
+        <v>17</v>
       </c>
     </row>
     <row r="332" spans="1:7">
       <c r="A332" t="s">
-        <v>1045</v>
+        <v>1050</v>
       </c>
       <c r="B332" t="s">
-        <v>946</v>
+        <v>1024</v>
       </c>
       <c r="C332" t="s">
-        <v>9</v>
+        <v>197</v>
       </c>
       <c r="D332" t="s">
         <v>10</v>
       </c>
       <c r="E332" t="s">
         <v>11</v>
       </c>
       <c r="F332" s="1" t="s">
-        <v>1046</v>
+        <v>1051</v>
       </c>
       <c r="G332" t="s">
-        <v>941</v>
+        <v>17</v>
       </c>
     </row>
     <row r="333" spans="1:7">
       <c r="A333" t="s">
-        <v>1047</v>
+        <v>1052</v>
       </c>
       <c r="B333" t="s">
-        <v>946</v>
+        <v>1024</v>
       </c>
       <c r="C333" t="s">
-        <v>15</v>
+        <v>205</v>
       </c>
       <c r="D333" t="s">
         <v>10</v>
       </c>
       <c r="E333" t="s">
         <v>11</v>
       </c>
       <c r="F333" s="1" t="s">
-        <v>1048</v>
+        <v>1053</v>
       </c>
       <c r="G333" t="s">
-        <v>1049</v>
+        <v>17</v>
       </c>
     </row>
     <row r="334" spans="1:7">
       <c r="A334" t="s">
-        <v>1050</v>
+        <v>1054</v>
       </c>
       <c r="B334" t="s">
-        <v>946</v>
+        <v>1024</v>
       </c>
       <c r="C334" t="s">
-        <v>19</v>
+        <v>211</v>
       </c>
       <c r="D334" t="s">
         <v>10</v>
       </c>
       <c r="E334" t="s">
         <v>11</v>
       </c>
       <c r="F334" s="1" t="s">
-        <v>1051</v>
+        <v>1055</v>
       </c>
       <c r="G334" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
     </row>
     <row r="335" spans="1:7">
       <c r="A335" t="s">
-        <v>1052</v>
+        <v>1056</v>
       </c>
       <c r="B335" t="s">
-        <v>946</v>
+        <v>1024</v>
       </c>
       <c r="C335" t="s">
-        <v>23</v>
+        <v>1057</v>
       </c>
       <c r="D335" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E335" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F335" s="1" t="s">
-        <v>1053</v>
+        <v>1058</v>
       </c>
       <c r="G335" t="s">
-        <v>1054</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="336" spans="1:7">
       <c r="A336" t="s">
-        <v>1055</v>
+        <v>1060</v>
       </c>
       <c r="B336" t="s">
-        <v>1056</v>
+        <v>1024</v>
       </c>
       <c r="C336" t="s">
-        <v>106</v>
+        <v>1061</v>
       </c>
       <c r="D336" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E336" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F336" s="1" t="s">
-        <v>1057</v>
+        <v>1062</v>
       </c>
       <c r="G336" t="s">
-        <v>682</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="337" spans="1:7">
       <c r="A337" t="s">
-        <v>1058</v>
+        <v>1064</v>
       </c>
       <c r="B337" t="s">
-        <v>1056</v>
+        <v>1024</v>
       </c>
       <c r="C337" t="s">
-        <v>1059</v>
+        <v>214</v>
       </c>
       <c r="D337" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E337" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F337" s="1" t="s">
-        <v>1060</v>
+        <v>1065</v>
       </c>
       <c r="G337" t="s">
-        <v>1061</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="338" spans="1:7">
       <c r="A338" t="s">
-        <v>1062</v>
+        <v>1067</v>
       </c>
       <c r="B338" t="s">
-        <v>1056</v>
+        <v>1024</v>
       </c>
       <c r="C338" t="s">
-        <v>1063</v>
+        <v>220</v>
       </c>
       <c r="D338" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E338" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F338" s="1" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
       <c r="G338" t="s">
-        <v>1065</v>
+        <v>960</v>
       </c>
     </row>
     <row r="339" spans="1:7">
       <c r="A339" t="s">
-        <v>1066</v>
+        <v>1069</v>
       </c>
       <c r="B339" t="s">
-        <v>1056</v>
+        <v>1024</v>
       </c>
       <c r="C339" t="s">
-        <v>1067</v>
+        <v>1070</v>
       </c>
       <c r="D339" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E339" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F339" s="1" t="s">
-        <v>1068</v>
+        <v>1071</v>
       </c>
       <c r="G339" t="s">
-        <v>1069</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="340" spans="1:7">
       <c r="A340" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
       <c r="B340" t="s">
-        <v>1056</v>
+        <v>1024</v>
       </c>
       <c r="C340" t="s">
-        <v>114</v>
+        <v>1074</v>
       </c>
       <c r="D340" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E340" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F340" s="1" t="s">
-        <v>1071</v>
+        <v>1075</v>
       </c>
       <c r="G340" t="s">
-        <v>682</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="341" spans="1:7">
       <c r="A341" t="s">
-        <v>1072</v>
+        <v>1077</v>
       </c>
       <c r="B341" t="s">
-        <v>1056</v>
+        <v>1024</v>
       </c>
       <c r="C341" t="s">
-        <v>120</v>
+        <v>1078</v>
       </c>
       <c r="D341" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E341" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F341" s="1" t="s">
-        <v>1073</v>
+        <v>1079</v>
       </c>
       <c r="G341" t="s">
-        <v>1074</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="342" spans="1:7">
       <c r="A342" t="s">
-        <v>1075</v>
+        <v>1081</v>
       </c>
       <c r="B342" t="s">
-        <v>1056</v>
+        <v>1024</v>
       </c>
       <c r="C342" t="s">
-        <v>1076</v>
+        <v>1082</v>
       </c>
       <c r="D342" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E342" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F342" s="1" t="s">
-        <v>1077</v>
+        <v>1083</v>
       </c>
       <c r="G342" t="s">
-        <v>1078</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="343" spans="1:7">
       <c r="A343" t="s">
-        <v>1079</v>
+        <v>1085</v>
       </c>
       <c r="B343" t="s">
-        <v>1056</v>
+        <v>1024</v>
       </c>
       <c r="C343" t="s">
-        <v>1080</v>
+        <v>245</v>
       </c>
       <c r="D343" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E343" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F343" s="1" t="s">
-        <v>1081</v>
+        <v>1086</v>
       </c>
       <c r="G343" t="s">
-        <v>1082</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="344" spans="1:7">
       <c r="A344" t="s">
-        <v>1083</v>
+        <v>1088</v>
       </c>
       <c r="B344" t="s">
-        <v>1056</v>
+        <v>1024</v>
       </c>
       <c r="C344" t="s">
-        <v>1084</v>
+        <v>9</v>
       </c>
       <c r="D344" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E344" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F344" s="1" t="s">
-        <v>1085</v>
+        <v>1089</v>
       </c>
       <c r="G344" t="s">
-        <v>1086</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="345" spans="1:7">
       <c r="A345" t="s">
-        <v>1087</v>
+        <v>1091</v>
       </c>
       <c r="B345" t="s">
-        <v>1056</v>
+        <v>1024</v>
       </c>
       <c r="C345" t="s">
-        <v>1088</v>
+        <v>189</v>
       </c>
       <c r="D345" t="s">
-        <v>49</v>
+        <v>147</v>
       </c>
       <c r="E345" t="s">
-        <v>50</v>
+        <v>148</v>
       </c>
       <c r="F345" s="1" t="s">
-        <v>1089</v>
+        <v>1092</v>
       </c>
       <c r="G345" t="s">
-        <v>1090</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="346" spans="1:7">
       <c r="A346" t="s">
-        <v>1091</v>
+        <v>1094</v>
       </c>
       <c r="B346" t="s">
-        <v>1056</v>
+        <v>1024</v>
       </c>
       <c r="C346" t="s">
-        <v>1092</v>
+        <v>15</v>
       </c>
       <c r="D346" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E346" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F346" s="1" t="s">
-        <v>1093</v>
+        <v>1095</v>
       </c>
       <c r="G346" t="s">
-        <v>1094</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="347" spans="1:7">
       <c r="A347" t="s">
-        <v>1095</v>
+        <v>1097</v>
       </c>
       <c r="B347" t="s">
-        <v>1056</v>
+        <v>1024</v>
       </c>
       <c r="C347" t="s">
-        <v>123</v>
+        <v>19</v>
       </c>
       <c r="D347" t="s">
         <v>10</v>
       </c>
       <c r="E347" t="s">
         <v>11</v>
       </c>
       <c r="F347" s="1" t="s">
-        <v>1096</v>
+        <v>1098</v>
       </c>
       <c r="G347" t="s">
-        <v>1074</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="348" spans="1:7">
       <c r="A348" t="s">
-        <v>1097</v>
+        <v>1100</v>
       </c>
       <c r="B348" t="s">
-        <v>1056</v>
+        <v>1024</v>
       </c>
       <c r="C348" t="s">
-        <v>127</v>
+        <v>23</v>
       </c>
       <c r="D348" t="s">
         <v>10</v>
       </c>
       <c r="E348" t="s">
         <v>11</v>
       </c>
       <c r="F348" s="1" t="s">
-        <v>1098</v>
+        <v>1101</v>
       </c>
       <c r="G348" t="s">
-        <v>682</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="349" spans="1:7">
       <c r="A349" t="s">
-        <v>1099</v>
+        <v>1103</v>
       </c>
       <c r="B349" t="s">
-        <v>1056</v>
+        <v>1024</v>
       </c>
       <c r="C349" t="s">
-        <v>130</v>
+        <v>45</v>
       </c>
       <c r="D349" t="s">
         <v>10</v>
       </c>
       <c r="E349" t="s">
         <v>11</v>
       </c>
       <c r="F349" s="1" t="s">
-        <v>1100</v>
+        <v>1104</v>
       </c>
       <c r="G349" t="s">
-        <v>1101</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="350" spans="1:7">
       <c r="A350" t="s">
-        <v>1102</v>
+        <v>1106</v>
       </c>
       <c r="B350" t="s">
-        <v>1056</v>
+        <v>1024</v>
       </c>
       <c r="C350" t="s">
-        <v>156</v>
+        <v>49</v>
       </c>
       <c r="D350" t="s">
         <v>10</v>
       </c>
       <c r="E350" t="s">
         <v>11</v>
       </c>
       <c r="F350" s="1" t="s">
-        <v>1103</v>
+        <v>1107</v>
       </c>
       <c r="G350" t="s">
-        <v>1104</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="351" spans="1:7">
       <c r="A351" t="s">
-        <v>1105</v>
+        <v>1109</v>
       </c>
       <c r="B351" t="s">
-        <v>1056</v>
+        <v>1024</v>
       </c>
       <c r="C351" t="s">
-        <v>160</v>
+        <v>52</v>
       </c>
       <c r="D351" t="s">
         <v>10</v>
       </c>
       <c r="E351" t="s">
         <v>11</v>
       </c>
       <c r="F351" s="1" t="s">
-        <v>1106</v>
+        <v>1110</v>
       </c>
       <c r="G351" t="s">
-        <v>1107</v>
+        <v>662</v>
       </c>
     </row>
     <row r="352" spans="1:7">
       <c r="A352" t="s">
-        <v>1108</v>
+        <v>1111</v>
       </c>
       <c r="B352" t="s">
-        <v>1056</v>
+        <v>1024</v>
       </c>
       <c r="C352" t="s">
-        <v>1109</v>
+        <v>1112</v>
       </c>
       <c r="D352" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E352" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F352" s="1" t="s">
-        <v>1110</v>
+        <v>1113</v>
       </c>
       <c r="G352" t="s">
-        <v>1111</v>
+        <v>35</v>
       </c>
     </row>
     <row r="353" spans="1:7">
       <c r="A353" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="B353" t="s">
-        <v>1056</v>
+        <v>1024</v>
       </c>
       <c r="C353" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
       <c r="D353" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E353" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F353" s="1" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
       <c r="G353" t="s">
-        <v>1115</v>
+        <v>476</v>
       </c>
     </row>
     <row r="354" spans="1:7">
       <c r="A354" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="B354" t="s">
-        <v>1056</v>
+        <v>1024</v>
       </c>
       <c r="C354" t="s">
-        <v>163</v>
+        <v>1118</v>
       </c>
       <c r="D354" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E354" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F354" s="1" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="G354" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="355" spans="1:7">
       <c r="A355" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="B355" t="s">
-        <v>1056</v>
+        <v>1024</v>
       </c>
       <c r="C355" t="s">
-        <v>166</v>
+        <v>55</v>
       </c>
       <c r="D355" t="s">
         <v>10</v>
       </c>
       <c r="E355" t="s">
         <v>11</v>
       </c>
       <c r="F355" s="1" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="G355" t="s">
-        <v>1121</v>
+        <v>57</v>
       </c>
     </row>
     <row r="356" spans="1:7">
       <c r="A356" t="s">
-        <v>901</v>
+        <v>1123</v>
       </c>
       <c r="B356" t="s">
-        <v>1056</v>
+        <v>1024</v>
       </c>
       <c r="C356" t="s">
-        <v>1122</v>
+        <v>59</v>
       </c>
       <c r="D356" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E356" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F356" s="1" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="G356" t="s">
-        <v>1124</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="357" spans="1:7">
       <c r="A357" t="s">
-        <v>904</v>
+        <v>1125</v>
       </c>
       <c r="B357" t="s">
-        <v>1056</v>
+        <v>1024</v>
       </c>
       <c r="C357" t="s">
-        <v>1125</v>
+        <v>63</v>
       </c>
       <c r="D357" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E357" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F357" s="1" t="s">
         <v>1126</v>
       </c>
       <c r="G357" t="s">
         <v>1127</v>
       </c>
     </row>
     <row r="358" spans="1:7">
       <c r="A358" t="s">
-        <v>910</v>
+        <v>1128</v>
       </c>
       <c r="B358" t="s">
-        <v>1056</v>
+        <v>1024</v>
       </c>
       <c r="C358" t="s">
-        <v>1128</v>
+        <v>67</v>
       </c>
       <c r="D358" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E358" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F358" s="1" t="s">
         <v>1129</v>
       </c>
       <c r="G358" t="s">
-        <v>1130</v>
+        <v>69</v>
       </c>
     </row>
     <row r="359" spans="1:7">
       <c r="A359" t="s">
-        <v>907</v>
+        <v>1130</v>
       </c>
       <c r="B359" t="s">
-        <v>1056</v>
+        <v>1024</v>
       </c>
       <c r="C359" t="s">
+        <v>71</v>
+      </c>
+      <c r="D359" t="s">
+        <v>10</v>
+      </c>
+      <c r="E359" t="s">
+        <v>11</v>
+      </c>
+      <c r="F359" s="1" t="s">
         <v>1131</v>
       </c>
-      <c r="D359" t="s">
-[...5 lines deleted...]
-      <c r="F359" s="1" t="s">
+      <c r="G359" t="s">
         <v>1132</v>
-      </c>
-[...1 lines deleted...]
-        <v>1133</v>
       </c>
     </row>
     <row r="360" spans="1:7">
       <c r="A360" t="s">
-        <v>979</v>
+        <v>1133</v>
       </c>
       <c r="B360" t="s">
-        <v>1056</v>
+        <v>1134</v>
       </c>
       <c r="C360" t="s">
-        <v>1134</v>
+        <v>197</v>
       </c>
       <c r="D360" t="s">
-        <v>211</v>
+        <v>10</v>
       </c>
       <c r="E360" t="s">
-        <v>212</v>
+        <v>11</v>
       </c>
       <c r="F360" s="1" t="s">
         <v>1135</v>
       </c>
       <c r="G360" t="s">
-        <v>1136</v>
+        <v>761</v>
       </c>
     </row>
     <row r="361" spans="1:7">
       <c r="A361" t="s">
-        <v>923</v>
+        <v>1136</v>
       </c>
       <c r="B361" t="s">
-        <v>1056</v>
+        <v>1134</v>
       </c>
       <c r="C361" t="s">
         <v>1137</v>
       </c>
       <c r="D361" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E361" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F361" s="1" t="s">
         <v>1138</v>
       </c>
       <c r="G361" t="s">
         <v>1139</v>
       </c>
     </row>
     <row r="362" spans="1:7">
       <c r="A362" t="s">
+        <v>27</v>
+      </c>
+      <c r="B362" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C362" t="s">
         <v>1140</v>
       </c>
-      <c r="B362" t="s">
-[...2 lines deleted...]
-      <c r="C362" t="s">
+      <c r="D362" t="s">
+        <v>28</v>
+      </c>
+      <c r="E362" t="s">
+        <v>29</v>
+      </c>
+      <c r="F362" s="1" t="s">
         <v>1141</v>
       </c>
-      <c r="D362" t="s">
-[...5 lines deleted...]
-      <c r="F362" s="1" t="s">
+      <c r="G362" t="s">
         <v>1142</v>
-      </c>
-[...1 lines deleted...]
-        <v>1143</v>
       </c>
     </row>
     <row r="363" spans="1:7">
       <c r="A363" t="s">
+        <v>33</v>
+      </c>
+      <c r="B363" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C363" t="s">
+        <v>1143</v>
+      </c>
+      <c r="D363" t="s">
+        <v>28</v>
+      </c>
+      <c r="E363" t="s">
+        <v>29</v>
+      </c>
+      <c r="F363" s="1" t="s">
         <v>1144</v>
       </c>
-      <c r="B363" t="s">
-[...2 lines deleted...]
-      <c r="C363" t="s">
+      <c r="G363" t="s">
         <v>1145</v>
-      </c>
-[...10 lines deleted...]
-        <v>1147</v>
       </c>
     </row>
     <row r="364" spans="1:7">
       <c r="A364" t="s">
-        <v>1148</v>
+        <v>1146</v>
       </c>
       <c r="B364" t="s">
-        <v>1056</v>
+        <v>1134</v>
       </c>
       <c r="C364" t="s">
-        <v>170</v>
+        <v>205</v>
       </c>
       <c r="D364" t="s">
         <v>10</v>
       </c>
       <c r="E364" t="s">
         <v>11</v>
       </c>
       <c r="F364" s="1" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="G364" t="s">
-        <v>1150</v>
+        <v>761</v>
       </c>
     </row>
     <row r="365" spans="1:7">
       <c r="A365" t="s">
-        <v>1151</v>
+        <v>1148</v>
       </c>
       <c r="B365" t="s">
-        <v>1056</v>
+        <v>1134</v>
       </c>
       <c r="C365" t="s">
-        <v>174</v>
+        <v>211</v>
       </c>
       <c r="D365" t="s">
         <v>10</v>
       </c>
       <c r="E365" t="s">
         <v>11</v>
       </c>
       <c r="F365" s="1" t="s">
-        <v>1152</v>
+        <v>1149</v>
       </c>
       <c r="G365" t="s">
-        <v>1153</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="366" spans="1:7">
       <c r="A366" t="s">
-        <v>1154</v>
+        <v>37</v>
       </c>
       <c r="B366" t="s">
-        <v>1056</v>
+        <v>1134</v>
       </c>
       <c r="C366" t="s">
-        <v>1155</v>
+        <v>1151</v>
       </c>
       <c r="D366" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E366" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F366" s="1" t="s">
-        <v>1156</v>
+        <v>1152</v>
       </c>
       <c r="G366" t="s">
-        <v>1157</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="367" spans="1:7">
       <c r="A367" t="s">
-        <v>926</v>
+        <v>41</v>
       </c>
       <c r="B367" t="s">
-        <v>1056</v>
+        <v>1134</v>
       </c>
       <c r="C367" t="s">
-        <v>1158</v>
+        <v>1154</v>
       </c>
       <c r="D367" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E367" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F367" s="1" t="s">
-        <v>1159</v>
+        <v>1155</v>
       </c>
       <c r="G367" t="s">
-        <v>1160</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="368" spans="1:7">
       <c r="A368" t="s">
-        <v>947</v>
+        <v>76</v>
       </c>
       <c r="B368" t="s">
-        <v>1056</v>
+        <v>1134</v>
       </c>
       <c r="C368" t="s">
-        <v>1161</v>
+        <v>1157</v>
       </c>
       <c r="D368" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E368" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F368" s="1" t="s">
-        <v>1162</v>
+        <v>1158</v>
       </c>
       <c r="G368" t="s">
-        <v>1163</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="369" spans="1:7">
       <c r="A369" t="s">
-        <v>951</v>
+        <v>84</v>
       </c>
       <c r="B369" t="s">
-        <v>1056</v>
+        <v>1134</v>
       </c>
       <c r="C369" t="s">
-        <v>1164</v>
+        <v>1160</v>
       </c>
       <c r="D369" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E369" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F369" s="1" t="s">
-        <v>1165</v>
+        <v>1161</v>
       </c>
       <c r="G369" t="s">
-        <v>147</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="370" spans="1:7">
       <c r="A370" t="s">
-        <v>961</v>
+        <v>96</v>
       </c>
       <c r="B370" t="s">
-        <v>1056</v>
+        <v>1134</v>
       </c>
       <c r="C370" t="s">
-        <v>1166</v>
+        <v>1163</v>
       </c>
       <c r="D370" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E370" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F370" s="1" t="s">
-        <v>1167</v>
+        <v>1164</v>
       </c>
       <c r="G370" t="s">
-        <v>744</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="371" spans="1:7">
       <c r="A371" t="s">
-        <v>1168</v>
+        <v>1166</v>
       </c>
       <c r="B371" t="s">
-        <v>1056</v>
+        <v>1134</v>
       </c>
       <c r="C371" t="s">
-        <v>1169</v>
+        <v>214</v>
       </c>
       <c r="D371" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E371" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F371" s="1" t="s">
-        <v>1170</v>
+        <v>1167</v>
       </c>
       <c r="G371" t="s">
-        <v>1171</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="372" spans="1:7">
       <c r="A372" t="s">
-        <v>1172</v>
+        <v>1168</v>
       </c>
       <c r="B372" t="s">
-        <v>1056</v>
+        <v>1134</v>
       </c>
       <c r="C372" t="s">
-        <v>178</v>
+        <v>217</v>
       </c>
       <c r="D372" t="s">
         <v>10</v>
       </c>
       <c r="E372" t="s">
         <v>11</v>
       </c>
       <c r="F372" s="1" t="s">
-        <v>1173</v>
+        <v>1169</v>
       </c>
       <c r="G372" t="s">
-        <v>583</v>
+        <v>761</v>
       </c>
     </row>
     <row r="373" spans="1:7">
       <c r="A373" t="s">
-        <v>1174</v>
+        <v>1170</v>
       </c>
       <c r="B373" t="s">
-        <v>1056</v>
+        <v>1134</v>
       </c>
       <c r="C373" t="s">
-        <v>182</v>
+        <v>220</v>
       </c>
       <c r="D373" t="s">
         <v>10</v>
       </c>
       <c r="E373" t="s">
         <v>11</v>
       </c>
       <c r="F373" s="1" t="s">
-        <v>1175</v>
+        <v>1171</v>
       </c>
       <c r="G373" t="s">
-        <v>765</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="374" spans="1:7">
       <c r="A374" t="s">
-        <v>1176</v>
+        <v>1173</v>
       </c>
       <c r="B374" t="s">
-        <v>1056</v>
+        <v>1134</v>
       </c>
       <c r="C374" t="s">
-        <v>186</v>
+        <v>245</v>
       </c>
       <c r="D374" t="s">
         <v>10</v>
       </c>
       <c r="E374" t="s">
         <v>11</v>
       </c>
       <c r="F374" s="1" t="s">
-        <v>1177</v>
+        <v>1174</v>
       </c>
       <c r="G374" t="s">
-        <v>158</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="375" spans="1:7">
       <c r="A375" t="s">
-        <v>1178</v>
+        <v>1176</v>
       </c>
       <c r="B375" t="s">
-        <v>1056</v>
+        <v>1134</v>
       </c>
       <c r="C375" t="s">
         <v>9</v>
       </c>
       <c r="D375" t="s">
         <v>10</v>
       </c>
       <c r="E375" t="s">
         <v>11</v>
       </c>
       <c r="F375" s="1" t="s">
-        <v>1179</v>
+        <v>1177</v>
       </c>
       <c r="G375" t="s">
-        <v>941</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="376" spans="1:7">
       <c r="A376" t="s">
+        <v>100</v>
+      </c>
+      <c r="B376" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C376" t="s">
+        <v>1179</v>
+      </c>
+      <c r="D376" t="s">
+        <v>28</v>
+      </c>
+      <c r="E376" t="s">
+        <v>29</v>
+      </c>
+      <c r="F376" s="1" t="s">
         <v>1180</v>
       </c>
-      <c r="B376" t="s">
-[...11 lines deleted...]
-      <c r="F376" s="1" t="s">
+      <c r="G376" t="s">
         <v>1181</v>
-      </c>
-[...1 lines deleted...]
-        <v>1182</v>
       </c>
     </row>
     <row r="377" spans="1:7">
       <c r="A377" t="s">
+        <v>104</v>
+      </c>
+      <c r="B377" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C377" t="s">
+        <v>1182</v>
+      </c>
+      <c r="D377" t="s">
+        <v>28</v>
+      </c>
+      <c r="E377" t="s">
+        <v>29</v>
+      </c>
+      <c r="F377" s="1" t="s">
         <v>1183</v>
       </c>
-      <c r="B377" t="s">
-[...11 lines deleted...]
-      <c r="F377" s="1" t="s">
+      <c r="G377" t="s">
         <v>1184</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="378" spans="1:7">
       <c r="A378" t="s">
         <v>1185</v>
       </c>
       <c r="B378" t="s">
-        <v>1056</v>
+        <v>1134</v>
       </c>
       <c r="C378" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="D378" t="s">
         <v>10</v>
       </c>
       <c r="E378" t="s">
         <v>11</v>
       </c>
       <c r="F378" s="1" t="s">
         <v>1186</v>
       </c>
       <c r="G378" t="s">
         <v>1187</v>
       </c>
     </row>
     <row r="379" spans="1:7">
       <c r="A379" t="s">
         <v>1188</v>
       </c>
       <c r="B379" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C379" t="s">
+        <v>19</v>
+      </c>
+      <c r="D379" t="s">
+        <v>10</v>
+      </c>
+      <c r="E379" t="s">
+        <v>11</v>
+      </c>
+      <c r="F379" s="1" t="s">
         <v>1189</v>
       </c>
-      <c r="C379" t="s">
+      <c r="G379" t="s">
         <v>1190</v>
-      </c>
-[...10 lines deleted...]
-        <v>1192</v>
       </c>
     </row>
     <row r="380" spans="1:7">
       <c r="A380" t="s">
+        <v>979</v>
+      </c>
+      <c r="B380" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C380" t="s">
+        <v>1191</v>
+      </c>
+      <c r="D380" t="s">
+        <v>28</v>
+      </c>
+      <c r="E380" t="s">
+        <v>29</v>
+      </c>
+      <c r="F380" s="1" t="s">
+        <v>1192</v>
+      </c>
+      <c r="G380" t="s">
         <v>1193</v>
-      </c>
-[...16 lines deleted...]
-        <v>1195</v>
       </c>
     </row>
     <row r="381" spans="1:7">
       <c r="A381" t="s">
-        <v>48</v>
+        <v>982</v>
       </c>
       <c r="B381" t="s">
-        <v>1189</v>
+        <v>1134</v>
       </c>
       <c r="C381" t="s">
+        <v>1194</v>
+      </c>
+      <c r="D381" t="s">
+        <v>28</v>
+      </c>
+      <c r="E381" t="s">
+        <v>29</v>
+      </c>
+      <c r="F381" s="1" t="s">
+        <v>1195</v>
+      </c>
+      <c r="G381" t="s">
         <v>1196</v>
-      </c>
-[...10 lines deleted...]
-        <v>1198</v>
       </c>
     </row>
     <row r="382" spans="1:7">
       <c r="A382" t="s">
-        <v>54</v>
+        <v>988</v>
       </c>
       <c r="B382" t="s">
-        <v>1189</v>
+        <v>1134</v>
       </c>
       <c r="C382" t="s">
+        <v>1197</v>
+      </c>
+      <c r="D382" t="s">
+        <v>28</v>
+      </c>
+      <c r="E382" t="s">
+        <v>29</v>
+      </c>
+      <c r="F382" s="1" t="s">
+        <v>1198</v>
+      </c>
+      <c r="G382" t="s">
         <v>1199</v>
-      </c>
-[...10 lines deleted...]
-        <v>1201</v>
       </c>
     </row>
     <row r="383" spans="1:7">
       <c r="A383" t="s">
-        <v>75</v>
+        <v>985</v>
       </c>
       <c r="B383" t="s">
-        <v>1189</v>
+        <v>1134</v>
       </c>
       <c r="C383" t="s">
+        <v>1200</v>
+      </c>
+      <c r="D383" t="s">
+        <v>28</v>
+      </c>
+      <c r="E383" t="s">
+        <v>29</v>
+      </c>
+      <c r="F383" s="1" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G383" t="s">
         <v>1202</v>
-      </c>
-[...10 lines deleted...]
-        <v>1204</v>
       </c>
     </row>
     <row r="384" spans="1:7">
       <c r="A384" t="s">
-        <v>79</v>
+        <v>1057</v>
       </c>
       <c r="B384" t="s">
-        <v>1189</v>
+        <v>1134</v>
       </c>
       <c r="C384" t="s">
+        <v>1203</v>
+      </c>
+      <c r="D384" t="s">
+        <v>291</v>
+      </c>
+      <c r="E384" t="s">
+        <v>292</v>
+      </c>
+      <c r="F384" s="1" t="s">
+        <v>1204</v>
+      </c>
+      <c r="G384" t="s">
         <v>1205</v>
-      </c>
-[...10 lines deleted...]
-        <v>1207</v>
       </c>
     </row>
     <row r="385" spans="1:7">
       <c r="A385" t="s">
-        <v>83</v>
+        <v>1001</v>
       </c>
       <c r="B385" t="s">
-        <v>1189</v>
+        <v>1134</v>
       </c>
       <c r="C385" t="s">
+        <v>1206</v>
+      </c>
+      <c r="D385" t="s">
+        <v>28</v>
+      </c>
+      <c r="E385" t="s">
+        <v>29</v>
+      </c>
+      <c r="F385" s="1" t="s">
+        <v>1207</v>
+      </c>
+      <c r="G385" t="s">
         <v>1208</v>
-      </c>
-[...10 lines deleted...]
-        <v>1210</v>
       </c>
     </row>
     <row r="386" spans="1:7">
       <c r="A386" t="s">
+        <v>114</v>
+      </c>
+      <c r="B386" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C386" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D386" t="s">
+        <v>28</v>
+      </c>
+      <c r="E386" t="s">
+        <v>29</v>
+      </c>
+      <c r="F386" s="1" t="s">
+        <v>1210</v>
+      </c>
+      <c r="G386" t="s">
         <v>1211</v>
-      </c>
-[...16 lines deleted...]
-        <v>1214</v>
       </c>
     </row>
     <row r="387" spans="1:7">
       <c r="A387" t="s">
-        <v>87</v>
+        <v>118</v>
       </c>
       <c r="B387" t="s">
-        <v>1189</v>
+        <v>1134</v>
       </c>
       <c r="C387" t="s">
-        <v>1215</v>
+        <v>1212</v>
       </c>
       <c r="D387" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E387" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F387" s="1" t="s">
-        <v>1216</v>
+        <v>1213</v>
       </c>
       <c r="G387" t="s">
-        <v>1217</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="388" spans="1:7">
       <c r="A388" t="s">
-        <v>110</v>
+        <v>1215</v>
       </c>
       <c r="B388" t="s">
-        <v>1189</v>
+        <v>1134</v>
       </c>
       <c r="C388" t="s">
-        <v>1218</v>
+        <v>23</v>
       </c>
       <c r="D388" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E388" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F388" s="1" t="s">
-        <v>12</v>
+        <v>1216</v>
       </c>
       <c r="G388" t="s">
-        <v>1219</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="389" spans="1:7">
       <c r="A389" t="s">
+        <v>1218</v>
+      </c>
+      <c r="B389" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C389" t="s">
+        <v>45</v>
+      </c>
+      <c r="D389" t="s">
+        <v>10</v>
+      </c>
+      <c r="E389" t="s">
+        <v>11</v>
+      </c>
+      <c r="F389" s="1" t="s">
+        <v>1219</v>
+      </c>
+      <c r="G389" t="s">
         <v>1220</v>
-      </c>
-[...16 lines deleted...]
-        <v>1222</v>
       </c>
     </row>
     <row r="390" spans="1:7">
       <c r="A390" t="s">
-        <v>133</v>
+        <v>126</v>
       </c>
       <c r="B390" t="s">
-        <v>1189</v>
+        <v>1134</v>
       </c>
       <c r="C390" t="s">
+        <v>1221</v>
+      </c>
+      <c r="D390" t="s">
+        <v>28</v>
+      </c>
+      <c r="E390" t="s">
+        <v>29</v>
+      </c>
+      <c r="F390" s="1" t="s">
+        <v>1222</v>
+      </c>
+      <c r="G390" t="s">
         <v>1223</v>
-      </c>
-[...10 lines deleted...]
-        <v>1225</v>
       </c>
     </row>
     <row r="391" spans="1:7">
       <c r="A391" t="s">
-        <v>137</v>
+        <v>1004</v>
       </c>
       <c r="B391" t="s">
-        <v>1189</v>
+        <v>1134</v>
       </c>
       <c r="C391" t="s">
+        <v>1224</v>
+      </c>
+      <c r="D391" t="s">
+        <v>28</v>
+      </c>
+      <c r="E391" t="s">
+        <v>29</v>
+      </c>
+      <c r="F391" s="1" t="s">
+        <v>1225</v>
+      </c>
+      <c r="G391" t="s">
         <v>1226</v>
-      </c>
-[...10 lines deleted...]
-        <v>1228</v>
       </c>
     </row>
     <row r="392" spans="1:7">
       <c r="A392" t="s">
-        <v>141</v>
+        <v>1025</v>
       </c>
       <c r="B392" t="s">
-        <v>1189</v>
+        <v>1134</v>
       </c>
       <c r="C392" t="s">
+        <v>1227</v>
+      </c>
+      <c r="D392" t="s">
+        <v>28</v>
+      </c>
+      <c r="E392" t="s">
+        <v>29</v>
+      </c>
+      <c r="F392" s="1" t="s">
+        <v>1228</v>
+      </c>
+      <c r="G392" t="s">
         <v>1229</v>
-      </c>
-[...10 lines deleted...]
-        <v>1231</v>
       </c>
     </row>
     <row r="393" spans="1:7">
       <c r="A393" t="s">
-        <v>1232</v>
+        <v>1029</v>
       </c>
       <c r="B393" t="s">
-        <v>1189</v>
+        <v>1134</v>
       </c>
       <c r="C393" t="s">
-        <v>1233</v>
+        <v>1230</v>
       </c>
       <c r="D393" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E393" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F393" s="1" t="s">
-        <v>1234</v>
+        <v>1231</v>
       </c>
       <c r="G393" t="s">
-        <v>1235</v>
+        <v>35</v>
       </c>
     </row>
     <row r="394" spans="1:7">
       <c r="A394" t="s">
-        <v>1236</v>
+        <v>1039</v>
       </c>
       <c r="B394" t="s">
-        <v>1189</v>
+        <v>1134</v>
       </c>
       <c r="C394" t="s">
-        <v>178</v>
+        <v>1232</v>
       </c>
       <c r="D394" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E394" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F394" s="1" t="s">
-        <v>1237</v>
+        <v>1233</v>
       </c>
       <c r="G394" t="s">
-        <v>1238</v>
+        <v>823</v>
       </c>
     </row>
     <row r="395" spans="1:7">
       <c r="A395" t="s">
-        <v>145</v>
+        <v>129</v>
       </c>
       <c r="B395" t="s">
-        <v>1189</v>
+        <v>1134</v>
       </c>
       <c r="C395" t="s">
-        <v>1239</v>
+        <v>1234</v>
       </c>
       <c r="D395" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E395" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F395" s="1" t="s">
-        <v>1240</v>
+        <v>1235</v>
       </c>
       <c r="G395" t="s">
-        <v>1241</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="396" spans="1:7">
       <c r="A396" t="s">
-        <v>149</v>
+        <v>1237</v>
       </c>
       <c r="B396" t="s">
-        <v>1189</v>
+        <v>1134</v>
       </c>
       <c r="C396" t="s">
-        <v>1242</v>
+        <v>49</v>
       </c>
       <c r="D396" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E396" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F396" s="1" t="s">
-        <v>1243</v>
+        <v>1238</v>
       </c>
       <c r="G396" t="s">
-        <v>1244</v>
+        <v>662</v>
       </c>
     </row>
     <row r="397" spans="1:7">
       <c r="A397" t="s">
-        <v>202</v>
+        <v>1239</v>
       </c>
       <c r="B397" t="s">
-        <v>1189</v>
+        <v>1134</v>
       </c>
       <c r="C397" t="s">
-        <v>1245</v>
+        <v>52</v>
       </c>
       <c r="D397" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E397" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F397" s="1" t="s">
-        <v>1246</v>
+        <v>1240</v>
       </c>
       <c r="G397" t="s">
-        <v>1247</v>
+        <v>844</v>
       </c>
     </row>
     <row r="398" spans="1:7">
       <c r="A398" t="s">
-        <v>892</v>
+        <v>1241</v>
       </c>
       <c r="B398" t="s">
-        <v>1189</v>
+        <v>1134</v>
       </c>
       <c r="C398" t="s">
-        <v>1248</v>
+        <v>55</v>
       </c>
       <c r="D398" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E398" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F398" s="1" t="s">
-        <v>1249</v>
+        <v>1242</v>
       </c>
       <c r="G398" t="s">
-        <v>1250</v>
+        <v>57</v>
       </c>
     </row>
     <row r="399" spans="1:7">
       <c r="A399" t="s">
-        <v>1251</v>
+        <v>1243</v>
       </c>
       <c r="B399" t="s">
-        <v>1189</v>
+        <v>1134</v>
       </c>
       <c r="C399" t="s">
-        <v>182</v>
+        <v>59</v>
       </c>
       <c r="D399" t="s">
         <v>10</v>
       </c>
       <c r="E399" t="s">
         <v>11</v>
       </c>
       <c r="F399" s="1" t="s">
-        <v>1252</v>
+        <v>1244</v>
       </c>
       <c r="G399" t="s">
-        <v>1253</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="400" spans="1:7">
       <c r="A400" t="s">
-        <v>1254</v>
+        <v>1245</v>
       </c>
       <c r="B400" t="s">
-        <v>1189</v>
+        <v>1134</v>
       </c>
       <c r="C400" t="s">
-        <v>9</v>
+        <v>63</v>
       </c>
       <c r="D400" t="s">
         <v>10</v>
       </c>
       <c r="E400" t="s">
         <v>11</v>
       </c>
       <c r="F400" s="1" t="s">
-        <v>1255</v>
+        <v>1246</v>
       </c>
       <c r="G400" t="s">
-        <v>1256</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="401" spans="1:7">
       <c r="A401" t="s">
-        <v>1257</v>
+        <v>1248</v>
       </c>
       <c r="B401" t="s">
-        <v>1189</v>
+        <v>1134</v>
       </c>
       <c r="C401" t="s">
-        <v>186</v>
+        <v>67</v>
       </c>
       <c r="D401" t="s">
         <v>10</v>
       </c>
       <c r="E401" t="s">
         <v>11</v>
       </c>
       <c r="F401" s="1" t="s">
-        <v>1258</v>
+        <v>1249</v>
       </c>
       <c r="G401" t="s">
-        <v>1259</v>
+        <v>69</v>
       </c>
     </row>
     <row r="402" spans="1:7">
       <c r="A402" t="s">
-        <v>1260</v>
+        <v>1250</v>
       </c>
       <c r="B402" t="s">
-        <v>1189</v>
+        <v>1134</v>
       </c>
       <c r="C402" t="s">
-        <v>15</v>
+        <v>71</v>
       </c>
       <c r="D402" t="s">
         <v>10</v>
       </c>
       <c r="E402" t="s">
         <v>11</v>
       </c>
       <c r="F402" s="1" t="s">
-        <v>1261</v>
+        <v>1251</v>
       </c>
       <c r="G402" t="s">
-        <v>941</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="403" spans="1:7">
       <c r="A403" t="s">
-        <v>1262</v>
+        <v>1253</v>
       </c>
       <c r="B403" t="s">
-        <v>1189</v>
+        <v>1254</v>
       </c>
       <c r="C403" t="s">
-        <v>19</v>
+        <v>1255</v>
       </c>
       <c r="D403" t="s">
-        <v>10</v>
+        <v>291</v>
       </c>
       <c r="E403" t="s">
-        <v>11</v>
+        <v>292</v>
       </c>
       <c r="F403" s="1" t="s">
-        <v>1263</v>
+        <v>1256</v>
       </c>
       <c r="G403" t="s">
-        <v>21</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="404" spans="1:7">
       <c r="A404" t="s">
-        <v>1264</v>
+        <v>1258</v>
       </c>
       <c r="B404" t="s">
-        <v>1189</v>
+        <v>1254</v>
       </c>
       <c r="C404" t="s">
         <v>23</v>
       </c>
       <c r="D404" t="s">
         <v>10</v>
       </c>
       <c r="E404" t="s">
         <v>11</v>
       </c>
       <c r="F404" s="1" t="s">
-        <v>1265</v>
+        <v>1259</v>
       </c>
       <c r="G404" t="s">
-        <v>1266</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="405" spans="1:7">
       <c r="A405" t="s">
-        <v>206</v>
+        <v>139</v>
       </c>
       <c r="B405" t="s">
-        <v>1267</v>
+        <v>1254</v>
       </c>
       <c r="C405" t="s">
-        <v>1268</v>
+        <v>1261</v>
       </c>
       <c r="D405" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E405" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F405" s="1" t="s">
-        <v>1269</v>
+        <v>1262</v>
       </c>
       <c r="G405" t="s">
-        <v>1270</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="406" spans="1:7">
       <c r="A406" t="s">
-        <v>305</v>
+        <v>143</v>
       </c>
       <c r="B406" t="s">
-        <v>1267</v>
+        <v>1254</v>
       </c>
       <c r="C406" t="s">
-        <v>1271</v>
+        <v>1264</v>
       </c>
       <c r="D406" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E406" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F406" s="1" t="s">
-        <v>1272</v>
+        <v>1265</v>
       </c>
       <c r="G406" t="s">
-        <v>1273</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="407" spans="1:7">
       <c r="A407" t="s">
-        <v>1274</v>
+        <v>164</v>
       </c>
       <c r="B407" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C407" t="s">
         <v>1267</v>
       </c>
-      <c r="C407" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D407" t="s">
-        <v>101</v>
+        <v>28</v>
       </c>
       <c r="E407" t="s">
-        <v>102</v>
+        <v>29</v>
       </c>
       <c r="F407" s="1" t="s">
-        <v>1275</v>
+        <v>1268</v>
       </c>
       <c r="G407" t="s">
-        <v>1276</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="408" spans="1:7">
       <c r="A408" t="s">
-        <v>1277</v>
+        <v>167</v>
       </c>
       <c r="B408" t="s">
-        <v>1267</v>
+        <v>1254</v>
       </c>
       <c r="C408" t="s">
-        <v>94</v>
+        <v>1270</v>
       </c>
       <c r="D408" t="s">
-        <v>101</v>
+        <v>28</v>
       </c>
       <c r="E408" t="s">
-        <v>102</v>
+        <v>29</v>
       </c>
       <c r="F408" s="1" t="s">
-        <v>1278</v>
+        <v>1271</v>
       </c>
       <c r="G408" t="s">
-        <v>1279</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="409" spans="1:7">
       <c r="A409" t="s">
-        <v>1280</v>
+        <v>171</v>
       </c>
       <c r="B409" t="s">
-        <v>1267</v>
+        <v>1254</v>
       </c>
       <c r="C409" t="s">
-        <v>106</v>
+        <v>1273</v>
       </c>
       <c r="D409" t="s">
-        <v>58</v>
+        <v>28</v>
       </c>
       <c r="E409" t="s">
-        <v>59</v>
+        <v>29</v>
       </c>
       <c r="F409" s="1" t="s">
-        <v>1281</v>
+        <v>1274</v>
       </c>
       <c r="G409" t="s">
-        <v>1282</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="410" spans="1:7">
       <c r="A410" t="s">
-        <v>309</v>
+        <v>175</v>
       </c>
       <c r="B410" t="s">
-        <v>1267</v>
+        <v>1254</v>
       </c>
       <c r="C410" t="s">
-        <v>1283</v>
+        <v>1276</v>
       </c>
       <c r="D410" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E410" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F410" s="1" t="s">
-        <v>1284</v>
+        <v>1277</v>
       </c>
       <c r="G410" t="s">
-        <v>1285</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="411" spans="1:7">
       <c r="A411" t="s">
-        <v>318</v>
+        <v>179</v>
       </c>
       <c r="B411" t="s">
-        <v>1267</v>
+        <v>1254</v>
       </c>
       <c r="C411" t="s">
-        <v>1286</v>
+        <v>1279</v>
       </c>
       <c r="D411" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E411" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F411" s="1" t="s">
-        <v>1287</v>
+        <v>1280</v>
       </c>
       <c r="G411" t="s">
-        <v>1288</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="412" spans="1:7">
       <c r="A412" t="s">
-        <v>1289</v>
+        <v>201</v>
       </c>
       <c r="B412" t="s">
-        <v>1267</v>
+        <v>1254</v>
       </c>
       <c r="C412" t="s">
-        <v>1290</v>
+        <v>1282</v>
       </c>
       <c r="D412" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E412" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F412" s="1" t="s">
-        <v>1291</v>
+        <v>60</v>
       </c>
       <c r="G412" t="s">
-        <v>1292</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="413" spans="1:7">
       <c r="A413" t="s">
-        <v>1293</v>
+        <v>1284</v>
       </c>
       <c r="B413" t="s">
-        <v>1267</v>
+        <v>1254</v>
       </c>
       <c r="C413" t="s">
-        <v>1294</v>
+        <v>45</v>
       </c>
       <c r="D413" t="s">
-        <v>211</v>
+        <v>10</v>
       </c>
       <c r="E413" t="s">
-        <v>212</v>
+        <v>11</v>
       </c>
       <c r="F413" s="1" t="s">
-        <v>1295</v>
+        <v>1285</v>
       </c>
       <c r="G413" t="s">
-        <v>1296</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="414" spans="1:7">
       <c r="A414" t="s">
-        <v>1297</v>
+        <v>223</v>
       </c>
       <c r="B414" t="s">
-        <v>1267</v>
+        <v>1254</v>
       </c>
       <c r="C414" t="s">
-        <v>1298</v>
+        <v>1287</v>
       </c>
       <c r="D414" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E414" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F414" s="1" t="s">
-        <v>1299</v>
+        <v>1288</v>
       </c>
       <c r="G414" t="s">
-        <v>1300</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="415" spans="1:7">
       <c r="A415" t="s">
-        <v>1301</v>
+        <v>227</v>
       </c>
       <c r="B415" t="s">
-        <v>1267</v>
+        <v>1254</v>
       </c>
       <c r="C415" t="s">
-        <v>1302</v>
+        <v>1290</v>
       </c>
       <c r="D415" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E415" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F415" s="1" t="s">
-        <v>1303</v>
+        <v>1291</v>
       </c>
       <c r="G415" t="s">
-        <v>1304</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="416" spans="1:7">
       <c r="A416" t="s">
-        <v>1305</v>
+        <v>231</v>
       </c>
       <c r="B416" t="s">
-        <v>1267</v>
+        <v>1254</v>
       </c>
       <c r="C416" t="s">
-        <v>1306</v>
+        <v>1293</v>
       </c>
       <c r="D416" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E416" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F416" s="1" t="s">
-        <v>1307</v>
+        <v>1294</v>
       </c>
       <c r="G416" t="s">
-        <v>1308</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="417" spans="1:7">
       <c r="A417" t="s">
-        <v>1309</v>
+        <v>1296</v>
       </c>
       <c r="B417" t="s">
-        <v>1267</v>
+        <v>1254</v>
       </c>
       <c r="C417" t="s">
-        <v>1310</v>
+        <v>1297</v>
       </c>
       <c r="D417" t="s">
-        <v>211</v>
+        <v>291</v>
       </c>
       <c r="E417" t="s">
-        <v>212</v>
+        <v>292</v>
       </c>
       <c r="F417" s="1" t="s">
-        <v>1311</v>
+        <v>1298</v>
       </c>
       <c r="G417" t="s">
-        <v>1312</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="418" spans="1:7">
       <c r="A418" t="s">
-        <v>1313</v>
+        <v>1300</v>
       </c>
       <c r="B418" t="s">
-        <v>1267</v>
+        <v>1254</v>
       </c>
       <c r="C418" t="s">
-        <v>1314</v>
+        <v>49</v>
       </c>
       <c r="D418" t="s">
-        <v>211</v>
+        <v>10</v>
       </c>
       <c r="E418" t="s">
-        <v>212</v>
+        <v>11</v>
       </c>
       <c r="F418" s="1" t="s">
-        <v>1315</v>
+        <v>1301</v>
       </c>
       <c r="G418" t="s">
-        <v>1316</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="419" spans="1:7">
       <c r="A419" t="s">
-        <v>1317</v>
+        <v>235</v>
       </c>
       <c r="B419" t="s">
-        <v>1267</v>
+        <v>1254</v>
       </c>
       <c r="C419" t="s">
-        <v>1318</v>
+        <v>1303</v>
       </c>
       <c r="D419" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E419" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F419" s="1" t="s">
-        <v>1319</v>
+        <v>1304</v>
       </c>
       <c r="G419" t="s">
-        <v>1320</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="420" spans="1:7">
       <c r="A420" t="s">
-        <v>1321</v>
+        <v>238</v>
       </c>
       <c r="B420" t="s">
-        <v>1267</v>
+        <v>1254</v>
       </c>
       <c r="C420" t="s">
-        <v>1322</v>
+        <v>1306</v>
       </c>
       <c r="D420" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E420" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F420" s="1" t="s">
-        <v>1323</v>
+        <v>1307</v>
       </c>
       <c r="G420" t="s">
-        <v>1324</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="421" spans="1:7">
       <c r="A421" t="s">
-        <v>1325</v>
+        <v>282</v>
       </c>
       <c r="B421" t="s">
-        <v>1267</v>
+        <v>1254</v>
       </c>
       <c r="C421" t="s">
-        <v>1326</v>
+        <v>1309</v>
       </c>
       <c r="D421" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E421" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F421" s="1" t="s">
-        <v>1327</v>
+        <v>1310</v>
       </c>
       <c r="G421" t="s">
-        <v>1328</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="422" spans="1:7">
       <c r="A422" t="s">
-        <v>1329</v>
+        <v>970</v>
       </c>
       <c r="B422" t="s">
-        <v>1267</v>
+        <v>1254</v>
       </c>
       <c r="C422" t="s">
-        <v>1330</v>
+        <v>1312</v>
       </c>
       <c r="D422" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E422" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F422" s="1" t="s">
-        <v>1331</v>
+        <v>1313</v>
       </c>
       <c r="G422" t="s">
-        <v>1332</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="423" spans="1:7">
       <c r="A423" t="s">
-        <v>1333</v>
+        <v>1315</v>
       </c>
       <c r="B423" t="s">
-        <v>1267</v>
+        <v>1254</v>
       </c>
       <c r="C423" t="s">
-        <v>1334</v>
+        <v>52</v>
       </c>
       <c r="D423" t="s">
-        <v>211</v>
+        <v>10</v>
       </c>
       <c r="E423" t="s">
-        <v>212</v>
+        <v>11</v>
       </c>
       <c r="F423" s="1" t="s">
-        <v>1335</v>
+        <v>1316</v>
       </c>
       <c r="G423" t="s">
-        <v>1336</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="424" spans="1:7">
       <c r="A424" t="s">
-        <v>1337</v>
+        <v>1318</v>
       </c>
       <c r="B424" t="s">
-        <v>1267</v>
+        <v>1254</v>
       </c>
       <c r="C424" t="s">
-        <v>1338</v>
+        <v>59</v>
       </c>
       <c r="D424" t="s">
-        <v>211</v>
+        <v>10</v>
       </c>
       <c r="E424" t="s">
-        <v>212</v>
+        <v>11</v>
       </c>
       <c r="F424" s="1" t="s">
-        <v>1339</v>
+        <v>1319</v>
       </c>
       <c r="G424" t="s">
-        <v>1340</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="425" spans="1:7">
       <c r="A425" t="s">
-        <v>1341</v>
+        <v>1321</v>
       </c>
       <c r="B425" t="s">
-        <v>1267</v>
+        <v>1254</v>
       </c>
       <c r="C425" t="s">
-        <v>1342</v>
+        <v>55</v>
       </c>
       <c r="D425" t="s">
-        <v>211</v>
+        <v>10</v>
       </c>
       <c r="E425" t="s">
-        <v>212</v>
+        <v>11</v>
       </c>
       <c r="F425" s="1" t="s">
-        <v>1343</v>
+        <v>1322</v>
       </c>
       <c r="G425" t="s">
-        <v>1344</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="426" spans="1:7">
       <c r="A426" t="s">
-        <v>1345</v>
+        <v>1324</v>
       </c>
       <c r="B426" t="s">
-        <v>1267</v>
+        <v>1254</v>
       </c>
       <c r="C426" t="s">
-        <v>1346</v>
+        <v>63</v>
       </c>
       <c r="D426" t="s">
-        <v>211</v>
+        <v>10</v>
       </c>
       <c r="E426" t="s">
-        <v>212</v>
+        <v>11</v>
       </c>
       <c r="F426" s="1" t="s">
-        <v>1347</v>
+        <v>1325</v>
       </c>
       <c r="G426" t="s">
-        <v>1348</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="427" spans="1:7">
       <c r="A427" t="s">
-        <v>1349</v>
+        <v>1326</v>
       </c>
       <c r="B427" t="s">
-        <v>1267</v>
+        <v>1254</v>
       </c>
       <c r="C427" t="s">
-        <v>1350</v>
+        <v>67</v>
       </c>
       <c r="D427" t="s">
-        <v>211</v>
+        <v>10</v>
       </c>
       <c r="E427" t="s">
-        <v>212</v>
+        <v>11</v>
       </c>
       <c r="F427" s="1" t="s">
-        <v>1351</v>
+        <v>1327</v>
       </c>
       <c r="G427" t="s">
-        <v>1352</v>
+        <v>69</v>
       </c>
     </row>
     <row r="428" spans="1:7">
       <c r="A428" t="s">
-        <v>1353</v>
+        <v>1328</v>
       </c>
       <c r="B428" t="s">
-        <v>1267</v>
+        <v>1254</v>
       </c>
       <c r="C428" t="s">
-        <v>1354</v>
+        <v>71</v>
       </c>
       <c r="D428" t="s">
-        <v>211</v>
+        <v>10</v>
       </c>
       <c r="E428" t="s">
-        <v>212</v>
+        <v>11</v>
       </c>
       <c r="F428" s="1" t="s">
-        <v>1355</v>
+        <v>1329</v>
       </c>
       <c r="G428" t="s">
-        <v>1356</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="429" spans="1:7">
       <c r="A429" t="s">
-        <v>1357</v>
+        <v>286</v>
       </c>
       <c r="B429" t="s">
-        <v>1267</v>
+        <v>1331</v>
       </c>
       <c r="C429" t="s">
-        <v>1358</v>
+        <v>1332</v>
       </c>
       <c r="D429" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E429" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F429" s="1" t="s">
-        <v>1359</v>
+        <v>1333</v>
       </c>
       <c r="G429" t="s">
-        <v>1360</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="430" spans="1:7">
       <c r="A430" t="s">
-        <v>1361</v>
+        <v>385</v>
       </c>
       <c r="B430" t="s">
-        <v>1267</v>
+        <v>1331</v>
       </c>
       <c r="C430" t="s">
-        <v>1362</v>
+        <v>1335</v>
       </c>
       <c r="D430" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E430" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F430" s="1" t="s">
-        <v>1363</v>
+        <v>1336</v>
       </c>
       <c r="G430" t="s">
-        <v>1364</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="431" spans="1:7">
       <c r="A431" t="s">
-        <v>1365</v>
+        <v>1338</v>
       </c>
       <c r="B431" t="s">
-        <v>1267</v>
+        <v>1331</v>
       </c>
       <c r="C431" t="s">
-        <v>1366</v>
+        <v>183</v>
       </c>
       <c r="D431" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="E431" t="s">
-        <v>212</v>
+        <v>193</v>
       </c>
       <c r="F431" s="1" t="s">
-        <v>1367</v>
+        <v>1339</v>
       </c>
       <c r="G431" t="s">
-        <v>1368</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="432" spans="1:7">
       <c r="A432" t="s">
-        <v>1369</v>
+        <v>1341</v>
       </c>
       <c r="B432" t="s">
-        <v>1267</v>
+        <v>1331</v>
       </c>
       <c r="C432" t="s">
-        <v>1370</v>
+        <v>186</v>
       </c>
       <c r="D432" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="E432" t="s">
-        <v>212</v>
+        <v>193</v>
       </c>
       <c r="F432" s="1" t="s">
-        <v>1371</v>
+        <v>1342</v>
       </c>
       <c r="G432" t="s">
-        <v>1372</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="433" spans="1:7">
       <c r="A433" t="s">
-        <v>1373</v>
+        <v>1344</v>
       </c>
       <c r="B433" t="s">
-        <v>1267</v>
+        <v>1331</v>
       </c>
       <c r="C433" t="s">
-        <v>1374</v>
+        <v>197</v>
       </c>
       <c r="D433" t="s">
-        <v>211</v>
+        <v>147</v>
       </c>
       <c r="E433" t="s">
-        <v>212</v>
+        <v>148</v>
       </c>
       <c r="F433" s="1" t="s">
-        <v>1375</v>
+        <v>1345</v>
       </c>
       <c r="G433" t="s">
-        <v>1376</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="434" spans="1:7">
       <c r="A434" t="s">
-        <v>1377</v>
+        <v>389</v>
       </c>
       <c r="B434" t="s">
-        <v>1267</v>
+        <v>1331</v>
       </c>
       <c r="C434" t="s">
-        <v>1378</v>
+        <v>1347</v>
       </c>
       <c r="D434" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E434" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F434" s="1" t="s">
-        <v>1379</v>
+        <v>1348</v>
       </c>
       <c r="G434" t="s">
-        <v>1380</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="435" spans="1:7">
       <c r="A435" t="s">
-        <v>1381</v>
+        <v>398</v>
       </c>
       <c r="B435" t="s">
-        <v>1267</v>
+        <v>1331</v>
       </c>
       <c r="C435" t="s">
-        <v>1382</v>
+        <v>1350</v>
       </c>
       <c r="D435" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E435" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F435" s="1" t="s">
-        <v>1383</v>
+        <v>1351</v>
       </c>
       <c r="G435" t="s">
-        <v>1384</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="436" spans="1:7">
       <c r="A436" t="s">
-        <v>1385</v>
+        <v>1353</v>
       </c>
       <c r="B436" t="s">
-        <v>1267</v>
+        <v>1331</v>
       </c>
       <c r="C436" t="s">
-        <v>1386</v>
+        <v>1354</v>
       </c>
       <c r="D436" t="s">
-        <v>211</v>
+        <v>291</v>
       </c>
       <c r="E436" t="s">
-        <v>212</v>
+        <v>292</v>
       </c>
       <c r="F436" s="1" t="s">
-        <v>1387</v>
+        <v>1355</v>
       </c>
       <c r="G436" t="s">
-        <v>1388</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="437" spans="1:7">
       <c r="A437" t="s">
-        <v>322</v>
+        <v>1357</v>
       </c>
       <c r="B437" t="s">
-        <v>1267</v>
+        <v>1331</v>
       </c>
       <c r="C437" t="s">
-        <v>1389</v>
+        <v>1358</v>
       </c>
       <c r="D437" t="s">
-        <v>49</v>
+        <v>291</v>
       </c>
       <c r="E437" t="s">
-        <v>50</v>
+        <v>292</v>
       </c>
       <c r="F437" s="1" t="s">
-        <v>1390</v>
+        <v>1359</v>
       </c>
       <c r="G437" t="s">
-        <v>1391</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="438" spans="1:7">
       <c r="A438" t="s">
-        <v>347</v>
+        <v>1361</v>
       </c>
       <c r="B438" t="s">
-        <v>1267</v>
+        <v>1331</v>
       </c>
       <c r="C438" t="s">
-        <v>1392</v>
+        <v>1362</v>
       </c>
       <c r="D438" t="s">
-        <v>49</v>
+        <v>291</v>
       </c>
       <c r="E438" t="s">
-        <v>50</v>
+        <v>292</v>
       </c>
       <c r="F438" s="1" t="s">
-        <v>1393</v>
+        <v>1363</v>
       </c>
       <c r="G438" t="s">
-        <v>1394</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="439" spans="1:7">
       <c r="A439" t="s">
-        <v>351</v>
+        <v>1365</v>
       </c>
       <c r="B439" t="s">
-        <v>1267</v>
+        <v>1331</v>
       </c>
       <c r="C439" t="s">
-        <v>1395</v>
+        <v>1366</v>
       </c>
       <c r="D439" t="s">
-        <v>49</v>
+        <v>291</v>
       </c>
       <c r="E439" t="s">
-        <v>50</v>
+        <v>292</v>
       </c>
       <c r="F439" s="1" t="s">
-        <v>1396</v>
+        <v>1367</v>
       </c>
       <c r="G439" t="s">
-        <v>1397</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="440" spans="1:7">
       <c r="A440" t="s">
-        <v>361</v>
+        <v>1369</v>
       </c>
       <c r="B440" t="s">
-        <v>1267</v>
+        <v>1331</v>
       </c>
       <c r="C440" t="s">
-        <v>1398</v>
+        <v>1370</v>
       </c>
       <c r="D440" t="s">
-        <v>49</v>
+        <v>291</v>
       </c>
       <c r="E440" t="s">
-        <v>50</v>
+        <v>292</v>
       </c>
       <c r="F440" s="1" t="s">
-        <v>1399</v>
+        <v>1371</v>
       </c>
       <c r="G440" t="s">
-        <v>1400</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="441" spans="1:7">
       <c r="A441" t="s">
-        <v>367</v>
+        <v>1373</v>
       </c>
       <c r="B441" t="s">
-        <v>1267</v>
+        <v>1331</v>
       </c>
       <c r="C441" t="s">
-        <v>1401</v>
+        <v>1374</v>
       </c>
       <c r="D441" t="s">
-        <v>49</v>
+        <v>291</v>
       </c>
       <c r="E441" t="s">
-        <v>50</v>
+        <v>292</v>
       </c>
       <c r="F441" s="1" t="s">
-        <v>1402</v>
+        <v>1375</v>
       </c>
       <c r="G441" t="s">
-        <v>1403</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="442" spans="1:7">
       <c r="A442" t="s">
-        <v>371</v>
+        <v>1377</v>
       </c>
       <c r="B442" t="s">
-        <v>1267</v>
+        <v>1331</v>
       </c>
       <c r="C442" t="s">
-        <v>1404</v>
+        <v>1378</v>
       </c>
       <c r="D442" t="s">
-        <v>49</v>
+        <v>291</v>
       </c>
       <c r="E442" t="s">
-        <v>50</v>
+        <v>292</v>
       </c>
       <c r="F442" s="1" t="s">
-        <v>1405</v>
+        <v>1379</v>
       </c>
       <c r="G442" t="s">
-        <v>1406</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="443" spans="1:7">
       <c r="A443" t="s">
-        <v>377</v>
+        <v>1381</v>
       </c>
       <c r="B443" t="s">
-        <v>1267</v>
+        <v>1331</v>
       </c>
       <c r="C443" t="s">
-        <v>1407</v>
+        <v>1382</v>
       </c>
       <c r="D443" t="s">
-        <v>49</v>
+        <v>291</v>
       </c>
       <c r="E443" t="s">
-        <v>50</v>
+        <v>292</v>
       </c>
       <c r="F443" s="1" t="s">
-        <v>1408</v>
+        <v>1383</v>
       </c>
       <c r="G443" t="s">
-        <v>1409</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="444" spans="1:7">
       <c r="A444" t="s">
-        <v>395</v>
+        <v>1385</v>
       </c>
       <c r="B444" t="s">
-        <v>1267</v>
+        <v>1331</v>
       </c>
       <c r="C444" t="s">
-        <v>1410</v>
+        <v>1386</v>
       </c>
       <c r="D444" t="s">
-        <v>49</v>
+        <v>291</v>
       </c>
       <c r="E444" t="s">
-        <v>50</v>
+        <v>292</v>
       </c>
       <c r="F444" s="1" t="s">
-        <v>1411</v>
+        <v>1387</v>
       </c>
       <c r="G444" t="s">
-        <v>1412</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="445" spans="1:7">
       <c r="A445" t="s">
-        <v>1413</v>
+        <v>1389</v>
       </c>
       <c r="B445" t="s">
-        <v>1267</v>
+        <v>1331</v>
       </c>
       <c r="C445" t="s">
-        <v>114</v>
+        <v>1390</v>
       </c>
       <c r="D445" t="s">
-        <v>58</v>
+        <v>291</v>
       </c>
       <c r="E445" t="s">
-        <v>59</v>
+        <v>292</v>
       </c>
       <c r="F445" s="1" t="s">
-        <v>1414</v>
+        <v>1391</v>
       </c>
       <c r="G445" t="s">
-        <v>1415</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="446" spans="1:7">
       <c r="A446" t="s">
-        <v>1416</v>
+        <v>1393</v>
       </c>
       <c r="B446" t="s">
-        <v>1267</v>
+        <v>1331</v>
       </c>
       <c r="C446" t="s">
-        <v>23</v>
+        <v>1394</v>
       </c>
       <c r="D446" t="s">
-        <v>1417</v>
+        <v>291</v>
       </c>
       <c r="E446" t="s">
-        <v>1418</v>
+        <v>292</v>
       </c>
       <c r="F446" s="1" t="s">
-        <v>1419</v>
+        <v>1395</v>
       </c>
       <c r="G446" t="s">
-        <v>1420</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="447" spans="1:7">
       <c r="A447" t="s">
-        <v>1421</v>
+        <v>1397</v>
       </c>
       <c r="B447" t="s">
-        <v>1267</v>
+        <v>1331</v>
       </c>
       <c r="C447" t="s">
-        <v>170</v>
+        <v>1398</v>
       </c>
       <c r="D447" t="s">
-        <v>10</v>
+        <v>291</v>
       </c>
       <c r="E447" t="s">
-        <v>11</v>
+        <v>292</v>
       </c>
       <c r="F447" s="1" t="s">
-        <v>1422</v>
+        <v>1399</v>
       </c>
       <c r="G447" t="s">
-        <v>1423</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="448" spans="1:7">
       <c r="A448" t="s">
-        <v>399</v>
+        <v>1401</v>
       </c>
       <c r="B448" t="s">
-        <v>1267</v>
+        <v>1331</v>
       </c>
       <c r="C448" t="s">
-        <v>1424</v>
+        <v>1402</v>
       </c>
       <c r="D448" t="s">
-        <v>49</v>
+        <v>291</v>
       </c>
       <c r="E448" t="s">
-        <v>50</v>
+        <v>292</v>
       </c>
       <c r="F448" s="1" t="s">
-        <v>1425</v>
+        <v>1403</v>
       </c>
       <c r="G448" t="s">
-        <v>1426</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="449" spans="1:7">
       <c r="A449" t="s">
-        <v>402</v>
+        <v>1405</v>
       </c>
       <c r="B449" t="s">
-        <v>1267</v>
+        <v>1331</v>
       </c>
       <c r="C449" t="s">
-        <v>1427</v>
+        <v>1406</v>
       </c>
       <c r="D449" t="s">
-        <v>49</v>
+        <v>291</v>
       </c>
       <c r="E449" t="s">
-        <v>50</v>
+        <v>292</v>
       </c>
       <c r="F449" s="1" t="s">
-        <v>1428</v>
+        <v>1407</v>
       </c>
       <c r="G449" t="s">
-        <v>1429</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="450" spans="1:7">
       <c r="A450" t="s">
-        <v>438</v>
+        <v>1409</v>
       </c>
       <c r="B450" t="s">
-        <v>1267</v>
+        <v>1331</v>
       </c>
       <c r="C450" t="s">
-        <v>1430</v>
+        <v>1410</v>
       </c>
       <c r="D450" t="s">
-        <v>49</v>
+        <v>291</v>
       </c>
       <c r="E450" t="s">
-        <v>50</v>
+        <v>292</v>
       </c>
       <c r="F450" s="1" t="s">
-        <v>1431</v>
+        <v>1411</v>
       </c>
       <c r="G450" t="s">
-        <v>1432</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="451" spans="1:7">
       <c r="A451" t="s">
-        <v>442</v>
+        <v>1413</v>
       </c>
       <c r="B451" t="s">
-        <v>1267</v>
+        <v>1331</v>
       </c>
       <c r="C451" t="s">
-        <v>1433</v>
+        <v>1414</v>
       </c>
       <c r="D451" t="s">
-        <v>49</v>
+        <v>291</v>
       </c>
       <c r="E451" t="s">
-        <v>50</v>
+        <v>292</v>
       </c>
       <c r="F451" s="1" t="s">
-        <v>1434</v>
+        <v>1415</v>
       </c>
       <c r="G451" t="s">
-        <v>1435</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="452" spans="1:7">
       <c r="A452" t="s">
-        <v>446</v>
+        <v>1417</v>
       </c>
       <c r="B452" t="s">
-        <v>1267</v>
+        <v>1331</v>
       </c>
       <c r="C452" t="s">
-        <v>1436</v>
+        <v>1418</v>
       </c>
       <c r="D452" t="s">
-        <v>49</v>
+        <v>291</v>
       </c>
       <c r="E452" t="s">
-        <v>50</v>
+        <v>292</v>
       </c>
       <c r="F452" s="1" t="s">
-        <v>1437</v>
+        <v>1419</v>
       </c>
       <c r="G452" t="s">
-        <v>1438</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="453" spans="1:7">
       <c r="A453" t="s">
-        <v>450</v>
+        <v>1421</v>
       </c>
       <c r="B453" t="s">
-        <v>1267</v>
+        <v>1331</v>
       </c>
       <c r="C453" t="s">
-        <v>1439</v>
+        <v>1422</v>
       </c>
       <c r="D453" t="s">
-        <v>49</v>
+        <v>291</v>
       </c>
       <c r="E453" t="s">
-        <v>50</v>
+        <v>292</v>
       </c>
       <c r="F453" s="1" t="s">
-        <v>1440</v>
+        <v>1423</v>
       </c>
       <c r="G453" t="s">
-        <v>1394</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="454" spans="1:7">
       <c r="A454" t="s">
-        <v>454</v>
+        <v>1425</v>
       </c>
       <c r="B454" t="s">
-        <v>1267</v>
+        <v>1331</v>
       </c>
       <c r="C454" t="s">
-        <v>1441</v>
+        <v>1426</v>
       </c>
       <c r="D454" t="s">
-        <v>49</v>
+        <v>291</v>
       </c>
       <c r="E454" t="s">
-        <v>50</v>
+        <v>292</v>
       </c>
       <c r="F454" s="1" t="s">
-        <v>1442</v>
+        <v>1427</v>
       </c>
       <c r="G454" t="s">
-        <v>1438</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="455" spans="1:7">
       <c r="A455" t="s">
-        <v>1443</v>
+        <v>1429</v>
       </c>
       <c r="B455" t="s">
-        <v>1267</v>
+        <v>1331</v>
       </c>
       <c r="C455" t="s">
-        <v>174</v>
+        <v>1430</v>
       </c>
       <c r="D455" t="s">
-        <v>10</v>
+        <v>291</v>
       </c>
       <c r="E455" t="s">
-        <v>11</v>
+        <v>292</v>
       </c>
       <c r="F455" s="1" t="s">
-        <v>1444</v>
+        <v>1431</v>
       </c>
       <c r="G455" t="s">
-        <v>1445</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="456" spans="1:7">
       <c r="A456" t="s">
-        <v>468</v>
+        <v>1433</v>
       </c>
       <c r="B456" t="s">
-        <v>1267</v>
+        <v>1331</v>
       </c>
       <c r="C456" t="s">
-        <v>1446</v>
+        <v>1434</v>
       </c>
       <c r="D456" t="s">
-        <v>49</v>
+        <v>291</v>
       </c>
       <c r="E456" t="s">
-        <v>50</v>
+        <v>292</v>
       </c>
       <c r="F456" s="1" t="s">
-        <v>1447</v>
+        <v>1435</v>
       </c>
       <c r="G456" t="s">
-        <v>1448</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="457" spans="1:7">
       <c r="A457" t="s">
-        <v>1449</v>
+        <v>1437</v>
       </c>
       <c r="B457" t="s">
-        <v>1267</v>
+        <v>1331</v>
       </c>
       <c r="C457" t="s">
-        <v>178</v>
+        <v>1438</v>
       </c>
       <c r="D457" t="s">
-        <v>10</v>
+        <v>291</v>
       </c>
       <c r="E457" t="s">
-        <v>11</v>
+        <v>292</v>
       </c>
       <c r="F457" s="1" t="s">
-        <v>1450</v>
+        <v>1439</v>
       </c>
       <c r="G457" t="s">
-        <v>1451</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="458" spans="1:7">
       <c r="A458" t="s">
-        <v>472</v>
+        <v>1441</v>
       </c>
       <c r="B458" t="s">
-        <v>1267</v>
+        <v>1331</v>
       </c>
       <c r="C458" t="s">
-        <v>1452</v>
+        <v>1442</v>
       </c>
       <c r="D458" t="s">
-        <v>49</v>
+        <v>291</v>
       </c>
       <c r="E458" t="s">
-        <v>50</v>
+        <v>292</v>
       </c>
       <c r="F458" s="1" t="s">
-        <v>1453</v>
+        <v>1443</v>
       </c>
       <c r="G458" t="s">
-        <v>1454</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="459" spans="1:7">
       <c r="A459" t="s">
-        <v>983</v>
+        <v>1445</v>
       </c>
       <c r="B459" t="s">
-        <v>1267</v>
+        <v>1331</v>
       </c>
       <c r="C459" t="s">
-        <v>1455</v>
+        <v>1446</v>
       </c>
       <c r="D459" t="s">
-        <v>49</v>
+        <v>291</v>
       </c>
       <c r="E459" t="s">
-        <v>50</v>
+        <v>292</v>
       </c>
       <c r="F459" s="1" t="s">
-        <v>1456</v>
+        <v>1447</v>
       </c>
       <c r="G459" t="s">
-        <v>1454</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="460" spans="1:7">
       <c r="A460" t="s">
-        <v>1457</v>
+        <v>1449</v>
       </c>
       <c r="B460" t="s">
-        <v>1267</v>
+        <v>1331</v>
       </c>
       <c r="C460" t="s">
-        <v>182</v>
+        <v>1450</v>
       </c>
       <c r="D460" t="s">
-        <v>10</v>
+        <v>291</v>
       </c>
       <c r="E460" t="s">
-        <v>11</v>
+        <v>292</v>
       </c>
       <c r="F460" s="1" t="s">
-        <v>1458</v>
+        <v>1451</v>
       </c>
       <c r="G460" t="s">
-        <v>1459</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="461" spans="1:7">
       <c r="A461" t="s">
-        <v>1460</v>
+        <v>402</v>
       </c>
       <c r="B461" t="s">
-        <v>1267</v>
+        <v>1331</v>
       </c>
       <c r="C461" t="s">
-        <v>186</v>
+        <v>1453</v>
       </c>
       <c r="D461" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E461" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F461" s="1" t="s">
-        <v>1461</v>
+        <v>1454</v>
       </c>
       <c r="G461" t="s">
-        <v>1462</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="462" spans="1:7">
       <c r="A462" t="s">
-        <v>1463</v>
+        <v>426</v>
       </c>
       <c r="B462" t="s">
-        <v>1267</v>
+        <v>1331</v>
       </c>
       <c r="C462" t="s">
-        <v>9</v>
+        <v>1456</v>
       </c>
       <c r="D462" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E462" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F462" s="1" t="s">
-        <v>1464</v>
+        <v>1457</v>
       </c>
       <c r="G462" t="s">
-        <v>158</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="463" spans="1:7">
       <c r="A463" t="s">
-        <v>1465</v>
+        <v>430</v>
       </c>
       <c r="B463" t="s">
-        <v>1267</v>
+        <v>1331</v>
       </c>
       <c r="C463" t="s">
-        <v>15</v>
+        <v>1459</v>
       </c>
       <c r="D463" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E463" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F463" s="1" t="s">
-        <v>1466</v>
+        <v>1460</v>
       </c>
       <c r="G463" t="s">
-        <v>1467</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="464" spans="1:7">
       <c r="A464" t="s">
-        <v>1468</v>
+        <v>440</v>
       </c>
       <c r="B464" t="s">
-        <v>1267</v>
+        <v>1331</v>
       </c>
       <c r="C464" t="s">
-        <v>19</v>
+        <v>1462</v>
       </c>
       <c r="D464" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E464" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F464" s="1" t="s">
-        <v>1469</v>
+        <v>1463</v>
       </c>
       <c r="G464" t="s">
-        <v>21</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="465" spans="1:7">
       <c r="A465" t="s">
-        <v>1470</v>
+        <v>446</v>
       </c>
       <c r="B465" t="s">
-        <v>1267</v>
+        <v>1331</v>
       </c>
       <c r="C465" t="s">
-        <v>1471</v>
+        <v>1465</v>
       </c>
       <c r="D465" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E465" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F465" s="1" t="s">
-        <v>1472</v>
+        <v>1466</v>
       </c>
       <c r="G465" t="s">
-        <v>941</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="466" spans="1:7">
       <c r="A466" t="s">
-        <v>1473</v>
+        <v>450</v>
       </c>
       <c r="B466" t="s">
-        <v>1267</v>
+        <v>1331</v>
       </c>
       <c r="C466" t="s">
-        <v>23</v>
+        <v>1468</v>
       </c>
       <c r="D466" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E466" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F466" s="1" t="s">
-        <v>1474</v>
+        <v>1469</v>
       </c>
       <c r="G466" t="s">
-        <v>1475</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="467" spans="1:7">
       <c r="A467" t="s">
-        <v>992</v>
+        <v>456</v>
       </c>
       <c r="B467" t="s">
-        <v>1476</v>
+        <v>1331</v>
       </c>
       <c r="C467" t="s">
-        <v>1477</v>
+        <v>1471</v>
       </c>
       <c r="D467" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E467" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F467" s="1" t="s">
-        <v>1478</v>
+        <v>1472</v>
       </c>
       <c r="G467" t="s">
-        <v>1479</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="468" spans="1:7">
       <c r="A468" t="s">
-        <v>1480</v>
+        <v>474</v>
       </c>
       <c r="B468" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C468" t="s">
+        <v>1474</v>
+      </c>
+      <c r="D468" t="s">
+        <v>28</v>
+      </c>
+      <c r="E468" t="s">
+        <v>29</v>
+      </c>
+      <c r="F468" s="1" t="s">
+        <v>1475</v>
+      </c>
+      <c r="G468" t="s">
         <v>1476</v>
-      </c>
-[...13 lines deleted...]
-        <v>1482</v>
       </c>
     </row>
     <row r="469" spans="1:7">
       <c r="A469" t="s">
-        <v>1483</v>
+        <v>1477</v>
       </c>
       <c r="B469" t="s">
-        <v>1476</v>
+        <v>1331</v>
       </c>
       <c r="C469" t="s">
-        <v>123</v>
+        <v>205</v>
       </c>
       <c r="D469" t="s">
-        <v>58</v>
+        <v>147</v>
       </c>
       <c r="E469" t="s">
-        <v>59</v>
+        <v>148</v>
       </c>
       <c r="F469" s="1" t="s">
-        <v>1484</v>
+        <v>1478</v>
       </c>
       <c r="G469" t="s">
-        <v>1485</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="470" spans="1:7">
       <c r="A470" t="s">
-        <v>1486</v>
+        <v>1480</v>
       </c>
       <c r="B470" t="s">
-        <v>1476</v>
+        <v>1331</v>
       </c>
       <c r="C470" t="s">
-        <v>174</v>
+        <v>71</v>
       </c>
       <c r="D470" t="s">
-        <v>10</v>
+        <v>1481</v>
       </c>
       <c r="E470" t="s">
-        <v>11</v>
+        <v>1482</v>
       </c>
       <c r="F470" s="1" t="s">
-        <v>1487</v>
+        <v>1483</v>
       </c>
       <c r="G470" t="s">
-        <v>1488</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="471" spans="1:7">
       <c r="A471" t="s">
-        <v>996</v>
+        <v>1485</v>
       </c>
       <c r="B471" t="s">
-        <v>1476</v>
+        <v>1331</v>
       </c>
       <c r="C471" t="s">
-        <v>1489</v>
+        <v>23</v>
       </c>
       <c r="D471" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E471" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F471" s="1" t="s">
-        <v>1490</v>
+        <v>1486</v>
       </c>
       <c r="G471" t="s">
-        <v>1491</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="472" spans="1:7">
       <c r="A472" t="s">
-        <v>1000</v>
+        <v>478</v>
       </c>
       <c r="B472" t="s">
-        <v>1476</v>
+        <v>1331</v>
       </c>
       <c r="C472" t="s">
-        <v>1492</v>
+        <v>1488</v>
       </c>
       <c r="D472" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E472" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F472" s="1" t="s">
-        <v>1493</v>
+        <v>1489</v>
       </c>
       <c r="G472" t="s">
-        <v>1494</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="473" spans="1:7">
       <c r="A473" t="s">
-        <v>1495</v>
+        <v>481</v>
       </c>
       <c r="B473" t="s">
-        <v>1476</v>
+        <v>1331</v>
       </c>
       <c r="C473" t="s">
-        <v>97</v>
+        <v>1491</v>
       </c>
       <c r="D473" t="s">
-        <v>101</v>
+        <v>28</v>
       </c>
       <c r="E473" t="s">
-        <v>102</v>
+        <v>29</v>
       </c>
       <c r="F473" s="1" t="s">
-        <v>1496</v>
+        <v>1492</v>
       </c>
       <c r="G473" t="s">
-        <v>1497</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="474" spans="1:7">
       <c r="A474" t="s">
-        <v>1004</v>
+        <v>517</v>
       </c>
       <c r="B474" t="s">
-        <v>1476</v>
+        <v>1331</v>
       </c>
       <c r="C474" t="s">
-        <v>1498</v>
+        <v>1494</v>
       </c>
       <c r="D474" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E474" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F474" s="1" t="s">
-        <v>1499</v>
+        <v>1495</v>
       </c>
       <c r="G474" t="s">
-        <v>1500</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="475" spans="1:7">
       <c r="A475" t="s">
-        <v>1501</v>
+        <v>521</v>
       </c>
       <c r="B475" t="s">
-        <v>1476</v>
+        <v>1331</v>
       </c>
       <c r="C475" t="s">
-        <v>1502</v>
+        <v>1497</v>
       </c>
       <c r="D475" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E475" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F475" s="1" t="s">
-        <v>1503</v>
+        <v>1498</v>
       </c>
       <c r="G475" t="s">
-        <v>214</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="476" spans="1:7">
       <c r="A476" t="s">
-        <v>1034</v>
+        <v>525</v>
       </c>
       <c r="B476" t="s">
-        <v>1476</v>
+        <v>1331</v>
       </c>
       <c r="C476" t="s">
-        <v>1504</v>
+        <v>1500</v>
       </c>
       <c r="D476" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E476" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F476" s="1" t="s">
-        <v>1505</v>
+        <v>1501</v>
       </c>
       <c r="G476" t="s">
-        <v>1506</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="477" spans="1:7">
       <c r="A477" t="s">
-        <v>1037</v>
+        <v>529</v>
       </c>
       <c r="B477" t="s">
-        <v>1476</v>
+        <v>1331</v>
       </c>
       <c r="C477" t="s">
-        <v>1507</v>
+        <v>1503</v>
       </c>
       <c r="D477" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E477" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F477" s="1" t="s">
-        <v>1508</v>
+        <v>1504</v>
       </c>
       <c r="G477" t="s">
-        <v>1509</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="478" spans="1:7">
       <c r="A478" t="s">
-        <v>1040</v>
+        <v>533</v>
       </c>
       <c r="B478" t="s">
-        <v>1476</v>
+        <v>1331</v>
       </c>
       <c r="C478" t="s">
-        <v>1510</v>
+        <v>1505</v>
       </c>
       <c r="D478" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E478" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F478" s="1" t="s">
-        <v>1511</v>
+        <v>1506</v>
       </c>
       <c r="G478" t="s">
-        <v>1512</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="479" spans="1:7">
       <c r="A479" t="s">
-        <v>1059</v>
+        <v>1507</v>
       </c>
       <c r="B479" t="s">
-        <v>1476</v>
+        <v>1331</v>
       </c>
       <c r="C479" t="s">
-        <v>1513</v>
+        <v>45</v>
       </c>
       <c r="D479" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E479" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F479" s="1" t="s">
-        <v>1514</v>
+        <v>1508</v>
       </c>
       <c r="G479" t="s">
-        <v>1515</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="480" spans="1:7">
       <c r="A480" t="s">
-        <v>1516</v>
+        <v>547</v>
       </c>
       <c r="B480" t="s">
-        <v>1476</v>
+        <v>1331</v>
       </c>
       <c r="C480" t="s">
-        <v>178</v>
+        <v>1510</v>
       </c>
       <c r="D480" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E480" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F480" s="1" t="s">
-        <v>1517</v>
+        <v>1511</v>
       </c>
       <c r="G480" t="s">
-        <v>1518</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="481" spans="1:7">
       <c r="A481" t="s">
-        <v>1063</v>
+        <v>1513</v>
       </c>
       <c r="B481" t="s">
-        <v>1476</v>
+        <v>1331</v>
       </c>
       <c r="C481" t="s">
-        <v>1519</v>
+        <v>49</v>
       </c>
       <c r="D481" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E481" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F481" s="1" t="s">
-        <v>1520</v>
+        <v>1514</v>
       </c>
       <c r="G481" t="s">
-        <v>1521</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="482" spans="1:7">
       <c r="A482" t="s">
-        <v>1067</v>
+        <v>551</v>
       </c>
       <c r="B482" t="s">
-        <v>1476</v>
+        <v>1331</v>
       </c>
       <c r="C482" t="s">
-        <v>1522</v>
+        <v>1516</v>
       </c>
       <c r="D482" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E482" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F482" s="1" t="s">
-        <v>1523</v>
+        <v>1517</v>
       </c>
       <c r="G482" t="s">
-        <v>1524</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="483" spans="1:7">
       <c r="A483" t="s">
-        <v>1076</v>
+        <v>1061</v>
       </c>
       <c r="B483" t="s">
-        <v>1476</v>
+        <v>1331</v>
       </c>
       <c r="C483" t="s">
-        <v>1525</v>
+        <v>1519</v>
       </c>
       <c r="D483" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E483" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F483" s="1" t="s">
-        <v>1526</v>
+        <v>1520</v>
       </c>
       <c r="G483" t="s">
-        <v>1527</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="484" spans="1:7">
       <c r="A484" t="s">
-        <v>1080</v>
+        <v>1521</v>
       </c>
       <c r="B484" t="s">
-        <v>1476</v>
+        <v>1331</v>
       </c>
       <c r="C484" t="s">
-        <v>1528</v>
+        <v>52</v>
       </c>
       <c r="D484" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E484" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F484" s="1" t="s">
-        <v>1529</v>
+        <v>1522</v>
       </c>
       <c r="G484" t="s">
-        <v>1530</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="485" spans="1:7">
       <c r="A485" t="s">
-        <v>1084</v>
+        <v>1524</v>
       </c>
       <c r="B485" t="s">
-        <v>1476</v>
+        <v>1331</v>
       </c>
       <c r="C485" t="s">
-        <v>1531</v>
+        <v>55</v>
       </c>
       <c r="D485" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E485" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F485" s="1" t="s">
-        <v>1532</v>
+        <v>1525</v>
       </c>
       <c r="G485" t="s">
-        <v>1533</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="486" spans="1:7">
       <c r="A486" t="s">
-        <v>1534</v>
+        <v>1527</v>
       </c>
       <c r="B486" t="s">
-        <v>1476</v>
+        <v>1331</v>
       </c>
       <c r="C486" t="s">
-        <v>182</v>
+        <v>59</v>
       </c>
       <c r="D486" t="s">
         <v>10</v>
       </c>
       <c r="E486" t="s">
         <v>11</v>
       </c>
       <c r="F486" s="1" t="s">
-        <v>1535</v>
+        <v>1528</v>
       </c>
       <c r="G486" t="s">
-        <v>21</v>
+        <v>57</v>
       </c>
     </row>
     <row r="487" spans="1:7">
       <c r="A487" t="s">
-        <v>1088</v>
+        <v>1529</v>
       </c>
       <c r="B487" t="s">
-        <v>1476</v>
+        <v>1331</v>
       </c>
       <c r="C487" t="s">
-        <v>1536</v>
+        <v>63</v>
       </c>
       <c r="D487" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E487" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F487" s="1" t="s">
-        <v>1537</v>
+        <v>1530</v>
       </c>
       <c r="G487" t="s">
-        <v>1538</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="488" spans="1:7">
       <c r="A488" t="s">
-        <v>1092</v>
+        <v>1532</v>
       </c>
       <c r="B488" t="s">
-        <v>1476</v>
+        <v>1331</v>
       </c>
       <c r="C488" t="s">
-        <v>1539</v>
+        <v>67</v>
       </c>
       <c r="D488" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E488" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F488" s="1" t="s">
-        <v>1540</v>
+        <v>1533</v>
       </c>
       <c r="G488" t="s">
-        <v>1541</v>
+        <v>69</v>
       </c>
     </row>
     <row r="489" spans="1:7">
       <c r="A489" t="s">
-        <v>1542</v>
+        <v>1534</v>
       </c>
       <c r="B489" t="s">
-        <v>1476</v>
+        <v>1331</v>
       </c>
       <c r="C489" t="s">
-        <v>186</v>
+        <v>1535</v>
       </c>
       <c r="D489" t="s">
         <v>10</v>
       </c>
       <c r="E489" t="s">
         <v>11</v>
       </c>
       <c r="F489" s="1" t="s">
-        <v>1543</v>
+        <v>1536</v>
       </c>
       <c r="G489" t="s">
-        <v>158</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="490" spans="1:7">
       <c r="A490" t="s">
-        <v>1544</v>
+        <v>1537</v>
       </c>
       <c r="B490" t="s">
-        <v>1476</v>
+        <v>1331</v>
       </c>
       <c r="C490" t="s">
-        <v>9</v>
+        <v>71</v>
       </c>
       <c r="D490" t="s">
         <v>10</v>
       </c>
       <c r="E490" t="s">
         <v>11</v>
       </c>
       <c r="F490" s="1" t="s">
-        <v>1545</v>
+        <v>1538</v>
       </c>
       <c r="G490" t="s">
-        <v>21</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="491" spans="1:7">
       <c r="A491" t="s">
-        <v>1109</v>
+        <v>1070</v>
       </c>
       <c r="B491" t="s">
-        <v>1476</v>
+        <v>1540</v>
       </c>
       <c r="C491" t="s">
-        <v>1546</v>
+        <v>1541</v>
       </c>
       <c r="D491" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E491" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F491" s="1" t="s">
-        <v>1547</v>
+        <v>1542</v>
       </c>
       <c r="G491" t="s">
-        <v>1548</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="492" spans="1:7">
       <c r="A492" t="s">
-        <v>1113</v>
+        <v>1544</v>
       </c>
       <c r="B492" t="s">
-        <v>1476</v>
+        <v>1540</v>
       </c>
       <c r="C492" t="s">
-        <v>1549</v>
+        <v>211</v>
       </c>
       <c r="D492" t="s">
-        <v>49</v>
+        <v>147</v>
       </c>
       <c r="E492" t="s">
-        <v>50</v>
+        <v>148</v>
       </c>
       <c r="F492" s="1" t="s">
-        <v>1550</v>
+        <v>1545</v>
       </c>
       <c r="G492" t="s">
-        <v>1551</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="493" spans="1:7">
       <c r="A493" t="s">
-        <v>1552</v>
+        <v>1547</v>
       </c>
       <c r="B493" t="s">
-        <v>1476</v>
+        <v>1540</v>
       </c>
       <c r="C493" t="s">
-        <v>15</v>
+        <v>214</v>
       </c>
       <c r="D493" t="s">
-        <v>10</v>
+        <v>147</v>
       </c>
       <c r="E493" t="s">
-        <v>11</v>
+        <v>148</v>
       </c>
       <c r="F493" s="1" t="s">
-        <v>1553</v>
+        <v>1548</v>
       </c>
       <c r="G493" t="s">
-        <v>1554</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="494" spans="1:7">
       <c r="A494" t="s">
-        <v>1555</v>
+        <v>1550</v>
       </c>
       <c r="B494" t="s">
-        <v>1476</v>
+        <v>1540</v>
       </c>
       <c r="C494" t="s">
-        <v>19</v>
+        <v>45</v>
       </c>
       <c r="D494" t="s">
         <v>10</v>
       </c>
       <c r="E494" t="s">
         <v>11</v>
       </c>
       <c r="F494" s="1" t="s">
-        <v>1556</v>
+        <v>1551</v>
       </c>
       <c r="G494" t="s">
-        <v>1557</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="495" spans="1:7">
       <c r="A495" t="s">
-        <v>1558</v>
+        <v>1074</v>
       </c>
       <c r="B495" t="s">
-        <v>1476</v>
+        <v>1540</v>
       </c>
       <c r="C495" t="s">
-        <v>23</v>
+        <v>1553</v>
       </c>
       <c r="D495" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E495" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F495" s="1" t="s">
-        <v>1559</v>
+        <v>1554</v>
       </c>
       <c r="G495" t="s">
-        <v>1560</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="496" spans="1:7">
       <c r="A496" t="s">
-        <v>1122</v>
+        <v>1078</v>
       </c>
       <c r="B496" t="s">
-        <v>1561</v>
+        <v>1540</v>
       </c>
       <c r="C496" t="s">
-        <v>1562</v>
+        <v>1556</v>
       </c>
       <c r="D496" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E496" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F496" s="1" t="s">
-        <v>1563</v>
+        <v>1557</v>
       </c>
       <c r="G496" t="s">
-        <v>1564</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="497" spans="1:7">
       <c r="A497" t="s">
-        <v>1125</v>
+        <v>1559</v>
       </c>
       <c r="B497" t="s">
+        <v>1540</v>
+      </c>
+      <c r="C497" t="s">
+        <v>189</v>
+      </c>
+      <c r="D497" t="s">
+        <v>192</v>
+      </c>
+      <c r="E497" t="s">
+        <v>193</v>
+      </c>
+      <c r="F497" s="1" t="s">
+        <v>1560</v>
+      </c>
+      <c r="G497" t="s">
         <v>1561</v>
-      </c>
-[...13 lines deleted...]
-        <v>1567</v>
       </c>
     </row>
     <row r="498" spans="1:7">
       <c r="A498" t="s">
-        <v>1128</v>
+        <v>1082</v>
       </c>
       <c r="B498" t="s">
-        <v>1561</v>
+        <v>1540</v>
       </c>
       <c r="C498" t="s">
-        <v>1568</v>
+        <v>1562</v>
       </c>
       <c r="D498" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E498" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F498" s="1" t="s">
-        <v>1569</v>
+        <v>1563</v>
       </c>
       <c r="G498" t="s">
-        <v>1570</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="499" spans="1:7">
       <c r="A499" t="s">
-        <v>1131</v>
+        <v>1565</v>
       </c>
       <c r="B499" t="s">
-        <v>1561</v>
+        <v>1540</v>
       </c>
       <c r="C499" t="s">
-        <v>1571</v>
+        <v>1566</v>
       </c>
       <c r="D499" t="s">
-        <v>49</v>
+        <v>291</v>
       </c>
       <c r="E499" t="s">
-        <v>50</v>
+        <v>292</v>
       </c>
       <c r="F499" s="1" t="s">
-        <v>1572</v>
+        <v>1567</v>
       </c>
       <c r="G499" t="s">
-        <v>1567</v>
+        <v>294</v>
       </c>
     </row>
     <row r="500" spans="1:7">
       <c r="A500" t="s">
-        <v>1137</v>
+        <v>1112</v>
       </c>
       <c r="B500" t="s">
-        <v>1561</v>
+        <v>1540</v>
       </c>
       <c r="C500" t="s">
-        <v>1573</v>
+        <v>1568</v>
       </c>
       <c r="D500" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E500" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F500" s="1" t="s">
-        <v>1574</v>
+        <v>1569</v>
       </c>
       <c r="G500" t="s">
-        <v>1575</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="501" spans="1:7">
       <c r="A501" t="s">
-        <v>1145</v>
+        <v>1115</v>
       </c>
       <c r="B501" t="s">
-        <v>1561</v>
+        <v>1540</v>
       </c>
       <c r="C501" t="s">
-        <v>1576</v>
+        <v>1571</v>
       </c>
       <c r="D501" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E501" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F501" s="1" t="s">
-        <v>1577</v>
+        <v>1572</v>
       </c>
       <c r="G501" t="s">
-        <v>1578</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="502" spans="1:7">
       <c r="A502" t="s">
-        <v>1155</v>
+        <v>1118</v>
       </c>
       <c r="B502" t="s">
-        <v>1561</v>
+        <v>1540</v>
       </c>
       <c r="C502" t="s">
-        <v>1579</v>
+        <v>1574</v>
       </c>
       <c r="D502" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E502" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F502" s="1" t="s">
-        <v>1580</v>
+        <v>1575</v>
       </c>
       <c r="G502" t="s">
-        <v>1581</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="503" spans="1:7">
       <c r="A503" t="s">
-        <v>1158</v>
+        <v>1137</v>
       </c>
       <c r="B503" t="s">
-        <v>1561</v>
+        <v>1540</v>
       </c>
       <c r="C503" t="s">
-        <v>1582</v>
+        <v>1577</v>
       </c>
       <c r="D503" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E503" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F503" s="1" t="s">
-        <v>1583</v>
+        <v>1578</v>
       </c>
       <c r="G503" t="s">
-        <v>1584</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="504" spans="1:7">
       <c r="A504" t="s">
-        <v>1161</v>
+        <v>1580</v>
       </c>
       <c r="B504" t="s">
-        <v>1561</v>
+        <v>1540</v>
       </c>
       <c r="C504" t="s">
-        <v>1585</v>
+        <v>49</v>
       </c>
       <c r="D504" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E504" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F504" s="1" t="s">
-        <v>1586</v>
+        <v>1581</v>
       </c>
       <c r="G504" t="s">
-        <v>1587</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="505" spans="1:7">
       <c r="A505" t="s">
-        <v>1164</v>
+        <v>1140</v>
       </c>
       <c r="B505" t="s">
-        <v>1561</v>
+        <v>1540</v>
       </c>
       <c r="C505" t="s">
-        <v>1588</v>
+        <v>1583</v>
       </c>
       <c r="D505" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E505" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F505" s="1" t="s">
-        <v>1589</v>
+        <v>1584</v>
       </c>
       <c r="G505" t="s">
-        <v>1590</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="506" spans="1:7">
       <c r="A506" t="s">
-        <v>1591</v>
+        <v>1143</v>
       </c>
       <c r="B506" t="s">
-        <v>1561</v>
+        <v>1540</v>
       </c>
       <c r="C506" t="s">
-        <v>106</v>
+        <v>1586</v>
       </c>
       <c r="D506" t="s">
-        <v>101</v>
+        <v>28</v>
       </c>
       <c r="E506" t="s">
-        <v>102</v>
+        <v>29</v>
       </c>
       <c r="F506" s="1" t="s">
-        <v>1592</v>
+        <v>1587</v>
       </c>
       <c r="G506" t="s">
-        <v>1593</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="507" spans="1:7">
       <c r="A507" t="s">
-        <v>1594</v>
+        <v>1151</v>
       </c>
       <c r="B507" t="s">
-        <v>1561</v>
+        <v>1540</v>
       </c>
       <c r="C507" t="s">
-        <v>182</v>
+        <v>1589</v>
       </c>
       <c r="D507" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E507" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F507" s="1" t="s">
-        <v>1595</v>
+        <v>1590</v>
       </c>
       <c r="G507" t="s">
-        <v>1596</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="508" spans="1:7">
       <c r="A508" t="s">
-        <v>1597</v>
+        <v>1154</v>
       </c>
       <c r="B508" t="s">
-        <v>1561</v>
+        <v>1540</v>
       </c>
       <c r="C508" t="s">
-        <v>186</v>
+        <v>1592</v>
       </c>
       <c r="D508" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E508" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F508" s="1" t="s">
-        <v>1598</v>
+        <v>1593</v>
       </c>
       <c r="G508" t="s">
-        <v>1557</v>
+        <v>1594</v>
       </c>
     </row>
     <row r="509" spans="1:7">
       <c r="A509" t="s">
-        <v>1166</v>
+        <v>1157</v>
       </c>
       <c r="B509" t="s">
-        <v>1561</v>
+        <v>1540</v>
       </c>
       <c r="C509" t="s">
-        <v>1599</v>
+        <v>1595</v>
       </c>
       <c r="D509" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E509" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F509" s="1" t="s">
-        <v>1600</v>
+        <v>1596</v>
       </c>
       <c r="G509" t="s">
-        <v>1601</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="510" spans="1:7">
       <c r="A510" t="s">
-        <v>1169</v>
+        <v>1598</v>
       </c>
       <c r="B510" t="s">
-        <v>1561</v>
+        <v>1540</v>
       </c>
       <c r="C510" t="s">
-        <v>1602</v>
+        <v>52</v>
       </c>
       <c r="D510" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E510" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F510" s="1" t="s">
-        <v>1603</v>
+        <v>1599</v>
       </c>
       <c r="G510" t="s">
-        <v>1570</v>
+        <v>69</v>
       </c>
     </row>
     <row r="511" spans="1:7">
       <c r="A511" t="s">
-        <v>1196</v>
+        <v>1160</v>
       </c>
       <c r="B511" t="s">
-        <v>1561</v>
+        <v>1540</v>
       </c>
       <c r="C511" t="s">
-        <v>1604</v>
+        <v>1600</v>
       </c>
       <c r="D511" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E511" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F511" s="1" t="s">
-        <v>1605</v>
+        <v>1601</v>
       </c>
       <c r="G511" t="s">
-        <v>1567</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="512" spans="1:7">
       <c r="A512" t="s">
-        <v>1199</v>
+        <v>1163</v>
       </c>
       <c r="B512" t="s">
-        <v>1561</v>
+        <v>1540</v>
       </c>
       <c r="C512" t="s">
-        <v>1606</v>
+        <v>1603</v>
       </c>
       <c r="D512" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E512" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F512" s="1" t="s">
-        <v>1607</v>
+        <v>1604</v>
       </c>
       <c r="G512" t="s">
-        <v>1608</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="513" spans="1:7">
       <c r="A513" t="s">
-        <v>1202</v>
+        <v>1606</v>
       </c>
       <c r="B513" t="s">
-        <v>1561</v>
+        <v>1540</v>
       </c>
       <c r="C513" t="s">
-        <v>1609</v>
+        <v>55</v>
       </c>
       <c r="D513" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E513" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F513" s="1" t="s">
-        <v>1610</v>
+        <v>1607</v>
       </c>
       <c r="G513" t="s">
-        <v>1611</v>
+        <v>57</v>
       </c>
     </row>
     <row r="514" spans="1:7">
       <c r="A514" t="s">
-        <v>1205</v>
+        <v>1608</v>
       </c>
       <c r="B514" t="s">
-        <v>1561</v>
+        <v>1540</v>
       </c>
       <c r="C514" t="s">
-        <v>1612</v>
+        <v>59</v>
       </c>
       <c r="D514" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E514" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F514" s="1" t="s">
-        <v>1613</v>
+        <v>1609</v>
       </c>
       <c r="G514" t="s">
-        <v>1614</v>
+        <v>69</v>
       </c>
     </row>
     <row r="515" spans="1:7">
       <c r="A515" t="s">
-        <v>1208</v>
+        <v>1179</v>
       </c>
       <c r="B515" t="s">
-        <v>1561</v>
+        <v>1540</v>
       </c>
       <c r="C515" t="s">
-        <v>1615</v>
+        <v>1610</v>
       </c>
       <c r="D515" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E515" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F515" s="1" t="s">
-        <v>1616</v>
+        <v>1611</v>
       </c>
       <c r="G515" t="s">
-        <v>1617</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="516" spans="1:7">
       <c r="A516" t="s">
-        <v>1212</v>
+        <v>1182</v>
       </c>
       <c r="B516" t="s">
-        <v>1561</v>
+        <v>1540</v>
       </c>
       <c r="C516" t="s">
-        <v>1618</v>
+        <v>1613</v>
       </c>
       <c r="D516" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E516" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F516" s="1" t="s">
-        <v>1619</v>
+        <v>1614</v>
       </c>
       <c r="G516" t="s">
-        <v>1620</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="517" spans="1:7">
       <c r="A517" t="s">
-        <v>1215</v>
+        <v>1616</v>
       </c>
       <c r="B517" t="s">
-        <v>1561</v>
+        <v>1540</v>
       </c>
       <c r="C517" t="s">
-        <v>1621</v>
+        <v>63</v>
       </c>
       <c r="D517" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E517" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F517" s="1" t="s">
-        <v>1622</v>
+        <v>1617</v>
       </c>
       <c r="G517" t="s">
-        <v>1564</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="518" spans="1:7">
       <c r="A518" t="s">
-        <v>1223</v>
+        <v>1619</v>
       </c>
       <c r="B518" t="s">
-        <v>1561</v>
+        <v>1540</v>
       </c>
       <c r="C518" t="s">
-        <v>1623</v>
+        <v>67</v>
       </c>
       <c r="D518" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E518" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F518" s="1" t="s">
-        <v>1624</v>
+        <v>1620</v>
       </c>
       <c r="G518" t="s">
-        <v>1567</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="519" spans="1:7">
       <c r="A519" t="s">
-        <v>1226</v>
+        <v>1622</v>
       </c>
       <c r="B519" t="s">
-        <v>1561</v>
+        <v>1540</v>
       </c>
       <c r="C519" t="s">
-        <v>1625</v>
+        <v>71</v>
       </c>
       <c r="D519" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E519" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F519" s="1" t="s">
-        <v>1626</v>
+        <v>1623</v>
       </c>
       <c r="G519" t="s">
-        <v>1627</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="520" spans="1:7">
       <c r="A520" t="s">
-        <v>1229</v>
+        <v>1191</v>
       </c>
       <c r="B520" t="s">
-        <v>1561</v>
+        <v>1625</v>
       </c>
       <c r="C520" t="s">
+        <v>1626</v>
+      </c>
+      <c r="D520" t="s">
+        <v>28</v>
+      </c>
+      <c r="E520" t="s">
+        <v>29</v>
+      </c>
+      <c r="F520" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="G520" t="s">
         <v>1628</v>
-      </c>
-[...10 lines deleted...]
-        <v>1630</v>
       </c>
     </row>
     <row r="521" spans="1:7">
       <c r="A521" t="s">
-        <v>1239</v>
+        <v>1194</v>
       </c>
       <c r="B521" t="s">
-        <v>1561</v>
+        <v>1625</v>
       </c>
       <c r="C521" t="s">
+        <v>1629</v>
+      </c>
+      <c r="D521" t="s">
+        <v>28</v>
+      </c>
+      <c r="E521" t="s">
+        <v>29</v>
+      </c>
+      <c r="F521" s="1" t="s">
+        <v>1630</v>
+      </c>
+      <c r="G521" t="s">
         <v>1631</v>
-      </c>
-[...10 lines deleted...]
-        <v>1630</v>
       </c>
     </row>
     <row r="522" spans="1:7">
       <c r="A522" t="s">
-        <v>1242</v>
+        <v>1197</v>
       </c>
       <c r="B522" t="s">
-        <v>1561</v>
+        <v>1625</v>
       </c>
       <c r="C522" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D522" t="s">
+        <v>28</v>
+      </c>
+      <c r="E522" t="s">
+        <v>29</v>
+      </c>
+      <c r="F522" s="1" t="s">
         <v>1633</v>
       </c>
-      <c r="D522" t="s">
-[...5 lines deleted...]
-      <c r="F522" s="1" t="s">
+      <c r="G522" t="s">
         <v>1634</v>
-      </c>
-[...1 lines deleted...]
-        <v>1630</v>
       </c>
     </row>
     <row r="523" spans="1:7">
       <c r="A523" t="s">
-        <v>1245</v>
+        <v>1200</v>
       </c>
       <c r="B523" t="s">
-        <v>1561</v>
+        <v>1625</v>
       </c>
       <c r="C523" t="s">
         <v>1635</v>
       </c>
       <c r="D523" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E523" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F523" s="1" t="s">
         <v>1636</v>
       </c>
       <c r="G523" t="s">
-        <v>1637</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="524" spans="1:7">
       <c r="A524" t="s">
-        <v>1248</v>
+        <v>1206</v>
       </c>
       <c r="B524" t="s">
-        <v>1561</v>
+        <v>1625</v>
       </c>
       <c r="C524" t="s">
+        <v>1637</v>
+      </c>
+      <c r="D524" t="s">
+        <v>28</v>
+      </c>
+      <c r="E524" t="s">
+        <v>29</v>
+      </c>
+      <c r="F524" s="1" t="s">
         <v>1638</v>
       </c>
-      <c r="D524" t="s">
-[...5 lines deleted...]
-      <c r="F524" s="1" t="s">
+      <c r="G524" t="s">
         <v>1639</v>
-      </c>
-[...1 lines deleted...]
-        <v>1564</v>
       </c>
     </row>
     <row r="525" spans="1:7">
       <c r="A525" t="s">
+        <v>1212</v>
+      </c>
+      <c r="B525" t="s">
+        <v>1625</v>
+      </c>
+      <c r="C525" t="s">
         <v>1640</v>
       </c>
-      <c r="B525" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D525" t="s">
-        <v>101</v>
+        <v>28</v>
       </c>
       <c r="E525" t="s">
-        <v>102</v>
+        <v>29</v>
       </c>
       <c r="F525" s="1" t="s">
         <v>1641</v>
       </c>
       <c r="G525" t="s">
         <v>1642</v>
       </c>
     </row>
     <row r="526" spans="1:7">
       <c r="A526" t="s">
+        <v>1221</v>
+      </c>
+      <c r="B526" t="s">
+        <v>1625</v>
+      </c>
+      <c r="C526" t="s">
         <v>1643</v>
       </c>
-      <c r="B526" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D526" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E526" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F526" s="1" t="s">
         <v>1644</v>
       </c>
       <c r="G526" t="s">
-        <v>158</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="527" spans="1:7">
       <c r="A527" t="s">
-        <v>476</v>
+        <v>1224</v>
       </c>
       <c r="B527" t="s">
-        <v>1561</v>
+        <v>1625</v>
       </c>
       <c r="C527" t="s">
-        <v>1645</v>
+        <v>1646</v>
       </c>
       <c r="D527" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E527" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F527" s="1" t="s">
-        <v>1646</v>
+        <v>1647</v>
       </c>
       <c r="G527" t="s">
-        <v>1647</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="528" spans="1:7">
       <c r="A528" t="s">
-        <v>1271</v>
+        <v>1227</v>
       </c>
       <c r="B528" t="s">
-        <v>1561</v>
+        <v>1625</v>
       </c>
       <c r="C528" t="s">
-        <v>1648</v>
+        <v>1649</v>
       </c>
       <c r="D528" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E528" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F528" s="1" t="s">
-        <v>1649</v>
+        <v>1650</v>
       </c>
       <c r="G528" t="s">
-        <v>1650</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="529" spans="1:7">
       <c r="A529" t="s">
-        <v>1283</v>
+        <v>1230</v>
       </c>
       <c r="B529" t="s">
-        <v>1561</v>
+        <v>1625</v>
       </c>
       <c r="C529" t="s">
-        <v>1651</v>
+        <v>1652</v>
       </c>
       <c r="D529" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E529" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F529" s="1" t="s">
-        <v>1652</v>
+        <v>1653</v>
       </c>
       <c r="G529" t="s">
-        <v>1527</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="530" spans="1:7">
       <c r="A530" t="s">
-        <v>1286</v>
+        <v>1655</v>
       </c>
       <c r="B530" t="s">
-        <v>1561</v>
+        <v>1625</v>
       </c>
       <c r="C530" t="s">
-        <v>1653</v>
+        <v>197</v>
       </c>
       <c r="D530" t="s">
-        <v>49</v>
+        <v>192</v>
       </c>
       <c r="E530" t="s">
-        <v>50</v>
+        <v>193</v>
       </c>
       <c r="F530" s="1" t="s">
-        <v>1654</v>
+        <v>1656</v>
       </c>
       <c r="G530" t="s">
-        <v>1521</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="531" spans="1:7">
       <c r="A531" t="s">
-        <v>1389</v>
+        <v>1658</v>
       </c>
       <c r="B531" t="s">
-        <v>1561</v>
+        <v>1625</v>
       </c>
       <c r="C531" t="s">
-        <v>1655</v>
+        <v>52</v>
       </c>
       <c r="D531" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E531" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F531" s="1" t="s">
-        <v>1656</v>
+        <v>1659</v>
       </c>
       <c r="G531" t="s">
-        <v>1657</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="532" spans="1:7">
       <c r="A532" t="s">
-        <v>1658</v>
+        <v>1661</v>
       </c>
       <c r="B532" t="s">
-        <v>1561</v>
+        <v>1625</v>
       </c>
       <c r="C532" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
       <c r="D532" t="s">
         <v>10</v>
       </c>
       <c r="E532" t="s">
         <v>11</v>
       </c>
       <c r="F532" s="1" t="s">
-        <v>1659</v>
+        <v>1662</v>
       </c>
       <c r="G532" t="s">
-        <v>1660</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="533" spans="1:7">
       <c r="A533" t="s">
-        <v>1392</v>
+        <v>1232</v>
       </c>
       <c r="B533" t="s">
-        <v>1561</v>
+        <v>1625</v>
       </c>
       <c r="C533" t="s">
-        <v>1661</v>
+        <v>1663</v>
       </c>
       <c r="D533" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E533" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F533" s="1" t="s">
-        <v>1662</v>
+        <v>1664</v>
       </c>
       <c r="G533" t="s">
-        <v>1538</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="534" spans="1:7">
       <c r="A534" t="s">
-        <v>1663</v>
+        <v>1234</v>
       </c>
       <c r="B534" t="s">
-        <v>1561</v>
+        <v>1625</v>
       </c>
       <c r="C534" t="s">
-        <v>19</v>
+        <v>1666</v>
       </c>
       <c r="D534" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E534" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F534" s="1" t="s">
-        <v>1664</v>
+        <v>1667</v>
       </c>
       <c r="G534" t="s">
-        <v>941</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="535" spans="1:7">
       <c r="A535" t="s">
-        <v>1665</v>
+        <v>1261</v>
       </c>
       <c r="B535" t="s">
-        <v>1561</v>
+        <v>1625</v>
       </c>
       <c r="C535" t="s">
-        <v>23</v>
+        <v>1668</v>
       </c>
       <c r="D535" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E535" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F535" s="1" t="s">
-        <v>1666</v>
+        <v>1669</v>
       </c>
       <c r="G535" t="s">
-        <v>1667</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="536" spans="1:7">
       <c r="A536" t="s">
-        <v>1395</v>
+        <v>1264</v>
       </c>
       <c r="B536" t="s">
-        <v>1561</v>
+        <v>1625</v>
       </c>
       <c r="C536" t="s">
-        <v>1668</v>
+        <v>1670</v>
       </c>
       <c r="D536" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E536" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F536" s="1" t="s">
-        <v>1669</v>
+        <v>1671</v>
       </c>
       <c r="G536" t="s">
-        <v>1670</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="537" spans="1:7">
       <c r="A537" t="s">
-        <v>1671</v>
+        <v>1267</v>
       </c>
       <c r="B537" t="s">
-        <v>1561</v>
+        <v>1625</v>
       </c>
       <c r="C537" t="s">
-        <v>1672</v>
+        <v>1673</v>
       </c>
       <c r="D537" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E537" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F537" s="1" t="s">
-        <v>1673</v>
+        <v>1674</v>
       </c>
       <c r="G537" t="s">
-        <v>1674</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="538" spans="1:7">
       <c r="A538" t="s">
-        <v>1582</v>
+        <v>1270</v>
       </c>
       <c r="B538" t="s">
-        <v>1675</v>
+        <v>1625</v>
       </c>
       <c r="C538" t="s">
-        <v>120</v>
+        <v>1676</v>
       </c>
       <c r="D538" t="s">
-        <v>101</v>
+        <v>28</v>
       </c>
       <c r="E538" t="s">
-        <v>102</v>
+        <v>29</v>
       </c>
       <c r="F538" s="1" t="s">
-        <v>1676</v>
+        <v>1677</v>
       </c>
       <c r="G538" t="s">
-        <v>1677</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="539" spans="1:7">
       <c r="A539" t="s">
-        <v>1401</v>
+        <v>1273</v>
       </c>
       <c r="B539" t="s">
-        <v>1675</v>
+        <v>1625</v>
       </c>
       <c r="C539" t="s">
-        <v>1678</v>
+        <v>1679</v>
       </c>
       <c r="D539" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E539" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F539" s="1" t="s">
-        <v>1679</v>
+        <v>1680</v>
       </c>
       <c r="G539" t="s">
-        <v>1680</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="540" spans="1:7">
       <c r="A540" t="s">
-        <v>1404</v>
+        <v>1276</v>
       </c>
       <c r="B540" t="s">
-        <v>1675</v>
+        <v>1625</v>
       </c>
       <c r="C540" t="s">
-        <v>1681</v>
+        <v>1682</v>
       </c>
       <c r="D540" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E540" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F540" s="1" t="s">
-        <v>1682</v>
+        <v>1683</v>
       </c>
       <c r="G540" t="s">
-        <v>1683</v>
+        <v>1684</v>
       </c>
     </row>
     <row r="541" spans="1:7">
       <c r="A541" t="s">
-        <v>1684</v>
+        <v>1279</v>
       </c>
       <c r="B541" t="s">
-        <v>1675</v>
+        <v>1625</v>
       </c>
       <c r="C541" t="s">
         <v>1685</v>
       </c>
       <c r="D541" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E541" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F541" s="1" t="s">
         <v>1686</v>
       </c>
       <c r="G541" t="s">
-        <v>1687</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="542" spans="1:7">
       <c r="A542" t="s">
-        <v>1407</v>
+        <v>1287</v>
       </c>
       <c r="B542" t="s">
-        <v>1675</v>
+        <v>1625</v>
       </c>
       <c r="C542" t="s">
+        <v>1687</v>
+      </c>
+      <c r="D542" t="s">
+        <v>28</v>
+      </c>
+      <c r="E542" t="s">
+        <v>29</v>
+      </c>
+      <c r="F542" s="1" t="s">
         <v>1688</v>
       </c>
-      <c r="D542" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G542" t="s">
-        <v>1690</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="543" spans="1:7">
       <c r="A543" t="s">
-        <v>1410</v>
+        <v>1290</v>
       </c>
       <c r="B543" t="s">
-        <v>1675</v>
+        <v>1625</v>
       </c>
       <c r="C543" t="s">
+        <v>1689</v>
+      </c>
+      <c r="D543" t="s">
+        <v>28</v>
+      </c>
+      <c r="E543" t="s">
+        <v>29</v>
+      </c>
+      <c r="F543" s="1" t="s">
+        <v>1690</v>
+      </c>
+      <c r="G543" t="s">
         <v>1691</v>
-      </c>
-[...10 lines deleted...]
-        <v>1693</v>
       </c>
     </row>
     <row r="544" spans="1:7">
       <c r="A544" t="s">
+        <v>1293</v>
+      </c>
+      <c r="B544" t="s">
+        <v>1625</v>
+      </c>
+      <c r="C544" t="s">
+        <v>1692</v>
+      </c>
+      <c r="D544" t="s">
+        <v>28</v>
+      </c>
+      <c r="E544" t="s">
+        <v>29</v>
+      </c>
+      <c r="F544" s="1" t="s">
+        <v>1693</v>
+      </c>
+      <c r="G544" t="s">
         <v>1694</v>
-      </c>
-[...16 lines deleted...]
-        <v>1697</v>
       </c>
     </row>
     <row r="545" spans="1:7">
       <c r="A545" t="s">
-        <v>1698</v>
+        <v>1303</v>
       </c>
       <c r="B545" t="s">
-        <v>1675</v>
+        <v>1625</v>
       </c>
       <c r="C545" t="s">
-        <v>1699</v>
+        <v>1695</v>
       </c>
       <c r="D545" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E545" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F545" s="1" t="s">
-        <v>1700</v>
+        <v>1696</v>
       </c>
       <c r="G545" t="s">
-        <v>1701</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="546" spans="1:7">
       <c r="A546" t="s">
-        <v>1702</v>
+        <v>1306</v>
       </c>
       <c r="B546" t="s">
-        <v>1675</v>
+        <v>1625</v>
       </c>
       <c r="C546" t="s">
-        <v>1703</v>
+        <v>1697</v>
       </c>
       <c r="D546" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E546" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F546" s="1" t="s">
-        <v>1704</v>
+        <v>1698</v>
       </c>
       <c r="G546" t="s">
-        <v>1705</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="547" spans="1:7">
       <c r="A547" t="s">
-        <v>1706</v>
+        <v>1309</v>
       </c>
       <c r="B547" t="s">
-        <v>1675</v>
+        <v>1625</v>
       </c>
       <c r="C547" t="s">
-        <v>1707</v>
+        <v>1699</v>
       </c>
       <c r="D547" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E547" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F547" s="1" t="s">
-        <v>1708</v>
+        <v>1700</v>
       </c>
       <c r="G547" t="s">
-        <v>1709</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="548" spans="1:7">
       <c r="A548" t="s">
-        <v>1710</v>
+        <v>1312</v>
       </c>
       <c r="B548" t="s">
-        <v>1675</v>
+        <v>1625</v>
       </c>
       <c r="C548" t="s">
-        <v>1711</v>
+        <v>1702</v>
       </c>
       <c r="D548" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E548" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F548" s="1" t="s">
-        <v>1712</v>
+        <v>1703</v>
       </c>
       <c r="G548" t="s">
-        <v>1713</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="549" spans="1:7">
       <c r="A549" t="s">
-        <v>1714</v>
+        <v>1704</v>
       </c>
       <c r="B549" t="s">
-        <v>1675</v>
+        <v>1625</v>
       </c>
       <c r="C549" t="s">
-        <v>182</v>
+        <v>205</v>
       </c>
       <c r="D549" t="s">
-        <v>10</v>
+        <v>192</v>
       </c>
       <c r="E549" t="s">
-        <v>11</v>
+        <v>193</v>
       </c>
       <c r="F549" s="1" t="s">
-        <v>1715</v>
+        <v>1705</v>
       </c>
       <c r="G549" t="s">
-        <v>1423</v>
+        <v>1706</v>
       </c>
     </row>
     <row r="550" spans="1:7">
       <c r="A550" t="s">
-        <v>1716</v>
+        <v>1707</v>
       </c>
       <c r="B550" t="s">
-        <v>1675</v>
+        <v>1625</v>
       </c>
       <c r="C550" t="s">
-        <v>291</v>
+        <v>59</v>
       </c>
       <c r="D550" t="s">
-        <v>211</v>
+        <v>10</v>
       </c>
       <c r="E550" t="s">
-        <v>212</v>
+        <v>11</v>
       </c>
       <c r="F550" s="1" t="s">
-        <v>1717</v>
+        <v>1708</v>
       </c>
       <c r="G550" t="s">
-        <v>1718</v>
+        <v>57</v>
       </c>
     </row>
     <row r="551" spans="1:7">
       <c r="A551" t="s">
-        <v>1424</v>
+        <v>555</v>
       </c>
       <c r="B551" t="s">
-        <v>1675</v>
+        <v>1625</v>
       </c>
       <c r="C551" t="s">
-        <v>1719</v>
+        <v>1709</v>
       </c>
       <c r="D551" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E551" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F551" s="1" t="s">
-        <v>1720</v>
+        <v>1710</v>
       </c>
       <c r="G551" t="s">
-        <v>1721</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="552" spans="1:7">
       <c r="A552" t="s">
-        <v>1427</v>
+        <v>1335</v>
       </c>
       <c r="B552" t="s">
-        <v>1675</v>
+        <v>1625</v>
       </c>
       <c r="C552" t="s">
-        <v>1722</v>
+        <v>1712</v>
       </c>
       <c r="D552" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E552" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F552" s="1" t="s">
-        <v>1723</v>
+        <v>1713</v>
       </c>
       <c r="G552" t="s">
-        <v>1724</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="553" spans="1:7">
       <c r="A553" t="s">
-        <v>1430</v>
+        <v>1347</v>
       </c>
       <c r="B553" t="s">
-        <v>1675</v>
+        <v>1625</v>
       </c>
       <c r="C553" t="s">
-        <v>1725</v>
+        <v>1715</v>
       </c>
       <c r="D553" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E553" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F553" s="1" t="s">
-        <v>1726</v>
+        <v>1716</v>
       </c>
       <c r="G553" t="s">
-        <v>1727</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="554" spans="1:7">
       <c r="A554" t="s">
-        <v>1433</v>
+        <v>1350</v>
       </c>
       <c r="B554" t="s">
-        <v>1675</v>
+        <v>1625</v>
       </c>
       <c r="C554" t="s">
-        <v>1728</v>
+        <v>1717</v>
       </c>
       <c r="D554" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E554" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F554" s="1" t="s">
-        <v>1729</v>
+        <v>1718</v>
       </c>
       <c r="G554" t="s">
-        <v>1730</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="555" spans="1:7">
       <c r="A555" t="s">
-        <v>1436</v>
+        <v>1453</v>
       </c>
       <c r="B555" t="s">
-        <v>1675</v>
+        <v>1625</v>
       </c>
       <c r="C555" t="s">
-        <v>1731</v>
+        <v>1719</v>
       </c>
       <c r="D555" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E555" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F555" s="1" t="s">
-        <v>1732</v>
+        <v>1720</v>
       </c>
       <c r="G555" t="s">
-        <v>1733</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="556" spans="1:7">
       <c r="A556" t="s">
-        <v>1439</v>
+        <v>1722</v>
       </c>
       <c r="B556" t="s">
-        <v>1675</v>
+        <v>1625</v>
       </c>
       <c r="C556" t="s">
-        <v>1734</v>
+        <v>63</v>
       </c>
       <c r="D556" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E556" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F556" s="1" t="s">
-        <v>1735</v>
+        <v>1723</v>
       </c>
       <c r="G556" t="s">
-        <v>1736</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="557" spans="1:7">
       <c r="A557" t="s">
-        <v>1441</v>
+        <v>1456</v>
       </c>
       <c r="B557" t="s">
-        <v>1675</v>
+        <v>1625</v>
       </c>
       <c r="C557" t="s">
-        <v>1737</v>
+        <v>1725</v>
       </c>
       <c r="D557" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E557" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F557" s="1" t="s">
-        <v>1738</v>
+        <v>1726</v>
       </c>
       <c r="G557" t="s">
-        <v>1739</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="558" spans="1:7">
       <c r="A558" t="s">
-        <v>1446</v>
+        <v>1727</v>
       </c>
       <c r="B558" t="s">
-        <v>1675</v>
+        <v>1625</v>
       </c>
       <c r="C558" t="s">
-        <v>1740</v>
+        <v>67</v>
       </c>
       <c r="D558" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E558" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F558" s="1" t="s">
-        <v>1741</v>
+        <v>1728</v>
       </c>
       <c r="G558" t="s">
-        <v>1742</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="559" spans="1:7">
       <c r="A559" t="s">
-        <v>1452</v>
+        <v>1729</v>
       </c>
       <c r="B559" t="s">
-        <v>1675</v>
+        <v>1625</v>
       </c>
       <c r="C559" t="s">
-        <v>1743</v>
+        <v>71</v>
       </c>
       <c r="D559" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E559" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F559" s="1" t="s">
-        <v>1744</v>
+        <v>1730</v>
       </c>
       <c r="G559" t="s">
-        <v>1745</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="560" spans="1:7">
       <c r="A560" t="s">
-        <v>1746</v>
+        <v>1459</v>
       </c>
       <c r="B560" t="s">
-        <v>1675</v>
+        <v>1625</v>
       </c>
       <c r="C560" t="s">
-        <v>186</v>
+        <v>1732</v>
       </c>
       <c r="D560" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E560" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F560" s="1" t="s">
-        <v>1747</v>
+        <v>1733</v>
       </c>
       <c r="G560" t="s">
-        <v>1423</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="561" spans="1:7">
       <c r="A561" t="s">
-        <v>1748</v>
+        <v>1735</v>
       </c>
       <c r="B561" t="s">
-        <v>1675</v>
+        <v>1625</v>
       </c>
       <c r="C561" t="s">
-        <v>127</v>
+        <v>1736</v>
       </c>
       <c r="D561" t="s">
-        <v>58</v>
+        <v>28</v>
       </c>
       <c r="E561" t="s">
-        <v>59</v>
+        <v>29</v>
       </c>
       <c r="F561" s="1" t="s">
-        <v>1749</v>
+        <v>1737</v>
       </c>
       <c r="G561" t="s">
-        <v>1750</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="562" spans="1:7">
       <c r="A562" t="s">
-        <v>1455</v>
+        <v>1646</v>
       </c>
       <c r="B562" t="s">
-        <v>1675</v>
+        <v>1739</v>
       </c>
       <c r="C562" t="s">
-        <v>1751</v>
+        <v>211</v>
       </c>
       <c r="D562" t="s">
-        <v>49</v>
+        <v>192</v>
       </c>
       <c r="E562" t="s">
-        <v>50</v>
+        <v>193</v>
       </c>
       <c r="F562" s="1" t="s">
-        <v>1752</v>
+        <v>1740</v>
       </c>
       <c r="G562" t="s">
-        <v>1753</v>
+        <v>1741</v>
       </c>
     </row>
     <row r="563" spans="1:7">
       <c r="A563" t="s">
-        <v>1477</v>
+        <v>1465</v>
       </c>
       <c r="B563" t="s">
-        <v>1675</v>
+        <v>1739</v>
       </c>
       <c r="C563" t="s">
-        <v>1754</v>
+        <v>1742</v>
       </c>
       <c r="D563" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E563" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F563" s="1" t="s">
-        <v>1755</v>
+        <v>1743</v>
       </c>
       <c r="G563" t="s">
-        <v>1756</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="564" spans="1:7">
       <c r="A564" t="s">
-        <v>1489</v>
+        <v>1468</v>
       </c>
       <c r="B564" t="s">
-        <v>1675</v>
+        <v>1739</v>
       </c>
       <c r="C564" t="s">
-        <v>1757</v>
+        <v>1745</v>
       </c>
       <c r="D564" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E564" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F564" s="1" t="s">
-        <v>1758</v>
+        <v>1746</v>
       </c>
       <c r="G564" t="s">
-        <v>1759</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="565" spans="1:7">
       <c r="A565" t="s">
-        <v>1760</v>
+        <v>1748</v>
       </c>
       <c r="B565" t="s">
-        <v>1675</v>
+        <v>1739</v>
       </c>
       <c r="C565" t="s">
-        <v>9</v>
+        <v>1749</v>
       </c>
       <c r="D565" t="s">
-        <v>10</v>
+        <v>291</v>
       </c>
       <c r="E565" t="s">
-        <v>11</v>
+        <v>292</v>
       </c>
       <c r="F565" s="1" t="s">
-        <v>1761</v>
+        <v>1750</v>
       </c>
       <c r="G565" t="s">
-        <v>1660</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="566" spans="1:7">
       <c r="A566" t="s">
-        <v>1492</v>
+        <v>1471</v>
       </c>
       <c r="B566" t="s">
-        <v>1675</v>
+        <v>1739</v>
       </c>
       <c r="C566" t="s">
-        <v>1762</v>
+        <v>1752</v>
       </c>
       <c r="D566" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E566" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F566" s="1" t="s">
-        <v>1763</v>
+        <v>1753</v>
       </c>
       <c r="G566" t="s">
-        <v>1521</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="567" spans="1:7">
       <c r="A567" t="s">
-        <v>1498</v>
+        <v>1474</v>
       </c>
       <c r="B567" t="s">
-        <v>1675</v>
+        <v>1739</v>
       </c>
       <c r="C567" t="s">
-        <v>1764</v>
+        <v>1755</v>
       </c>
       <c r="D567" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E567" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F567" s="1" t="s">
-        <v>1765</v>
+        <v>1756</v>
       </c>
       <c r="G567" t="s">
-        <v>1657</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="568" spans="1:7">
       <c r="A568" t="s">
-        <v>1504</v>
+        <v>1758</v>
       </c>
       <c r="B568" t="s">
-        <v>1675</v>
+        <v>1739</v>
       </c>
       <c r="C568" t="s">
-        <v>1766</v>
+        <v>1759</v>
       </c>
       <c r="D568" t="s">
-        <v>49</v>
+        <v>291</v>
       </c>
       <c r="E568" t="s">
-        <v>50</v>
+        <v>292</v>
       </c>
       <c r="F568" s="1" t="s">
-        <v>1767</v>
+        <v>1760</v>
       </c>
       <c r="G568" t="s">
-        <v>1527</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="569" spans="1:7">
       <c r="A569" t="s">
-        <v>1507</v>
+        <v>1762</v>
       </c>
       <c r="B569" t="s">
-        <v>1675</v>
+        <v>1739</v>
       </c>
       <c r="C569" t="s">
-        <v>1768</v>
+        <v>1763</v>
       </c>
       <c r="D569" t="s">
-        <v>49</v>
+        <v>291</v>
       </c>
       <c r="E569" t="s">
-        <v>50</v>
+        <v>292</v>
       </c>
       <c r="F569" s="1" t="s">
-        <v>1769</v>
+        <v>1764</v>
       </c>
       <c r="G569" t="s">
-        <v>1770</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="570" spans="1:7">
       <c r="A570" t="s">
-        <v>1771</v>
+        <v>1766</v>
       </c>
       <c r="B570" t="s">
-        <v>1675</v>
+        <v>1739</v>
       </c>
       <c r="C570" t="s">
-        <v>15</v>
+        <v>1767</v>
       </c>
       <c r="D570" t="s">
-        <v>10</v>
+        <v>291</v>
       </c>
       <c r="E570" t="s">
-        <v>11</v>
+        <v>292</v>
       </c>
       <c r="F570" s="1" t="s">
-        <v>1772</v>
+        <v>1768</v>
       </c>
       <c r="G570" t="s">
-        <v>158</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="571" spans="1:7">
       <c r="A571" t="s">
+        <v>1770</v>
+      </c>
+      <c r="B571" t="s">
+        <v>1739</v>
+      </c>
+      <c r="C571" t="s">
+        <v>1771</v>
+      </c>
+      <c r="D571" t="s">
+        <v>291</v>
+      </c>
+      <c r="E571" t="s">
+        <v>292</v>
+      </c>
+      <c r="F571" s="1" t="s">
+        <v>1772</v>
+      </c>
+      <c r="G571" t="s">
         <v>1773</v>
-      </c>
-[...16 lines deleted...]
-        <v>1775</v>
       </c>
     </row>
     <row r="572" spans="1:7">
       <c r="A572" t="s">
+        <v>1774</v>
+      </c>
+      <c r="B572" t="s">
+        <v>1739</v>
+      </c>
+      <c r="C572" t="s">
+        <v>1775</v>
+      </c>
+      <c r="D572" t="s">
+        <v>291</v>
+      </c>
+      <c r="E572" t="s">
+        <v>292</v>
+      </c>
+      <c r="F572" s="1" t="s">
         <v>1776</v>
       </c>
-      <c r="B572" t="s">
-[...11 lines deleted...]
-      <c r="F572" s="1" t="s">
+      <c r="G572" t="s">
         <v>1777</v>
-      </c>
-[...1 lines deleted...]
-        <v>941</v>
       </c>
     </row>
     <row r="573" spans="1:7">
       <c r="A573" t="s">
-        <v>1612</v>
+        <v>1778</v>
       </c>
       <c r="B573" t="s">
-        <v>1778</v>
+        <v>1739</v>
       </c>
       <c r="C573" t="s">
+        <v>52</v>
+      </c>
+      <c r="D573" t="s">
+        <v>10</v>
+      </c>
+      <c r="E573" t="s">
+        <v>11</v>
+      </c>
+      <c r="F573" s="1" t="s">
         <v>1779</v>
       </c>
-      <c r="D573" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G573" t="s">
-        <v>1781</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="574" spans="1:7">
       <c r="A574" t="s">
-        <v>1615</v>
+        <v>1780</v>
       </c>
       <c r="B574" t="s">
-        <v>1778</v>
+        <v>1739</v>
       </c>
       <c r="C574" t="s">
+        <v>371</v>
+      </c>
+      <c r="D574" t="s">
+        <v>291</v>
+      </c>
+      <c r="E574" t="s">
+        <v>292</v>
+      </c>
+      <c r="F574" s="1" t="s">
+        <v>1781</v>
+      </c>
+      <c r="G574" t="s">
         <v>1782</v>
-      </c>
-[...10 lines deleted...]
-        <v>1784</v>
       </c>
     </row>
     <row r="575" spans="1:7">
       <c r="A575" t="s">
-        <v>1618</v>
+        <v>1488</v>
       </c>
       <c r="B575" t="s">
-        <v>1778</v>
+        <v>1739</v>
       </c>
       <c r="C575" t="s">
+        <v>1783</v>
+      </c>
+      <c r="D575" t="s">
+        <v>28</v>
+      </c>
+      <c r="E575" t="s">
+        <v>29</v>
+      </c>
+      <c r="F575" s="1" t="s">
+        <v>1784</v>
+      </c>
+      <c r="G575" t="s">
         <v>1785</v>
-      </c>
-[...10 lines deleted...]
-        <v>1787</v>
       </c>
     </row>
     <row r="576" spans="1:7">
       <c r="A576" t="s">
-        <v>1621</v>
+        <v>1491</v>
       </c>
       <c r="B576" t="s">
-        <v>1778</v>
+        <v>1739</v>
       </c>
       <c r="C576" t="s">
+        <v>1786</v>
+      </c>
+      <c r="D576" t="s">
+        <v>28</v>
+      </c>
+      <c r="E576" t="s">
+        <v>29</v>
+      </c>
+      <c r="F576" s="1" t="s">
+        <v>1787</v>
+      </c>
+      <c r="G576" t="s">
         <v>1788</v>
-      </c>
-[...10 lines deleted...]
-        <v>1790</v>
       </c>
     </row>
     <row r="577" spans="1:7">
       <c r="A577" t="s">
-        <v>1623</v>
+        <v>1494</v>
       </c>
       <c r="B577" t="s">
-        <v>1778</v>
+        <v>1739</v>
       </c>
       <c r="C577" t="s">
+        <v>1789</v>
+      </c>
+      <c r="D577" t="s">
+        <v>28</v>
+      </c>
+      <c r="E577" t="s">
+        <v>29</v>
+      </c>
+      <c r="F577" s="1" t="s">
+        <v>1790</v>
+      </c>
+      <c r="G577" t="s">
         <v>1791</v>
-      </c>
-[...10 lines deleted...]
-        <v>1793</v>
       </c>
     </row>
     <row r="578" spans="1:7">
       <c r="A578" t="s">
-        <v>1609</v>
+        <v>1497</v>
       </c>
       <c r="B578" t="s">
-        <v>1778</v>
+        <v>1739</v>
       </c>
       <c r="C578" t="s">
+        <v>1792</v>
+      </c>
+      <c r="D578" t="s">
+        <v>28</v>
+      </c>
+      <c r="E578" t="s">
+        <v>29</v>
+      </c>
+      <c r="F578" s="1" t="s">
+        <v>1793</v>
+      </c>
+      <c r="G578" t="s">
         <v>1794</v>
-      </c>
-[...10 lines deleted...]
-        <v>1796</v>
       </c>
     </row>
     <row r="579" spans="1:7">
       <c r="A579" t="s">
-        <v>486</v>
+        <v>1500</v>
       </c>
       <c r="B579" t="s">
-        <v>1778</v>
+        <v>1739</v>
       </c>
       <c r="C579" t="s">
+        <v>1795</v>
+      </c>
+      <c r="D579" t="s">
+        <v>28</v>
+      </c>
+      <c r="E579" t="s">
+        <v>29</v>
+      </c>
+      <c r="F579" s="1" t="s">
+        <v>1796</v>
+      </c>
+      <c r="G579" t="s">
         <v>1797</v>
-      </c>
-[...10 lines deleted...]
-        <v>1799</v>
       </c>
     </row>
     <row r="580" spans="1:7">
       <c r="A580" t="s">
+        <v>1503</v>
+      </c>
+      <c r="B580" t="s">
+        <v>1739</v>
+      </c>
+      <c r="C580" t="s">
+        <v>1798</v>
+      </c>
+      <c r="D580" t="s">
+        <v>28</v>
+      </c>
+      <c r="E580" t="s">
+        <v>29</v>
+      </c>
+      <c r="F580" s="1" t="s">
+        <v>1799</v>
+      </c>
+      <c r="G580" t="s">
         <v>1800</v>
-      </c>
-[...16 lines deleted...]
-        <v>1557</v>
       </c>
     </row>
     <row r="581" spans="1:7">
       <c r="A581" t="s">
-        <v>1625</v>
+        <v>1505</v>
       </c>
       <c r="B581" t="s">
-        <v>1778</v>
+        <v>1739</v>
       </c>
       <c r="C581" t="s">
+        <v>1801</v>
+      </c>
+      <c r="D581" t="s">
+        <v>28</v>
+      </c>
+      <c r="E581" t="s">
+        <v>29</v>
+      </c>
+      <c r="F581" s="1" t="s">
         <v>1802</v>
       </c>
-      <c r="D581" t="s">
-[...5 lines deleted...]
-      <c r="F581" s="1" t="s">
+      <c r="G581" t="s">
         <v>1803</v>
-      </c>
-[...1 lines deleted...]
-        <v>1804</v>
       </c>
     </row>
     <row r="582" spans="1:7">
       <c r="A582" t="s">
-        <v>1628</v>
+        <v>1510</v>
       </c>
       <c r="B582" t="s">
-        <v>1778</v>
+        <v>1739</v>
       </c>
       <c r="C582" t="s">
+        <v>1804</v>
+      </c>
+      <c r="D582" t="s">
+        <v>28</v>
+      </c>
+      <c r="E582" t="s">
+        <v>29</v>
+      </c>
+      <c r="F582" s="1" t="s">
         <v>1805</v>
       </c>
-      <c r="D582" t="s">
-[...5 lines deleted...]
-      <c r="F582" s="1" t="s">
+      <c r="G582" t="s">
         <v>1806</v>
-      </c>
-[...1 lines deleted...]
-        <v>1807</v>
       </c>
     </row>
     <row r="583" spans="1:7">
       <c r="A583" t="s">
-        <v>1631</v>
+        <v>1516</v>
       </c>
       <c r="B583" t="s">
-        <v>1778</v>
+        <v>1739</v>
       </c>
       <c r="C583" t="s">
+        <v>1807</v>
+      </c>
+      <c r="D583" t="s">
+        <v>28</v>
+      </c>
+      <c r="E583" t="s">
+        <v>29</v>
+      </c>
+      <c r="F583" s="1" t="s">
         <v>1808</v>
       </c>
-      <c r="D583" t="s">
-[...5 lines deleted...]
-      <c r="F583" s="1" t="s">
+      <c r="G583" t="s">
         <v>1809</v>
-      </c>
-[...1 lines deleted...]
-        <v>1810</v>
       </c>
     </row>
     <row r="584" spans="1:7">
       <c r="A584" t="s">
-        <v>1633</v>
+        <v>1810</v>
       </c>
       <c r="B584" t="s">
-        <v>1778</v>
+        <v>1739</v>
       </c>
       <c r="C584" t="s">
+        <v>55</v>
+      </c>
+      <c r="D584" t="s">
+        <v>10</v>
+      </c>
+      <c r="E584" t="s">
+        <v>11</v>
+      </c>
+      <c r="F584" s="1" t="s">
         <v>1811</v>
       </c>
-      <c r="D584" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G584" t="s">
-        <v>1813</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="585" spans="1:7">
       <c r="A585" t="s">
+        <v>1812</v>
+      </c>
+      <c r="B585" t="s">
+        <v>1739</v>
+      </c>
+      <c r="C585" t="s">
+        <v>217</v>
+      </c>
+      <c r="D585" t="s">
+        <v>147</v>
+      </c>
+      <c r="E585" t="s">
+        <v>148</v>
+      </c>
+      <c r="F585" s="1" t="s">
+        <v>1813</v>
+      </c>
+      <c r="G585" t="s">
         <v>1814</v>
-      </c>
-[...16 lines deleted...]
-        <v>1816</v>
       </c>
     </row>
     <row r="586" spans="1:7">
       <c r="A586" t="s">
+        <v>1519</v>
+      </c>
+      <c r="B586" t="s">
+        <v>1739</v>
+      </c>
+      <c r="C586" t="s">
+        <v>1815</v>
+      </c>
+      <c r="D586" t="s">
+        <v>28</v>
+      </c>
+      <c r="E586" t="s">
+        <v>29</v>
+      </c>
+      <c r="F586" s="1" t="s">
+        <v>1816</v>
+      </c>
+      <c r="G586" t="s">
         <v>1817</v>
-      </c>
-[...16 lines deleted...]
-        <v>1819</v>
       </c>
     </row>
     <row r="587" spans="1:7">
       <c r="A587" t="s">
-        <v>490</v>
+        <v>1541</v>
       </c>
       <c r="B587" t="s">
-        <v>1778</v>
+        <v>1739</v>
       </c>
       <c r="C587" t="s">
+        <v>1818</v>
+      </c>
+      <c r="D587" t="s">
+        <v>28</v>
+      </c>
+      <c r="E587" t="s">
+        <v>29</v>
+      </c>
+      <c r="F587" s="1" t="s">
+        <v>1819</v>
+      </c>
+      <c r="G587" t="s">
         <v>1820</v>
-      </c>
-[...10 lines deleted...]
-        <v>1822</v>
       </c>
     </row>
     <row r="588" spans="1:7">
       <c r="A588" t="s">
-        <v>501</v>
+        <v>1553</v>
       </c>
       <c r="B588" t="s">
-        <v>1778</v>
+        <v>1739</v>
       </c>
       <c r="C588" t="s">
+        <v>1821</v>
+      </c>
+      <c r="D588" t="s">
+        <v>28</v>
+      </c>
+      <c r="E588" t="s">
+        <v>29</v>
+      </c>
+      <c r="F588" s="1" t="s">
+        <v>1822</v>
+      </c>
+      <c r="G588" t="s">
         <v>1823</v>
-      </c>
-[...10 lines deleted...]
-        <v>1825</v>
       </c>
     </row>
     <row r="589" spans="1:7">
       <c r="A589" t="s">
-        <v>513</v>
+        <v>1824</v>
       </c>
       <c r="B589" t="s">
-        <v>1778</v>
+        <v>1739</v>
       </c>
       <c r="C589" t="s">
-        <v>1826</v>
+        <v>59</v>
       </c>
       <c r="D589" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E589" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F589" s="1" t="s">
-        <v>1827</v>
+        <v>1825</v>
       </c>
       <c r="G589" t="s">
-        <v>1828</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="590" spans="1:7">
       <c r="A590" t="s">
-        <v>519</v>
+        <v>1556</v>
       </c>
       <c r="B590" t="s">
-        <v>1778</v>
+        <v>1739</v>
       </c>
       <c r="C590" t="s">
-        <v>1829</v>
+        <v>1826</v>
       </c>
       <c r="D590" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E590" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F590" s="1" t="s">
-        <v>1830</v>
+        <v>1827</v>
       </c>
       <c r="G590" t="s">
-        <v>1831</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="591" spans="1:7">
       <c r="A591" t="s">
-        <v>1740</v>
+        <v>1562</v>
       </c>
       <c r="B591" t="s">
-        <v>1778</v>
+        <v>1739</v>
       </c>
       <c r="C591" t="s">
-        <v>1832</v>
+        <v>1828</v>
       </c>
       <c r="D591" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E591" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F591" s="1" t="s">
-        <v>1833</v>
+        <v>1829</v>
       </c>
       <c r="G591" t="s">
-        <v>1834</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="592" spans="1:7">
       <c r="A592" t="s">
-        <v>1737</v>
+        <v>1568</v>
       </c>
       <c r="B592" t="s">
-        <v>1778</v>
+        <v>1739</v>
       </c>
       <c r="C592" t="s">
-        <v>1835</v>
+        <v>1830</v>
       </c>
       <c r="D592" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E592" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F592" s="1" t="s">
-        <v>1836</v>
+        <v>1831</v>
       </c>
       <c r="G592" t="s">
-        <v>1837</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="593" spans="1:7">
       <c r="A593" t="s">
-        <v>1734</v>
+        <v>1571</v>
       </c>
       <c r="B593" t="s">
-        <v>1778</v>
+        <v>1739</v>
       </c>
       <c r="C593" t="s">
-        <v>1838</v>
+        <v>1832</v>
       </c>
       <c r="D593" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E593" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F593" s="1" t="s">
-        <v>1839</v>
+        <v>1833</v>
       </c>
       <c r="G593" t="s">
-        <v>1840</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="594" spans="1:7">
       <c r="A594" t="s">
-        <v>1731</v>
+        <v>1835</v>
       </c>
       <c r="B594" t="s">
-        <v>1778</v>
+        <v>1739</v>
       </c>
       <c r="C594" t="s">
-        <v>1841</v>
+        <v>63</v>
       </c>
       <c r="D594" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E594" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F594" s="1" t="s">
-        <v>1842</v>
+        <v>1836</v>
       </c>
       <c r="G594" t="s">
-        <v>1843</v>
+        <v>57</v>
       </c>
     </row>
     <row r="595" spans="1:7">
       <c r="A595" t="s">
-        <v>1844</v>
+        <v>1837</v>
       </c>
       <c r="B595" t="s">
-        <v>1778</v>
+        <v>1739</v>
       </c>
       <c r="C595" t="s">
-        <v>130</v>
+        <v>67</v>
       </c>
       <c r="D595" t="s">
-        <v>58</v>
+        <v>10</v>
       </c>
       <c r="E595" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="F595" s="1" t="s">
-        <v>1845</v>
+        <v>1838</v>
       </c>
       <c r="G595" t="s">
-        <v>1846</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="596" spans="1:7">
       <c r="A596" t="s">
-        <v>1847</v>
+        <v>1840</v>
       </c>
       <c r="B596" t="s">
-        <v>1778</v>
+        <v>1739</v>
       </c>
       <c r="C596" t="s">
-        <v>156</v>
+        <v>71</v>
       </c>
       <c r="D596" t="s">
-        <v>58</v>
+        <v>10</v>
       </c>
       <c r="E596" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="F596" s="1" t="s">
-        <v>1848</v>
+        <v>1841</v>
       </c>
       <c r="G596" t="s">
-        <v>1849</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="597" spans="1:7">
       <c r="A597" t="s">
-        <v>1850</v>
+        <v>1676</v>
       </c>
       <c r="B597" t="s">
-        <v>1778</v>
+        <v>1842</v>
       </c>
       <c r="C597" t="s">
-        <v>15</v>
+        <v>1843</v>
       </c>
       <c r="D597" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E597" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F597" s="1" t="s">
-        <v>1851</v>
+        <v>1844</v>
       </c>
       <c r="G597" t="s">
-        <v>1852</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="598" spans="1:7">
       <c r="A598" t="s">
-        <v>1853</v>
+        <v>1679</v>
       </c>
       <c r="B598" t="s">
-        <v>1778</v>
+        <v>1842</v>
       </c>
       <c r="C598" t="s">
-        <v>1471</v>
+        <v>1846</v>
       </c>
       <c r="D598" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E598" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F598" s="1" t="s">
-        <v>1854</v>
+        <v>1847</v>
       </c>
       <c r="G598" t="s">
-        <v>1855</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="599" spans="1:7">
       <c r="A599" t="s">
-        <v>1856</v>
+        <v>1682</v>
       </c>
       <c r="B599" t="s">
-        <v>1778</v>
+        <v>1842</v>
       </c>
       <c r="C599" t="s">
-        <v>19</v>
+        <v>1849</v>
       </c>
       <c r="D599" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E599" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F599" s="1" t="s">
-        <v>1857</v>
+        <v>1850</v>
       </c>
       <c r="G599" t="s">
-        <v>1858</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="600" spans="1:7">
       <c r="A600" t="s">
-        <v>1728</v>
+        <v>1685</v>
       </c>
       <c r="B600" t="s">
-        <v>1778</v>
+        <v>1842</v>
       </c>
       <c r="C600" t="s">
-        <v>1859</v>
+        <v>1852</v>
       </c>
       <c r="D600" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E600" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F600" s="1" t="s">
-        <v>1860</v>
+        <v>1853</v>
       </c>
       <c r="G600" t="s">
-        <v>1861</v>
+        <v>1854</v>
       </c>
     </row>
     <row r="601" spans="1:7">
       <c r="A601" t="s">
-        <v>1754</v>
+        <v>1687</v>
       </c>
       <c r="B601" t="s">
-        <v>1778</v>
+        <v>1842</v>
       </c>
       <c r="C601" t="s">
-        <v>1862</v>
+        <v>1855</v>
       </c>
       <c r="D601" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E601" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F601" s="1" t="s">
-        <v>1863</v>
+        <v>1856</v>
       </c>
       <c r="G601" t="s">
-        <v>1864</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="602" spans="1:7">
       <c r="A602" t="s">
-        <v>1751</v>
+        <v>1673</v>
       </c>
       <c r="B602" t="s">
-        <v>1778</v>
+        <v>1842</v>
       </c>
       <c r="C602" t="s">
-        <v>1865</v>
+        <v>1858</v>
       </c>
       <c r="D602" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E602" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F602" s="1" t="s">
-        <v>1866</v>
+        <v>1859</v>
       </c>
       <c r="G602" t="s">
-        <v>1524</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="603" spans="1:7">
       <c r="A603" t="s">
-        <v>1743</v>
+        <v>565</v>
       </c>
       <c r="B603" t="s">
-        <v>1778</v>
+        <v>1842</v>
       </c>
       <c r="C603" t="s">
-        <v>1867</v>
+        <v>1861</v>
       </c>
       <c r="D603" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E603" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F603" s="1" t="s">
-        <v>1868</v>
+        <v>1862</v>
       </c>
       <c r="G603" t="s">
-        <v>1527</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="604" spans="1:7">
       <c r="A604" t="s">
-        <v>1869</v>
+        <v>1864</v>
       </c>
       <c r="B604" t="s">
-        <v>1778</v>
+        <v>1842</v>
       </c>
       <c r="C604" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="D604" t="s">
         <v>10</v>
       </c>
       <c r="E604" t="s">
         <v>11</v>
       </c>
       <c r="F604" s="1" t="s">
-        <v>1870</v>
+        <v>1865</v>
       </c>
       <c r="G604" t="s">
-        <v>158</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="605" spans="1:7">
       <c r="A605" t="s">
-        <v>1722</v>
+        <v>1689</v>
       </c>
       <c r="B605" t="s">
-        <v>1871</v>
+        <v>1842</v>
       </c>
       <c r="C605" t="s">
-        <v>1872</v>
+        <v>1866</v>
       </c>
       <c r="D605" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E605" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F605" s="1" t="s">
-        <v>1873</v>
+        <v>1867</v>
       </c>
       <c r="G605" t="s">
-        <v>1874</v>
+        <v>1868</v>
       </c>
     </row>
     <row r="606" spans="1:7">
       <c r="A606" t="s">
-        <v>1875</v>
+        <v>1692</v>
       </c>
       <c r="B606" t="s">
+        <v>1842</v>
+      </c>
+      <c r="C606" t="s">
+        <v>1869</v>
+      </c>
+      <c r="D606" t="s">
+        <v>28</v>
+      </c>
+      <c r="E606" t="s">
+        <v>29</v>
+      </c>
+      <c r="F606" s="1" t="s">
+        <v>1870</v>
+      </c>
+      <c r="G606" t="s">
         <v>1871</v>
-      </c>
-[...13 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="607" spans="1:7">
       <c r="A607" t="s">
-        <v>1877</v>
+        <v>1695</v>
       </c>
       <c r="B607" t="s">
-        <v>1871</v>
+        <v>1842</v>
       </c>
       <c r="C607" t="s">
-        <v>160</v>
+        <v>1872</v>
       </c>
       <c r="D607" t="s">
-        <v>58</v>
+        <v>28</v>
       </c>
       <c r="E607" t="s">
-        <v>59</v>
+        <v>29</v>
       </c>
       <c r="F607" s="1" t="s">
-        <v>1878</v>
+        <v>1873</v>
       </c>
       <c r="G607" t="s">
-        <v>1879</v>
+        <v>1874</v>
       </c>
     </row>
     <row r="608" spans="1:7">
       <c r="A608" t="s">
-        <v>1880</v>
+        <v>1697</v>
       </c>
       <c r="B608" t="s">
-        <v>1871</v>
+        <v>1842</v>
       </c>
       <c r="C608" t="s">
-        <v>127</v>
+        <v>1875</v>
       </c>
       <c r="D608" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E608" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F608" s="1" t="s">
-        <v>1881</v>
+        <v>1876</v>
       </c>
       <c r="G608" t="s">
-        <v>1557</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="609" spans="1:7">
       <c r="A609" t="s">
-        <v>1648</v>
+        <v>1878</v>
       </c>
       <c r="B609" t="s">
-        <v>1871</v>
+        <v>1842</v>
       </c>
       <c r="C609" t="s">
-        <v>1882</v>
+        <v>55</v>
       </c>
       <c r="D609" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E609" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F609" s="1" t="s">
-        <v>1883</v>
+        <v>1879</v>
       </c>
       <c r="G609" t="s">
-        <v>1884</v>
+        <v>1880</v>
       </c>
     </row>
     <row r="610" spans="1:7">
       <c r="A610" t="s">
-        <v>1885</v>
+        <v>1881</v>
       </c>
       <c r="B610" t="s">
-        <v>1871</v>
+        <v>1842</v>
       </c>
       <c r="C610" t="s">
-        <v>130</v>
+        <v>59</v>
       </c>
       <c r="D610" t="s">
         <v>10</v>
       </c>
       <c r="E610" t="s">
         <v>11</v>
       </c>
       <c r="F610" s="1" t="s">
-        <v>1886</v>
+        <v>1882</v>
       </c>
       <c r="G610" t="s">
-        <v>1887</v>
+        <v>1883</v>
       </c>
     </row>
     <row r="611" spans="1:7">
       <c r="A611" t="s">
-        <v>1888</v>
+        <v>569</v>
       </c>
       <c r="B611" t="s">
-        <v>1871</v>
+        <v>1842</v>
       </c>
       <c r="C611" t="s">
-        <v>156</v>
+        <v>1884</v>
       </c>
       <c r="D611" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E611" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F611" s="1" t="s">
-        <v>1889</v>
+        <v>1885</v>
       </c>
       <c r="G611" t="s">
-        <v>1890</v>
+        <v>1886</v>
       </c>
     </row>
     <row r="612" spans="1:7">
       <c r="A612" t="s">
-        <v>1891</v>
+        <v>580</v>
       </c>
       <c r="B612" t="s">
-        <v>1871</v>
+        <v>1842</v>
       </c>
       <c r="C612" t="s">
-        <v>160</v>
+        <v>1887</v>
       </c>
       <c r="D612" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E612" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F612" s="1" t="s">
-        <v>1892</v>
+        <v>1888</v>
       </c>
       <c r="G612" t="s">
-        <v>1893</v>
+        <v>1889</v>
       </c>
     </row>
     <row r="613" spans="1:7">
       <c r="A613" t="s">
-        <v>1894</v>
+        <v>592</v>
       </c>
       <c r="B613" t="s">
-        <v>1871</v>
+        <v>1842</v>
       </c>
       <c r="C613" t="s">
-        <v>163</v>
+        <v>1890</v>
       </c>
       <c r="D613" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E613" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F613" s="1" t="s">
-        <v>1895</v>
+        <v>1891</v>
       </c>
       <c r="G613" t="s">
-        <v>1896</v>
+        <v>1892</v>
       </c>
     </row>
     <row r="614" spans="1:7">
       <c r="A614" t="s">
-        <v>1897</v>
+        <v>598</v>
       </c>
       <c r="B614" t="s">
-        <v>1871</v>
+        <v>1842</v>
       </c>
       <c r="C614" t="s">
-        <v>166</v>
+        <v>1893</v>
       </c>
       <c r="D614" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E614" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F614" s="1" t="s">
-        <v>1898</v>
+        <v>1894</v>
       </c>
       <c r="G614" t="s">
-        <v>1899</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="615" spans="1:7">
       <c r="A615" t="s">
-        <v>1645</v>
+        <v>1804</v>
       </c>
       <c r="B615" t="s">
-        <v>1871</v>
+        <v>1842</v>
       </c>
       <c r="C615" t="s">
-        <v>1900</v>
+        <v>1896</v>
       </c>
       <c r="D615" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E615" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F615" s="1" t="s">
-        <v>1901</v>
+        <v>1897</v>
       </c>
       <c r="G615" t="s">
-        <v>1902</v>
+        <v>1898</v>
       </c>
     </row>
     <row r="616" spans="1:7">
       <c r="A616" t="s">
-        <v>1903</v>
+        <v>1801</v>
       </c>
       <c r="B616" t="s">
-        <v>1871</v>
+        <v>1842</v>
       </c>
       <c r="C616" t="s">
-        <v>170</v>
+        <v>1899</v>
       </c>
       <c r="D616" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E616" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F616" s="1" t="s">
-        <v>1904</v>
+        <v>1900</v>
       </c>
       <c r="G616" t="s">
-        <v>1905</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="617" spans="1:7">
       <c r="A617" t="s">
-        <v>1906</v>
+        <v>1798</v>
       </c>
       <c r="B617" t="s">
-        <v>1871</v>
+        <v>1842</v>
       </c>
       <c r="C617" t="s">
-        <v>174</v>
+        <v>1902</v>
       </c>
       <c r="D617" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E617" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F617" s="1" t="s">
-        <v>1907</v>
+        <v>1903</v>
       </c>
       <c r="G617" t="s">
-        <v>1908</v>
+        <v>1904</v>
       </c>
     </row>
     <row r="618" spans="1:7">
       <c r="A618" t="s">
-        <v>1909</v>
+        <v>1795</v>
       </c>
       <c r="B618" t="s">
-        <v>1871</v>
+        <v>1842</v>
       </c>
       <c r="C618" t="s">
-        <v>178</v>
+        <v>1905</v>
       </c>
       <c r="D618" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E618" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F618" s="1" t="s">
-        <v>1910</v>
+        <v>1906</v>
       </c>
       <c r="G618" t="s">
-        <v>1911</v>
+        <v>1907</v>
       </c>
     </row>
     <row r="619" spans="1:7">
       <c r="A619" t="s">
-        <v>1912</v>
+        <v>1908</v>
       </c>
       <c r="B619" t="s">
-        <v>1871</v>
+        <v>1842</v>
       </c>
       <c r="C619" t="s">
-        <v>182</v>
+        <v>220</v>
       </c>
       <c r="D619" t="s">
-        <v>10</v>
+        <v>147</v>
       </c>
       <c r="E619" t="s">
-        <v>11</v>
+        <v>148</v>
       </c>
       <c r="F619" s="1" t="s">
-        <v>1913</v>
+        <v>1909</v>
       </c>
       <c r="G619" t="s">
-        <v>1557</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="620" spans="1:7">
       <c r="A620" t="s">
-        <v>1655</v>
+        <v>1911</v>
       </c>
       <c r="B620" t="s">
-        <v>1871</v>
+        <v>1842</v>
       </c>
       <c r="C620" t="s">
-        <v>1914</v>
+        <v>245</v>
       </c>
       <c r="D620" t="s">
-        <v>49</v>
+        <v>147</v>
       </c>
       <c r="E620" t="s">
-        <v>50</v>
+        <v>148</v>
       </c>
       <c r="F620" s="1" t="s">
-        <v>1915</v>
+        <v>1912</v>
       </c>
       <c r="G620" t="s">
-        <v>1916</v>
+        <v>1913</v>
       </c>
     </row>
     <row r="621" spans="1:7">
       <c r="A621" t="s">
-        <v>1653</v>
+        <v>1914</v>
       </c>
       <c r="B621" t="s">
-        <v>1871</v>
+        <v>1842</v>
       </c>
       <c r="C621" t="s">
-        <v>1917</v>
+        <v>63</v>
       </c>
       <c r="D621" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E621" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F621" s="1" t="s">
-        <v>1918</v>
+        <v>1915</v>
       </c>
       <c r="G621" t="s">
-        <v>1919</v>
+        <v>1916</v>
       </c>
     </row>
     <row r="622" spans="1:7">
       <c r="A622" t="s">
-        <v>1651</v>
+        <v>1917</v>
       </c>
       <c r="B622" t="s">
-        <v>1871</v>
+        <v>1842</v>
       </c>
       <c r="C622" t="s">
-        <v>1920</v>
+        <v>1535</v>
       </c>
       <c r="D622" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E622" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F622" s="1" t="s">
-        <v>1921</v>
+        <v>1918</v>
       </c>
       <c r="G622" t="s">
-        <v>1922</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="623" spans="1:7">
       <c r="A623" t="s">
-        <v>1725</v>
+        <v>1920</v>
       </c>
       <c r="B623" t="s">
-        <v>1871</v>
+        <v>1842</v>
       </c>
       <c r="C623" t="s">
-        <v>1923</v>
+        <v>67</v>
       </c>
       <c r="D623" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E623" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F623" s="1" t="s">
-        <v>1924</v>
+        <v>1921</v>
       </c>
       <c r="G623" t="s">
-        <v>1925</v>
+        <v>1922</v>
       </c>
     </row>
     <row r="624" spans="1:7">
       <c r="A624" t="s">
-        <v>1604</v>
+        <v>1792</v>
       </c>
       <c r="B624" t="s">
-        <v>1871</v>
+        <v>1842</v>
       </c>
       <c r="C624" t="s">
-        <v>123</v>
+        <v>1923</v>
       </c>
       <c r="D624" t="s">
-        <v>101</v>
+        <v>28</v>
       </c>
       <c r="E624" t="s">
-        <v>102</v>
+        <v>29</v>
       </c>
       <c r="F624" s="1" t="s">
-        <v>1926</v>
+        <v>1924</v>
       </c>
       <c r="G624" t="s">
-        <v>1927</v>
+        <v>1925</v>
       </c>
     </row>
     <row r="625" spans="1:7">
       <c r="A625" t="s">
+        <v>1818</v>
+      </c>
+      <c r="B625" t="s">
+        <v>1842</v>
+      </c>
+      <c r="C625" t="s">
+        <v>1926</v>
+      </c>
+      <c r="D625" t="s">
+        <v>28</v>
+      </c>
+      <c r="E625" t="s">
+        <v>29</v>
+      </c>
+      <c r="F625" s="1" t="s">
+        <v>1927</v>
+      </c>
+      <c r="G625" t="s">
         <v>1928</v>
-      </c>
-[...16 lines deleted...]
-        <v>1930</v>
       </c>
     </row>
     <row r="626" spans="1:7">
       <c r="A626" t="s">
-        <v>1606</v>
+        <v>1815</v>
       </c>
       <c r="B626" t="s">
-        <v>1871</v>
+        <v>1842</v>
       </c>
       <c r="C626" t="s">
-        <v>127</v>
+        <v>1929</v>
       </c>
       <c r="D626" t="s">
-        <v>101</v>
+        <v>28</v>
       </c>
       <c r="E626" t="s">
-        <v>102</v>
+        <v>29</v>
       </c>
       <c r="F626" s="1" t="s">
-        <v>1931</v>
+        <v>1930</v>
       </c>
       <c r="G626" t="s">
-        <v>1932</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="627" spans="1:7">
       <c r="A627" t="s">
-        <v>1661</v>
+        <v>1807</v>
       </c>
       <c r="B627" t="s">
-        <v>1871</v>
+        <v>1842</v>
       </c>
       <c r="C627" t="s">
-        <v>1933</v>
+        <v>1931</v>
       </c>
       <c r="D627" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E627" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F627" s="1" t="s">
-        <v>1934</v>
+        <v>1932</v>
       </c>
       <c r="G627" t="s">
-        <v>1935</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="628" spans="1:7">
       <c r="A628" t="s">
-        <v>1936</v>
+        <v>1933</v>
       </c>
       <c r="B628" t="s">
-        <v>1871</v>
+        <v>1842</v>
       </c>
       <c r="C628" t="s">
-        <v>9</v>
+        <v>71</v>
       </c>
       <c r="D628" t="s">
         <v>10</v>
       </c>
       <c r="E628" t="s">
         <v>11</v>
       </c>
       <c r="F628" s="1" t="s">
-        <v>1937</v>
+        <v>1934</v>
       </c>
       <c r="G628" t="s">
-        <v>1938</v>
+        <v>57</v>
       </c>
     </row>
     <row r="629" spans="1:7">
       <c r="A629" t="s">
-        <v>1638</v>
+        <v>1786</v>
       </c>
       <c r="B629" t="s">
-        <v>1871</v>
+        <v>1935</v>
       </c>
       <c r="C629" t="s">
-        <v>1939</v>
+        <v>1936</v>
       </c>
       <c r="D629" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E629" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F629" s="1" t="s">
-        <v>1940</v>
+        <v>1937</v>
       </c>
       <c r="G629" t="s">
-        <v>1941</v>
+        <v>1938</v>
       </c>
     </row>
     <row r="630" spans="1:7">
       <c r="A630" t="s">
-        <v>1719</v>
+        <v>1939</v>
       </c>
       <c r="B630" t="s">
-        <v>1871</v>
+        <v>1935</v>
       </c>
       <c r="C630" t="s">
-        <v>1942</v>
+        <v>375</v>
       </c>
       <c r="D630" t="s">
-        <v>49</v>
+        <v>291</v>
       </c>
       <c r="E630" t="s">
-        <v>50</v>
+        <v>292</v>
       </c>
       <c r="F630" s="1" t="s">
-        <v>1943</v>
+        <v>1940</v>
       </c>
       <c r="G630" t="s">
-        <v>1944</v>
+        <v>294</v>
       </c>
     </row>
     <row r="631" spans="1:7">
       <c r="A631" t="s">
-        <v>1691</v>
+        <v>1941</v>
       </c>
       <c r="B631" t="s">
-        <v>1871</v>
+        <v>1935</v>
       </c>
       <c r="C631" t="s">
-        <v>1945</v>
+        <v>9</v>
       </c>
       <c r="D631" t="s">
-        <v>49</v>
+        <v>147</v>
       </c>
       <c r="E631" t="s">
-        <v>50</v>
+        <v>148</v>
       </c>
       <c r="F631" s="1" t="s">
-        <v>1946</v>
+        <v>1942</v>
       </c>
       <c r="G631" t="s">
-        <v>1947</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="632" spans="1:7">
       <c r="A632" t="s">
-        <v>1688</v>
+        <v>1944</v>
       </c>
       <c r="B632" t="s">
-        <v>1871</v>
+        <v>1935</v>
       </c>
       <c r="C632" t="s">
-        <v>1948</v>
+        <v>217</v>
       </c>
       <c r="D632" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E632" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F632" s="1" t="s">
-        <v>1949</v>
+        <v>1945</v>
       </c>
       <c r="G632" t="s">
-        <v>1950</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="633" spans="1:7">
       <c r="A633" t="s">
-        <v>1681</v>
+        <v>1712</v>
       </c>
       <c r="B633" t="s">
-        <v>1871</v>
+        <v>1935</v>
       </c>
       <c r="C633" t="s">
-        <v>1951</v>
+        <v>1946</v>
       </c>
       <c r="D633" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E633" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F633" s="1" t="s">
-        <v>1952</v>
+        <v>1947</v>
       </c>
       <c r="G633" t="s">
-        <v>1953</v>
+        <v>1948</v>
       </c>
     </row>
     <row r="634" spans="1:7">
       <c r="A634" t="s">
-        <v>1678</v>
+        <v>1949</v>
       </c>
       <c r="B634" t="s">
-        <v>1871</v>
+        <v>1935</v>
       </c>
       <c r="C634" t="s">
-        <v>1954</v>
+        <v>220</v>
       </c>
       <c r="D634" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E634" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F634" s="1" t="s">
-        <v>1955</v>
+        <v>1950</v>
       </c>
       <c r="G634" t="s">
-        <v>1956</v>
+        <v>1951</v>
       </c>
     </row>
     <row r="635" spans="1:7">
       <c r="A635" t="s">
-        <v>1957</v>
+        <v>1952</v>
       </c>
       <c r="B635" t="s">
-        <v>1871</v>
+        <v>1935</v>
       </c>
       <c r="C635" t="s">
-        <v>298</v>
+        <v>245</v>
       </c>
       <c r="D635" t="s">
-        <v>211</v>
+        <v>10</v>
       </c>
       <c r="E635" t="s">
-        <v>212</v>
+        <v>11</v>
       </c>
       <c r="F635" s="1" t="s">
-        <v>1958</v>
+        <v>1953</v>
       </c>
       <c r="G635" t="s">
-        <v>1959</v>
+        <v>1954</v>
       </c>
     </row>
     <row r="636" spans="1:7">
       <c r="A636" t="s">
-        <v>1960</v>
+        <v>1955</v>
       </c>
       <c r="B636" t="s">
-        <v>1871</v>
+        <v>1935</v>
       </c>
       <c r="C636" t="s">
-        <v>1961</v>
+        <v>9</v>
       </c>
       <c r="D636" t="s">
         <v>10</v>
       </c>
       <c r="E636" t="s">
         <v>11</v>
       </c>
       <c r="F636" s="1" t="s">
-        <v>1962</v>
+        <v>1956</v>
       </c>
       <c r="G636" t="s">
-        <v>1963</v>
+        <v>1957</v>
       </c>
     </row>
     <row r="637" spans="1:7">
       <c r="A637" t="s">
-        <v>1964</v>
+        <v>1958</v>
       </c>
       <c r="B637" t="s">
-        <v>1871</v>
+        <v>1935</v>
       </c>
       <c r="C637" t="s">
-        <v>163</v>
+        <v>15</v>
       </c>
       <c r="D637" t="s">
-        <v>58</v>
+        <v>10</v>
       </c>
       <c r="E637" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="F637" s="1" t="s">
-        <v>1965</v>
+        <v>1959</v>
       </c>
       <c r="G637" t="s">
-        <v>1966</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="638" spans="1:7">
       <c r="A638" t="s">
-        <v>1967</v>
+        <v>1961</v>
       </c>
       <c r="B638" t="s">
-        <v>1871</v>
+        <v>1935</v>
       </c>
       <c r="C638" t="s">
-        <v>166</v>
+        <v>19</v>
       </c>
       <c r="D638" t="s">
-        <v>58</v>
+        <v>10</v>
       </c>
       <c r="E638" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="F638" s="1" t="s">
-        <v>1968</v>
+        <v>1962</v>
       </c>
       <c r="G638" t="s">
-        <v>1969</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="639" spans="1:7">
       <c r="A639" t="s">
-        <v>1672</v>
+        <v>1709</v>
       </c>
       <c r="B639" t="s">
-        <v>1871</v>
+        <v>1935</v>
       </c>
       <c r="C639" t="s">
-        <v>1970</v>
+        <v>1964</v>
       </c>
       <c r="D639" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E639" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F639" s="1" t="s">
-        <v>1971</v>
+        <v>1965</v>
       </c>
       <c r="G639" t="s">
-        <v>1972</v>
+        <v>1966</v>
       </c>
     </row>
     <row r="640" spans="1:7">
       <c r="A640" t="s">
-        <v>1973</v>
+        <v>1967</v>
       </c>
       <c r="B640" t="s">
-        <v>1871</v>
+        <v>1935</v>
       </c>
       <c r="C640" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="D640" t="s">
         <v>10</v>
       </c>
       <c r="E640" t="s">
         <v>11</v>
       </c>
       <c r="F640" s="1" t="s">
-        <v>1974</v>
+        <v>1968</v>
       </c>
       <c r="G640" t="s">
-        <v>158</v>
+        <v>1969</v>
       </c>
     </row>
     <row r="641" spans="1:7">
       <c r="A641" t="s">
-        <v>1668</v>
+        <v>1970</v>
       </c>
       <c r="B641" t="s">
-        <v>1871</v>
+        <v>1935</v>
       </c>
       <c r="C641" t="s">
-        <v>1975</v>
+        <v>45</v>
       </c>
       <c r="D641" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E641" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F641" s="1" t="s">
-        <v>1976</v>
+        <v>1971</v>
       </c>
       <c r="G641" t="s">
-        <v>1527</v>
+        <v>1972</v>
       </c>
     </row>
     <row r="642" spans="1:7">
       <c r="A642" t="s">
-        <v>1977</v>
+        <v>1973</v>
       </c>
       <c r="B642" t="s">
-        <v>1871</v>
+        <v>1935</v>
       </c>
       <c r="C642" t="s">
-        <v>19</v>
+        <v>49</v>
       </c>
       <c r="D642" t="s">
         <v>10</v>
       </c>
       <c r="E642" t="s">
         <v>11</v>
       </c>
       <c r="F642" s="1" t="s">
-        <v>1978</v>
+        <v>1974</v>
       </c>
       <c r="G642" t="s">
-        <v>1979</v>
+        <v>1975</v>
       </c>
     </row>
     <row r="643" spans="1:7">
       <c r="A643" t="s">
-        <v>1980</v>
+        <v>1976</v>
       </c>
       <c r="B643" t="s">
-        <v>1871</v>
+        <v>1935</v>
       </c>
       <c r="C643" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="D643" t="s">
         <v>10</v>
       </c>
       <c r="E643" t="s">
         <v>11</v>
       </c>
       <c r="F643" s="1" t="s">
-        <v>1981</v>
+        <v>1977</v>
       </c>
       <c r="G643" t="s">
-        <v>1982</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="644" spans="1:7">
       <c r="A644" t="s">
-        <v>1983</v>
+        <v>1719</v>
       </c>
       <c r="B644" t="s">
-        <v>1984</v>
+        <v>1935</v>
       </c>
       <c r="C644" t="s">
-        <v>130</v>
+        <v>1978</v>
       </c>
       <c r="D644" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E644" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F644" s="1" t="s">
-        <v>1985</v>
+        <v>1979</v>
       </c>
       <c r="G644" t="s">
-        <v>1986</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="645" spans="1:7">
       <c r="A645" t="s">
-        <v>1987</v>
+        <v>1717</v>
       </c>
       <c r="B645" t="s">
-        <v>1984</v>
+        <v>1935</v>
       </c>
       <c r="C645" t="s">
-        <v>156</v>
+        <v>1981</v>
       </c>
       <c r="D645" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E645" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F645" s="1" t="s">
-        <v>1988</v>
+        <v>1982</v>
       </c>
       <c r="G645" t="s">
-        <v>1989</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="646" spans="1:7">
       <c r="A646" t="s">
-        <v>1990</v>
+        <v>1715</v>
       </c>
       <c r="B646" t="s">
+        <v>1935</v>
+      </c>
+      <c r="C646" t="s">
         <v>1984</v>
       </c>
-      <c r="C646" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D646" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E646" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F646" s="1" t="s">
-        <v>1992</v>
+        <v>1985</v>
       </c>
       <c r="G646" t="s">
-        <v>1993</v>
+        <v>1986</v>
       </c>
     </row>
     <row r="647" spans="1:7">
       <c r="A647" t="s">
-        <v>1994</v>
+        <v>1789</v>
       </c>
       <c r="B647" t="s">
-        <v>1984</v>
+        <v>1935</v>
       </c>
       <c r="C647" t="s">
-        <v>1995</v>
+        <v>1987</v>
       </c>
       <c r="D647" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E647" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F647" s="1" t="s">
-        <v>1996</v>
+        <v>1988</v>
       </c>
       <c r="G647" t="s">
-        <v>1956</v>
+        <v>1989</v>
       </c>
     </row>
     <row r="648" spans="1:7">
       <c r="A648" t="s">
-        <v>1997</v>
+        <v>1668</v>
       </c>
       <c r="B648" t="s">
-        <v>1984</v>
+        <v>1935</v>
       </c>
       <c r="C648" t="s">
-        <v>1998</v>
+        <v>214</v>
       </c>
       <c r="D648" t="s">
-        <v>49</v>
+        <v>192</v>
       </c>
       <c r="E648" t="s">
-        <v>50</v>
+        <v>193</v>
       </c>
       <c r="F648" s="1" t="s">
-        <v>1999</v>
+        <v>1990</v>
       </c>
       <c r="G648" t="s">
-        <v>2000</v>
+        <v>1991</v>
       </c>
     </row>
     <row r="649" spans="1:7">
       <c r="A649" t="s">
-        <v>2001</v>
+        <v>1992</v>
       </c>
       <c r="B649" t="s">
-        <v>1984</v>
+        <v>1935</v>
       </c>
       <c r="C649" t="s">
-        <v>2002</v>
+        <v>55</v>
       </c>
       <c r="D649" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E649" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F649" s="1" t="s">
-        <v>2003</v>
+        <v>1993</v>
       </c>
       <c r="G649" t="s">
-        <v>2004</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="650" spans="1:7">
       <c r="A650" t="s">
-        <v>2005</v>
+        <v>1670</v>
       </c>
       <c r="B650" t="s">
-        <v>1984</v>
+        <v>1935</v>
       </c>
       <c r="C650" t="s">
-        <v>160</v>
+        <v>217</v>
       </c>
       <c r="D650" t="s">
-        <v>10</v>
+        <v>192</v>
       </c>
       <c r="E650" t="s">
-        <v>11</v>
+        <v>193</v>
       </c>
       <c r="F650" s="1" t="s">
-        <v>2006</v>
+        <v>1995</v>
       </c>
       <c r="G650" t="s">
-        <v>2007</v>
+        <v>1996</v>
       </c>
     </row>
     <row r="651" spans="1:7">
       <c r="A651" t="s">
-        <v>2008</v>
+        <v>1725</v>
       </c>
       <c r="B651" t="s">
-        <v>1984</v>
+        <v>1935</v>
       </c>
       <c r="C651" t="s">
-        <v>163</v>
+        <v>1997</v>
       </c>
       <c r="D651" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E651" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F651" s="1" t="s">
-        <v>2009</v>
+        <v>1998</v>
       </c>
       <c r="G651" t="s">
-        <v>1557</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="652" spans="1:7">
       <c r="A652" t="s">
-        <v>2010</v>
+        <v>2000</v>
       </c>
       <c r="B652" t="s">
-        <v>1984</v>
+        <v>1935</v>
       </c>
       <c r="C652" t="s">
-        <v>2011</v>
+        <v>59</v>
       </c>
       <c r="D652" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E652" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F652" s="1" t="s">
-        <v>2012</v>
+        <v>2001</v>
       </c>
       <c r="G652" t="s">
-        <v>2013</v>
+        <v>2002</v>
       </c>
     </row>
     <row r="653" spans="1:7">
       <c r="A653" t="s">
-        <v>1585</v>
+        <v>1702</v>
       </c>
       <c r="B653" t="s">
-        <v>1984</v>
+        <v>1935</v>
       </c>
       <c r="C653" t="s">
-        <v>130</v>
+        <v>2003</v>
       </c>
       <c r="D653" t="s">
-        <v>101</v>
+        <v>28</v>
       </c>
       <c r="E653" t="s">
-        <v>102</v>
+        <v>29</v>
       </c>
       <c r="F653" s="1" t="s">
-        <v>2014</v>
+        <v>2004</v>
       </c>
       <c r="G653" t="s">
-        <v>2015</v>
+        <v>2005</v>
       </c>
     </row>
     <row r="654" spans="1:7">
       <c r="A654" t="s">
-        <v>2016</v>
+        <v>1783</v>
       </c>
       <c r="B654" t="s">
-        <v>1984</v>
+        <v>1935</v>
       </c>
       <c r="C654" t="s">
-        <v>23</v>
+        <v>2006</v>
       </c>
       <c r="D654" t="s">
-        <v>2017</v>
+        <v>28</v>
       </c>
       <c r="E654" t="s">
-        <v>2018</v>
+        <v>29</v>
       </c>
       <c r="F654" s="1" t="s">
-        <v>2019</v>
+        <v>2007</v>
       </c>
       <c r="G654" t="s">
-        <v>2020</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="655" spans="1:7">
       <c r="A655" t="s">
-        <v>2021</v>
+        <v>1755</v>
       </c>
       <c r="B655" t="s">
-        <v>1984</v>
+        <v>1935</v>
       </c>
       <c r="C655" t="s">
-        <v>2022</v>
+        <v>2009</v>
       </c>
       <c r="D655" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E655" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F655" s="1" t="s">
-        <v>2023</v>
+        <v>2010</v>
       </c>
       <c r="G655" t="s">
-        <v>2024</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="656" spans="1:7">
       <c r="A656" t="s">
-        <v>2025</v>
+        <v>1752</v>
       </c>
       <c r="B656" t="s">
-        <v>1984</v>
+        <v>1935</v>
       </c>
       <c r="C656" t="s">
-        <v>2026</v>
+        <v>2012</v>
       </c>
       <c r="D656" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E656" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F656" s="1" t="s">
-        <v>2027</v>
+        <v>2013</v>
       </c>
       <c r="G656" t="s">
-        <v>2028</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="657" spans="1:7">
       <c r="A657" t="s">
-        <v>2029</v>
+        <v>1745</v>
       </c>
       <c r="B657" t="s">
-        <v>1984</v>
+        <v>1935</v>
       </c>
       <c r="C657" t="s">
-        <v>2030</v>
+        <v>2015</v>
       </c>
       <c r="D657" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E657" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F657" s="1" t="s">
-        <v>2031</v>
+        <v>2016</v>
       </c>
       <c r="G657" t="s">
-        <v>2032</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="658" spans="1:7">
       <c r="A658" t="s">
-        <v>2033</v>
+        <v>1742</v>
       </c>
       <c r="B658" t="s">
-        <v>1984</v>
+        <v>1935</v>
       </c>
       <c r="C658" t="s">
-        <v>2034</v>
+        <v>2018</v>
       </c>
       <c r="D658" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E658" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F658" s="1" t="s">
-        <v>2035</v>
+        <v>2019</v>
       </c>
       <c r="G658" t="s">
-        <v>2036</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="659" spans="1:7">
       <c r="A659" t="s">
-        <v>2037</v>
+        <v>2021</v>
       </c>
       <c r="B659" t="s">
-        <v>1984</v>
+        <v>1935</v>
       </c>
       <c r="C659" t="s">
-        <v>2038</v>
+        <v>378</v>
       </c>
       <c r="D659" t="s">
-        <v>49</v>
+        <v>291</v>
       </c>
       <c r="E659" t="s">
-        <v>50</v>
+        <v>292</v>
       </c>
       <c r="F659" s="1" t="s">
-        <v>2039</v>
+        <v>2022</v>
       </c>
       <c r="G659" t="s">
-        <v>2040</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="660" spans="1:7">
       <c r="A660" t="s">
-        <v>2041</v>
+        <v>2024</v>
       </c>
       <c r="B660" t="s">
-        <v>1984</v>
+        <v>1935</v>
       </c>
       <c r="C660" t="s">
-        <v>2042</v>
+        <v>2025</v>
       </c>
       <c r="D660" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E660" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F660" s="1" t="s">
-        <v>2043</v>
+        <v>2026</v>
       </c>
       <c r="G660" t="s">
-        <v>2044</v>
+        <v>2027</v>
       </c>
     </row>
     <row r="661" spans="1:7">
       <c r="A661" t="s">
-        <v>1588</v>
+        <v>2028</v>
       </c>
       <c r="B661" t="s">
-        <v>1984</v>
+        <v>1935</v>
       </c>
       <c r="C661" t="s">
-        <v>156</v>
+        <v>15</v>
       </c>
       <c r="D661" t="s">
-        <v>101</v>
+        <v>147</v>
       </c>
       <c r="E661" t="s">
-        <v>102</v>
+        <v>148</v>
       </c>
       <c r="F661" s="1" t="s">
-        <v>2045</v>
+        <v>2029</v>
       </c>
       <c r="G661" t="s">
-        <v>2046</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="662" spans="1:7">
       <c r="A662" t="s">
-        <v>2047</v>
+        <v>2031</v>
       </c>
       <c r="B662" t="s">
-        <v>1984</v>
+        <v>1935</v>
       </c>
       <c r="C662" t="s">
-        <v>2048</v>
+        <v>19</v>
       </c>
       <c r="D662" t="s">
-        <v>49</v>
+        <v>147</v>
       </c>
       <c r="E662" t="s">
-        <v>50</v>
+        <v>148</v>
       </c>
       <c r="F662" s="1" t="s">
-        <v>2049</v>
+        <v>2032</v>
       </c>
       <c r="G662" t="s">
-        <v>2050</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="663" spans="1:7">
       <c r="A663" t="s">
-        <v>2051</v>
+        <v>1736</v>
       </c>
       <c r="B663" t="s">
-        <v>1984</v>
+        <v>1935</v>
       </c>
       <c r="C663" t="s">
-        <v>2052</v>
+        <v>2034</v>
       </c>
       <c r="D663" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E663" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F663" s="1" t="s">
-        <v>2053</v>
+        <v>2035</v>
       </c>
       <c r="G663" t="s">
-        <v>2054</v>
+        <v>2036</v>
       </c>
     </row>
     <row r="664" spans="1:7">
       <c r="A664" t="s">
-        <v>2055</v>
+        <v>2037</v>
       </c>
       <c r="B664" t="s">
-        <v>1984</v>
+        <v>1935</v>
       </c>
       <c r="C664" t="s">
-        <v>2056</v>
+        <v>63</v>
       </c>
       <c r="D664" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E664" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F664" s="1" t="s">
-        <v>2057</v>
+        <v>2038</v>
       </c>
       <c r="G664" t="s">
-        <v>2058</v>
+        <v>57</v>
       </c>
     </row>
     <row r="665" spans="1:7">
       <c r="A665" t="s">
-        <v>2059</v>
+        <v>1732</v>
       </c>
       <c r="B665" t="s">
-        <v>1984</v>
+        <v>1935</v>
       </c>
       <c r="C665" t="s">
-        <v>166</v>
+        <v>2039</v>
       </c>
       <c r="D665" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E665" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F665" s="1" t="s">
-        <v>2060</v>
+        <v>2040</v>
       </c>
       <c r="G665" t="s">
-        <v>2061</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="666" spans="1:7">
       <c r="A666" t="s">
-        <v>91</v>
+        <v>2041</v>
       </c>
       <c r="B666" t="s">
-        <v>1984</v>
+        <v>1935</v>
       </c>
       <c r="C666" t="s">
-        <v>2062</v>
+        <v>67</v>
       </c>
       <c r="D666" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E666" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F666" s="1" t="s">
-        <v>2063</v>
+        <v>2042</v>
       </c>
       <c r="G666" t="s">
-        <v>2064</v>
+        <v>2043</v>
       </c>
     </row>
     <row r="667" spans="1:7">
       <c r="A667" t="s">
-        <v>94</v>
+        <v>2044</v>
       </c>
       <c r="B667" t="s">
-        <v>1984</v>
+        <v>1935</v>
       </c>
       <c r="C667" t="s">
-        <v>2065</v>
+        <v>71</v>
       </c>
       <c r="D667" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E667" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F667" s="1" t="s">
-        <v>2066</v>
+        <v>2045</v>
       </c>
       <c r="G667" t="s">
-        <v>2067</v>
+        <v>2046</v>
       </c>
     </row>
     <row r="668" spans="1:7">
       <c r="A668" t="s">
-        <v>1539</v>
+        <v>2047</v>
       </c>
       <c r="B668" t="s">
-        <v>1984</v>
+        <v>2048</v>
       </c>
       <c r="C668" t="s">
-        <v>160</v>
+        <v>220</v>
       </c>
       <c r="D668" t="s">
-        <v>101</v>
+        <v>10</v>
       </c>
       <c r="E668" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="F668" s="1" t="s">
-        <v>2068</v>
+        <v>2049</v>
       </c>
       <c r="G668" t="s">
-        <v>2069</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="669" spans="1:7">
       <c r="A669" t="s">
-        <v>2070</v>
+        <v>2051</v>
       </c>
       <c r="B669" t="s">
-        <v>1984</v>
+        <v>2048</v>
       </c>
       <c r="C669" t="s">
-        <v>170</v>
+        <v>245</v>
       </c>
       <c r="D669" t="s">
-        <v>58</v>
+        <v>10</v>
       </c>
       <c r="E669" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="F669" s="1" t="s">
-        <v>2071</v>
+        <v>2052</v>
       </c>
       <c r="G669" t="s">
-        <v>2072</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="670" spans="1:7">
       <c r="A670" t="s">
-        <v>2073</v>
+        <v>2054</v>
       </c>
       <c r="B670" t="s">
-        <v>1984</v>
+        <v>2048</v>
       </c>
       <c r="C670" t="s">
-        <v>174</v>
+        <v>2055</v>
       </c>
       <c r="D670" t="s">
-        <v>58</v>
+        <v>28</v>
       </c>
       <c r="E670" t="s">
-        <v>59</v>
+        <v>29</v>
       </c>
       <c r="F670" s="1" t="s">
-        <v>2074</v>
+        <v>2056</v>
       </c>
       <c r="G670" t="s">
-        <v>2075</v>
+        <v>2057</v>
       </c>
     </row>
     <row r="671" spans="1:7">
       <c r="A671" t="s">
-        <v>2076</v>
+        <v>2058</v>
       </c>
       <c r="B671" t="s">
-        <v>1984</v>
+        <v>2048</v>
       </c>
       <c r="C671" t="s">
-        <v>174</v>
+        <v>2059</v>
       </c>
       <c r="D671" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E671" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F671" s="1" t="s">
-        <v>2077</v>
+        <v>2060</v>
       </c>
       <c r="G671" t="s">
-        <v>2078</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="672" spans="1:7">
       <c r="A672" t="s">
-        <v>2079</v>
+        <v>2061</v>
       </c>
       <c r="B672" t="s">
-        <v>1984</v>
+        <v>2048</v>
       </c>
       <c r="C672" t="s">
-        <v>170</v>
+        <v>2062</v>
       </c>
       <c r="D672" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E672" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F672" s="1" t="s">
-        <v>2080</v>
+        <v>2063</v>
       </c>
       <c r="G672" t="s">
-        <v>2081</v>
+        <v>2064</v>
       </c>
     </row>
     <row r="673" spans="1:7">
       <c r="A673" t="s">
-        <v>97</v>
+        <v>2065</v>
       </c>
       <c r="B673" t="s">
-        <v>1984</v>
+        <v>2048</v>
       </c>
       <c r="C673" t="s">
-        <v>2082</v>
+        <v>2066</v>
       </c>
       <c r="D673" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E673" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F673" s="1" t="s">
-        <v>2083</v>
+        <v>2067</v>
       </c>
       <c r="G673" t="s">
-        <v>2084</v>
+        <v>2068</v>
       </c>
     </row>
     <row r="674" spans="1:7">
       <c r="A674" t="s">
-        <v>2085</v>
+        <v>2069</v>
       </c>
       <c r="B674" t="s">
-        <v>1984</v>
+        <v>2048</v>
       </c>
       <c r="C674" t="s">
-        <v>178</v>
+        <v>9</v>
       </c>
       <c r="D674" t="s">
-        <v>58</v>
+        <v>10</v>
       </c>
       <c r="E674" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="F674" s="1" t="s">
-        <v>2086</v>
+        <v>2070</v>
       </c>
       <c r="G674" t="s">
-        <v>2087</v>
+        <v>2071</v>
       </c>
     </row>
     <row r="675" spans="1:7">
       <c r="A675" t="s">
-        <v>2088</v>
+        <v>2072</v>
       </c>
       <c r="B675" t="s">
-        <v>1984</v>
+        <v>2048</v>
       </c>
       <c r="C675" t="s">
-        <v>178</v>
+        <v>15</v>
       </c>
       <c r="D675" t="s">
         <v>10</v>
       </c>
       <c r="E675" t="s">
         <v>11</v>
       </c>
       <c r="F675" s="1" t="s">
-        <v>2089</v>
+        <v>2073</v>
       </c>
       <c r="G675" t="s">
-        <v>2090</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="676" spans="1:7">
       <c r="A676" t="s">
-        <v>2091</v>
+        <v>2074</v>
       </c>
       <c r="B676" t="s">
-        <v>1984</v>
+        <v>2048</v>
       </c>
       <c r="C676" t="s">
-        <v>182</v>
+        <v>2075</v>
       </c>
       <c r="D676" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E676" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F676" s="1" t="s">
-        <v>2092</v>
+        <v>2076</v>
       </c>
       <c r="G676" t="s">
-        <v>2093</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="677" spans="1:7">
       <c r="A677" t="s">
-        <v>2094</v>
+        <v>1649</v>
       </c>
       <c r="B677" t="s">
-        <v>1984</v>
+        <v>2048</v>
       </c>
       <c r="C677" t="s">
-        <v>186</v>
+        <v>220</v>
       </c>
       <c r="D677" t="s">
-        <v>10</v>
+        <v>192</v>
       </c>
       <c r="E677" t="s">
-        <v>11</v>
+        <v>193</v>
       </c>
       <c r="F677" s="1" t="s">
-        <v>2095</v>
+        <v>2078</v>
       </c>
       <c r="G677" t="s">
-        <v>2096</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="678" spans="1:7">
       <c r="A678" t="s">
-        <v>2097</v>
+        <v>2080</v>
       </c>
       <c r="B678" t="s">
-        <v>1984</v>
+        <v>2048</v>
       </c>
       <c r="C678" t="s">
-        <v>9</v>
+        <v>71</v>
       </c>
       <c r="D678" t="s">
-        <v>10</v>
+        <v>2081</v>
       </c>
       <c r="E678" t="s">
-        <v>11</v>
+        <v>2082</v>
       </c>
       <c r="F678" s="1" t="s">
-        <v>2098</v>
+        <v>2083</v>
       </c>
       <c r="G678" t="s">
-        <v>2099</v>
+        <v>2084</v>
       </c>
     </row>
     <row r="679" spans="1:7">
       <c r="A679" t="s">
-        <v>2100</v>
+        <v>2085</v>
       </c>
       <c r="B679" t="s">
-        <v>1984</v>
+        <v>2048</v>
       </c>
       <c r="C679" t="s">
-        <v>15</v>
+        <v>2086</v>
       </c>
       <c r="D679" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E679" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F679" s="1" t="s">
-        <v>2101</v>
+        <v>2087</v>
       </c>
       <c r="G679" t="s">
-        <v>2102</v>
+        <v>2088</v>
       </c>
     </row>
     <row r="680" spans="1:7">
       <c r="A680" t="s">
-        <v>2103</v>
+        <v>2089</v>
       </c>
       <c r="B680" t="s">
-        <v>1984</v>
+        <v>2048</v>
       </c>
       <c r="C680" t="s">
-        <v>19</v>
+        <v>2090</v>
       </c>
       <c r="D680" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E680" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F680" s="1" t="s">
-        <v>2104</v>
+        <v>2091</v>
       </c>
       <c r="G680" t="s">
-        <v>158</v>
+        <v>2092</v>
       </c>
     </row>
     <row r="681" spans="1:7">
       <c r="A681" t="s">
-        <v>2105</v>
+        <v>2093</v>
       </c>
       <c r="B681" t="s">
-        <v>1984</v>
+        <v>2048</v>
       </c>
       <c r="C681" t="s">
-        <v>23</v>
+        <v>2094</v>
       </c>
       <c r="D681" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E681" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F681" s="1" t="s">
-        <v>2106</v>
+        <v>2095</v>
       </c>
       <c r="G681" t="s">
-        <v>1557</v>
+        <v>2096</v>
       </c>
     </row>
     <row r="682" spans="1:7">
       <c r="A682" t="s">
-        <v>106</v>
+        <v>2097</v>
       </c>
       <c r="B682" t="s">
-        <v>2107</v>
+        <v>2048</v>
       </c>
       <c r="C682" t="s">
-        <v>2108</v>
+        <v>2098</v>
       </c>
       <c r="D682" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E682" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F682" s="1" t="s">
-        <v>2109</v>
+        <v>2099</v>
       </c>
       <c r="G682" t="s">
-        <v>2110</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="683" spans="1:7">
       <c r="A683" t="s">
-        <v>114</v>
+        <v>2101</v>
       </c>
       <c r="B683" t="s">
-        <v>2107</v>
+        <v>2048</v>
       </c>
       <c r="C683" t="s">
-        <v>2111</v>
+        <v>2102</v>
       </c>
       <c r="D683" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E683" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F683" s="1" t="s">
-        <v>2112</v>
+        <v>2103</v>
       </c>
       <c r="G683" t="s">
-        <v>2113</v>
+        <v>2104</v>
       </c>
     </row>
     <row r="684" spans="1:7">
       <c r="A684" t="s">
-        <v>1546</v>
+        <v>2105</v>
       </c>
       <c r="B684" t="s">
+        <v>2048</v>
+      </c>
+      <c r="C684" t="s">
+        <v>2106</v>
+      </c>
+      <c r="D684" t="s">
+        <v>28</v>
+      </c>
+      <c r="E684" t="s">
+        <v>29</v>
+      </c>
+      <c r="F684" s="1" t="s">
         <v>2107</v>
       </c>
-      <c r="C684" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G684" t="s">
-        <v>2115</v>
+        <v>2108</v>
       </c>
     </row>
     <row r="685" spans="1:7">
       <c r="A685" t="s">
-        <v>2116</v>
+        <v>1652</v>
       </c>
       <c r="B685" t="s">
-        <v>2107</v>
+        <v>2048</v>
       </c>
       <c r="C685" t="s">
-        <v>170</v>
+        <v>245</v>
       </c>
       <c r="D685" t="s">
-        <v>10</v>
+        <v>192</v>
       </c>
       <c r="E685" t="s">
-        <v>11</v>
+        <v>193</v>
       </c>
       <c r="F685" s="1" t="s">
-        <v>2117</v>
+        <v>2109</v>
       </c>
       <c r="G685" t="s">
-        <v>2118</v>
+        <v>2110</v>
       </c>
     </row>
     <row r="686" spans="1:7">
       <c r="A686" t="s">
-        <v>9</v>
+        <v>2111</v>
       </c>
       <c r="B686" t="s">
-        <v>2107</v>
+        <v>2048</v>
       </c>
       <c r="C686" t="s">
-        <v>2119</v>
+        <v>2112</v>
       </c>
       <c r="D686" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E686" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F686" s="1" t="s">
-        <v>2120</v>
+        <v>2113</v>
       </c>
       <c r="G686" t="s">
-        <v>2121</v>
+        <v>2114</v>
       </c>
     </row>
     <row r="687" spans="1:7">
       <c r="A687" t="s">
-        <v>71</v>
+        <v>2115</v>
       </c>
       <c r="B687" t="s">
-        <v>2107</v>
+        <v>2048</v>
       </c>
       <c r="C687" t="s">
-        <v>2122</v>
+        <v>2116</v>
       </c>
       <c r="D687" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E687" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F687" s="1" t="s">
-        <v>2123</v>
+        <v>2117</v>
       </c>
       <c r="G687" t="s">
-        <v>2124</v>
+        <v>2118</v>
       </c>
     </row>
     <row r="688" spans="1:7">
       <c r="A688" t="s">
-        <v>182</v>
+        <v>2119</v>
       </c>
       <c r="B688" t="s">
-        <v>2107</v>
+        <v>2048</v>
       </c>
       <c r="C688" t="s">
-        <v>2125</v>
+        <v>2120</v>
       </c>
       <c r="D688" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E688" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F688" s="1" t="s">
-        <v>2126</v>
+        <v>2121</v>
       </c>
       <c r="G688" t="s">
-        <v>2127</v>
+        <v>2122</v>
       </c>
     </row>
     <row r="689" spans="1:7">
       <c r="A689" t="s">
-        <v>2128</v>
+        <v>2123</v>
       </c>
       <c r="B689" t="s">
-        <v>2107</v>
+        <v>2048</v>
       </c>
       <c r="C689" t="s">
-        <v>174</v>
+        <v>19</v>
       </c>
       <c r="D689" t="s">
         <v>10</v>
       </c>
       <c r="E689" t="s">
         <v>11</v>
       </c>
       <c r="F689" s="1" t="s">
-        <v>2129</v>
+        <v>2124</v>
       </c>
       <c r="G689" t="s">
-        <v>2130</v>
+        <v>2125</v>
       </c>
     </row>
     <row r="690" spans="1:7">
       <c r="A690" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="B690" t="s">
-        <v>2107</v>
+        <v>2048</v>
       </c>
       <c r="C690" t="s">
-        <v>2131</v>
+        <v>2126</v>
       </c>
       <c r="D690" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E690" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F690" s="1" t="s">
-        <v>2132</v>
+        <v>2127</v>
       </c>
       <c r="G690" t="s">
-        <v>2133</v>
+        <v>2128</v>
       </c>
     </row>
     <row r="691" spans="1:7">
       <c r="A691" t="s">
-        <v>178</v>
+        <v>186</v>
       </c>
       <c r="B691" t="s">
-        <v>2107</v>
+        <v>2048</v>
       </c>
       <c r="C691" t="s">
-        <v>2134</v>
+        <v>2129</v>
       </c>
       <c r="D691" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E691" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F691" s="1" t="s">
-        <v>2135</v>
+        <v>2130</v>
       </c>
       <c r="G691" t="s">
-        <v>2136</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="692" spans="1:7">
       <c r="A692" t="s">
-        <v>23</v>
+        <v>1603</v>
       </c>
       <c r="B692" t="s">
-        <v>2107</v>
+        <v>2048</v>
       </c>
       <c r="C692" t="s">
-        <v>2137</v>
+        <v>9</v>
       </c>
       <c r="D692" t="s">
-        <v>49</v>
+        <v>192</v>
       </c>
       <c r="E692" t="s">
-        <v>50</v>
+        <v>193</v>
       </c>
       <c r="F692" s="1" t="s">
-        <v>12</v>
+        <v>2132</v>
       </c>
       <c r="G692" t="s">
-        <v>2138</v>
+        <v>2133</v>
       </c>
     </row>
     <row r="693" spans="1:7">
       <c r="A693" t="s">
-        <v>120</v>
+        <v>2134</v>
       </c>
       <c r="B693" t="s">
-        <v>2107</v>
+        <v>2048</v>
       </c>
       <c r="C693" t="s">
-        <v>2139</v>
+        <v>23</v>
       </c>
       <c r="D693" t="s">
-        <v>49</v>
+        <v>147</v>
       </c>
       <c r="E693" t="s">
-        <v>50</v>
+        <v>148</v>
       </c>
       <c r="F693" s="1" t="s">
-        <v>2140</v>
+        <v>2135</v>
       </c>
       <c r="G693" t="s">
-        <v>2141</v>
+        <v>2136</v>
       </c>
     </row>
     <row r="694" spans="1:7">
       <c r="A694" t="s">
-        <v>123</v>
+        <v>2137</v>
       </c>
       <c r="B694" t="s">
-        <v>2107</v>
+        <v>2048</v>
       </c>
       <c r="C694" t="s">
-        <v>2142</v>
+        <v>45</v>
       </c>
       <c r="D694" t="s">
-        <v>49</v>
+        <v>147</v>
       </c>
       <c r="E694" t="s">
-        <v>50</v>
+        <v>148</v>
       </c>
       <c r="F694" s="1" t="s">
-        <v>2143</v>
+        <v>2138</v>
       </c>
       <c r="G694" t="s">
-        <v>2144</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="695" spans="1:7">
       <c r="A695" t="s">
-        <v>127</v>
+        <v>2140</v>
       </c>
       <c r="B695" t="s">
-        <v>2107</v>
+        <v>2048</v>
       </c>
       <c r="C695" t="s">
-        <v>2145</v>
+        <v>45</v>
       </c>
       <c r="D695" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E695" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F695" s="1" t="s">
-        <v>2146</v>
+        <v>2141</v>
       </c>
       <c r="G695" t="s">
-        <v>2147</v>
+        <v>2142</v>
       </c>
     </row>
     <row r="696" spans="1:7">
       <c r="A696" t="s">
-        <v>130</v>
+        <v>2143</v>
       </c>
       <c r="B696" t="s">
-        <v>2107</v>
+        <v>2048</v>
       </c>
       <c r="C696" t="s">
-        <v>2148</v>
+        <v>23</v>
       </c>
       <c r="D696" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E696" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F696" s="1" t="s">
-        <v>2149</v>
+        <v>2144</v>
       </c>
       <c r="G696" t="s">
-        <v>2150</v>
+        <v>2145</v>
       </c>
     </row>
     <row r="697" spans="1:7">
       <c r="A697" t="s">
-        <v>156</v>
+        <v>189</v>
       </c>
       <c r="B697" t="s">
-        <v>2107</v>
+        <v>2048</v>
       </c>
       <c r="C697" t="s">
-        <v>2151</v>
+        <v>2146</v>
       </c>
       <c r="D697" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E697" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F697" s="1" t="s">
-        <v>2152</v>
+        <v>2147</v>
       </c>
       <c r="G697" t="s">
-        <v>2153</v>
+        <v>2148</v>
       </c>
     </row>
     <row r="698" spans="1:7">
       <c r="A698" t="s">
-        <v>2154</v>
+        <v>2149</v>
       </c>
       <c r="B698" t="s">
-        <v>2107</v>
+        <v>2048</v>
       </c>
       <c r="C698" t="s">
-        <v>178</v>
+        <v>49</v>
       </c>
       <c r="D698" t="s">
-        <v>10</v>
+        <v>147</v>
       </c>
       <c r="E698" t="s">
-        <v>11</v>
+        <v>148</v>
       </c>
       <c r="F698" s="1" t="s">
-        <v>2155</v>
+        <v>2150</v>
       </c>
       <c r="G698" t="s">
-        <v>2156</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="699" spans="1:7">
       <c r="A699" t="s">
-        <v>160</v>
+        <v>2152</v>
       </c>
       <c r="B699" t="s">
-        <v>2107</v>
+        <v>2048</v>
       </c>
       <c r="C699" t="s">
-        <v>2157</v>
+        <v>49</v>
       </c>
       <c r="D699" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E699" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F699" s="1" t="s">
-        <v>2158</v>
+        <v>2153</v>
       </c>
       <c r="G699" t="s">
-        <v>2159</v>
+        <v>2154</v>
       </c>
     </row>
     <row r="700" spans="1:7">
       <c r="A700" t="s">
-        <v>2160</v>
+        <v>2155</v>
       </c>
       <c r="B700" t="s">
-        <v>2107</v>
+        <v>2048</v>
       </c>
       <c r="C700" t="s">
-        <v>182</v>
+        <v>52</v>
       </c>
       <c r="D700" t="s">
         <v>10</v>
       </c>
       <c r="E700" t="s">
         <v>11</v>
       </c>
       <c r="F700" s="1" t="s">
-        <v>2161</v>
+        <v>2156</v>
       </c>
       <c r="G700" t="s">
-        <v>2162</v>
+        <v>2157</v>
       </c>
     </row>
     <row r="701" spans="1:7">
       <c r="A701" t="s">
-        <v>163</v>
+        <v>2158</v>
       </c>
       <c r="B701" t="s">
-        <v>2107</v>
+        <v>2048</v>
       </c>
       <c r="C701" t="s">
-        <v>2163</v>
+        <v>55</v>
       </c>
       <c r="D701" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E701" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F701" s="1" t="s">
-        <v>2164</v>
+        <v>2159</v>
       </c>
       <c r="G701" t="s">
-        <v>2165</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="702" spans="1:7">
       <c r="A702" t="s">
-        <v>166</v>
+        <v>2161</v>
       </c>
       <c r="B702" t="s">
-        <v>2107</v>
+        <v>2048</v>
       </c>
       <c r="C702" t="s">
-        <v>2166</v>
+        <v>59</v>
       </c>
       <c r="D702" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E702" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F702" s="1" t="s">
-        <v>2167</v>
+        <v>2162</v>
       </c>
       <c r="G702" t="s">
-        <v>2168</v>
+        <v>2163</v>
       </c>
     </row>
     <row r="703" spans="1:7">
       <c r="A703" t="s">
-        <v>2169</v>
+        <v>2164</v>
       </c>
       <c r="B703" t="s">
-        <v>2107</v>
+        <v>2048</v>
       </c>
       <c r="C703" t="s">
-        <v>182</v>
+        <v>63</v>
       </c>
       <c r="D703" t="s">
-        <v>58</v>
+        <v>10</v>
       </c>
       <c r="E703" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="F703" s="1" t="s">
-        <v>2170</v>
+        <v>2165</v>
       </c>
       <c r="G703" t="s">
-        <v>2171</v>
+        <v>2166</v>
       </c>
     </row>
     <row r="704" spans="1:7">
       <c r="A704" t="s">
-        <v>2172</v>
+        <v>2167</v>
       </c>
       <c r="B704" t="s">
-        <v>2107</v>
+        <v>2048</v>
       </c>
       <c r="C704" t="s">
-        <v>186</v>
+        <v>67</v>
       </c>
       <c r="D704" t="s">
         <v>10</v>
       </c>
       <c r="E704" t="s">
         <v>11</v>
       </c>
       <c r="F704" s="1" t="s">
-        <v>2173</v>
+        <v>2168</v>
       </c>
       <c r="G704" t="s">
-        <v>2174</v>
+        <v>57</v>
       </c>
     </row>
     <row r="705" spans="1:7">
       <c r="A705" t="s">
-        <v>2175</v>
+        <v>2169</v>
       </c>
       <c r="B705" t="s">
-        <v>2107</v>
+        <v>2048</v>
       </c>
       <c r="C705" t="s">
-        <v>9</v>
+        <v>71</v>
       </c>
       <c r="D705" t="s">
         <v>10</v>
       </c>
       <c r="E705" t="s">
         <v>11</v>
       </c>
       <c r="F705" s="1" t="s">
-        <v>2176</v>
+        <v>2170</v>
       </c>
       <c r="G705" t="s">
-        <v>1423</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="706" spans="1:7">
       <c r="A706" t="s">
-        <v>170</v>
+        <v>197</v>
       </c>
       <c r="B706" t="s">
-        <v>2107</v>
+        <v>2171</v>
       </c>
       <c r="C706" t="s">
-        <v>2177</v>
+        <v>2172</v>
       </c>
       <c r="D706" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E706" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F706" s="1" t="s">
-        <v>2178</v>
+        <v>2173</v>
       </c>
       <c r="G706" t="s">
-        <v>2179</v>
+        <v>2174</v>
       </c>
     </row>
     <row r="707" spans="1:7">
       <c r="A707" t="s">
-        <v>174</v>
+        <v>205</v>
       </c>
       <c r="B707" t="s">
-        <v>2107</v>
+        <v>2171</v>
       </c>
       <c r="C707" t="s">
-        <v>2180</v>
+        <v>2175</v>
       </c>
       <c r="D707" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E707" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F707" s="1" t="s">
-        <v>2181</v>
+        <v>2176</v>
       </c>
       <c r="G707" t="s">
-        <v>2182</v>
+        <v>2177</v>
       </c>
     </row>
     <row r="708" spans="1:7">
       <c r="A708" t="s">
-        <v>2183</v>
+        <v>1610</v>
       </c>
       <c r="B708" t="s">
-        <v>2107</v>
+        <v>2171</v>
       </c>
       <c r="C708" t="s">
         <v>15</v>
       </c>
       <c r="D708" t="s">
-        <v>10</v>
+        <v>192</v>
       </c>
       <c r="E708" t="s">
-        <v>11</v>
+        <v>193</v>
       </c>
       <c r="F708" s="1" t="s">
-        <v>2184</v>
+        <v>2178</v>
       </c>
       <c r="G708" t="s">
-        <v>2185</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="709" spans="1:7">
       <c r="A709" t="s">
-        <v>2186</v>
+        <v>2180</v>
       </c>
       <c r="B709" t="s">
-        <v>2107</v>
+        <v>2171</v>
       </c>
       <c r="C709" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D709" t="s">
         <v>10</v>
       </c>
       <c r="E709" t="s">
         <v>11</v>
       </c>
       <c r="F709" s="1" t="s">
-        <v>2187</v>
+        <v>2181</v>
       </c>
       <c r="G709" t="s">
-        <v>2188</v>
+        <v>2182</v>
       </c>
     </row>
     <row r="710" spans="1:7">
       <c r="A710" t="s">
-        <v>2189</v>
+        <v>59</v>
       </c>
       <c r="B710" t="s">
-        <v>2107</v>
+        <v>2171</v>
       </c>
       <c r="C710" t="s">
-        <v>23</v>
+        <v>2183</v>
       </c>
       <c r="D710" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E710" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F710" s="1" t="s">
-        <v>2190</v>
+        <v>2184</v>
       </c>
       <c r="G710" t="s">
-        <v>2191</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="711" spans="1:7">
       <c r="A711" t="s">
-        <v>2192</v>
+        <v>160</v>
       </c>
       <c r="B711" t="s">
-        <v>2193</v>
+        <v>2171</v>
       </c>
       <c r="C711" t="s">
-        <v>2194</v>
+        <v>2186</v>
       </c>
       <c r="D711" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E711" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F711" s="1" t="s">
-        <v>2195</v>
+        <v>2187</v>
       </c>
       <c r="G711" t="s">
-        <v>2196</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="712" spans="1:7">
       <c r="A712" t="s">
-        <v>67</v>
+        <v>52</v>
       </c>
       <c r="B712" t="s">
-        <v>2193</v>
+        <v>2171</v>
       </c>
       <c r="C712" t="s">
-        <v>2197</v>
+        <v>2189</v>
       </c>
       <c r="D712" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E712" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F712" s="1" t="s">
-        <v>2198</v>
+        <v>2190</v>
       </c>
       <c r="G712" t="s">
-        <v>2199</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="713" spans="1:7">
       <c r="A713" t="s">
-        <v>312</v>
+        <v>2192</v>
       </c>
       <c r="B713" t="s">
+        <v>2171</v>
+      </c>
+      <c r="C713" t="s">
+        <v>45</v>
+      </c>
+      <c r="D713" t="s">
+        <v>10</v>
+      </c>
+      <c r="E713" t="s">
+        <v>11</v>
+      </c>
+      <c r="F713" s="1" t="s">
         <v>2193</v>
       </c>
-      <c r="C713" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G713" t="s">
-        <v>2202</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="714" spans="1:7">
       <c r="A714" t="s">
-        <v>2203</v>
+        <v>55</v>
       </c>
       <c r="B714" t="s">
-        <v>2193</v>
+        <v>2171</v>
       </c>
       <c r="C714" t="s">
-        <v>301</v>
+        <v>2195</v>
       </c>
       <c r="D714" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E714" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F714" s="1" t="s">
-        <v>2204</v>
+        <v>2196</v>
       </c>
       <c r="G714" t="s">
-        <v>2205</v>
+        <v>2197</v>
       </c>
     </row>
     <row r="715" spans="1:7">
       <c r="A715" t="s">
-        <v>2206</v>
+        <v>49</v>
       </c>
       <c r="B715" t="s">
-        <v>2193</v>
+        <v>2171</v>
       </c>
       <c r="C715" t="s">
-        <v>312</v>
+        <v>2198</v>
       </c>
       <c r="D715" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E715" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F715" s="1" t="s">
-        <v>2207</v>
+        <v>2199</v>
       </c>
       <c r="G715" t="s">
-        <v>2208</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="716" spans="1:7">
       <c r="A716" t="s">
-        <v>2209</v>
+        <v>71</v>
       </c>
       <c r="B716" t="s">
-        <v>2193</v>
+        <v>2171</v>
       </c>
       <c r="C716" t="s">
-        <v>315</v>
+        <v>2201</v>
       </c>
       <c r="D716" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E716" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F716" s="1" t="s">
-        <v>2210</v>
+        <v>60</v>
       </c>
       <c r="G716" t="s">
-        <v>2211</v>
+        <v>2202</v>
       </c>
     </row>
     <row r="717" spans="1:7">
       <c r="A717" t="s">
-        <v>2212</v>
+        <v>211</v>
       </c>
       <c r="B717" t="s">
-        <v>2193</v>
+        <v>2171</v>
       </c>
       <c r="C717" t="s">
-        <v>28</v>
+        <v>2203</v>
       </c>
       <c r="D717" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E717" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F717" s="1" t="s">
-        <v>2213</v>
+        <v>2204</v>
       </c>
       <c r="G717" t="s">
-        <v>2214</v>
+        <v>2205</v>
       </c>
     </row>
     <row r="718" spans="1:7">
       <c r="A718" t="s">
-        <v>2215</v>
+        <v>214</v>
       </c>
       <c r="B718" t="s">
-        <v>2193</v>
+        <v>2171</v>
       </c>
       <c r="C718" t="s">
-        <v>32</v>
+        <v>2206</v>
       </c>
       <c r="D718" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E718" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F718" s="1" t="s">
-        <v>2216</v>
+        <v>2207</v>
       </c>
       <c r="G718" t="s">
-        <v>2217</v>
+        <v>2208</v>
       </c>
     </row>
     <row r="719" spans="1:7">
       <c r="A719" t="s">
-        <v>2218</v>
+        <v>217</v>
       </c>
       <c r="B719" t="s">
-        <v>2193</v>
+        <v>2171</v>
       </c>
       <c r="C719" t="s">
-        <v>36</v>
+        <v>2209</v>
       </c>
       <c r="D719" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E719" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F719" s="1" t="s">
-        <v>2219</v>
+        <v>2210</v>
       </c>
       <c r="G719" t="s">
-        <v>2220</v>
+        <v>2211</v>
       </c>
     </row>
     <row r="720" spans="1:7">
       <c r="A720" t="s">
-        <v>2221</v>
+        <v>220</v>
       </c>
       <c r="B720" t="s">
-        <v>2193</v>
+        <v>2171</v>
       </c>
       <c r="C720" t="s">
-        <v>39</v>
+        <v>2212</v>
       </c>
       <c r="D720" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E720" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F720" s="1" t="s">
-        <v>2222</v>
+        <v>2213</v>
       </c>
       <c r="G720" t="s">
-        <v>2223</v>
+        <v>2214</v>
       </c>
     </row>
     <row r="721" spans="1:7">
       <c r="A721" t="s">
-        <v>2224</v>
+        <v>245</v>
       </c>
       <c r="B721" t="s">
-        <v>2193</v>
+        <v>2171</v>
       </c>
       <c r="C721" t="s">
-        <v>2225</v>
+        <v>2215</v>
       </c>
       <c r="D721" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E721" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F721" s="1" t="s">
-        <v>2226</v>
+        <v>2216</v>
       </c>
       <c r="G721" t="s">
-        <v>1423</v>
+        <v>2217</v>
       </c>
     </row>
     <row r="722" spans="1:7">
       <c r="A722" t="s">
-        <v>315</v>
+        <v>2218</v>
       </c>
       <c r="B722" t="s">
-        <v>2193</v>
+        <v>2171</v>
       </c>
       <c r="C722" t="s">
-        <v>2227</v>
+        <v>49</v>
       </c>
       <c r="D722" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E722" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F722" s="1" t="s">
-        <v>2228</v>
+        <v>2219</v>
       </c>
       <c r="G722" t="s">
-        <v>2229</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="723" spans="1:7">
       <c r="A723" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="B723" t="s">
-        <v>2193</v>
+        <v>2171</v>
       </c>
       <c r="C723" t="s">
-        <v>2230</v>
+        <v>2221</v>
       </c>
       <c r="D723" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E723" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F723" s="1" t="s">
-        <v>2231</v>
+        <v>2222</v>
       </c>
       <c r="G723" t="s">
-        <v>2232</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="724" spans="1:7">
       <c r="A724" t="s">
-        <v>1599</v>
+        <v>2224</v>
       </c>
       <c r="B724" t="s">
-        <v>2193</v>
+        <v>2171</v>
       </c>
       <c r="C724" t="s">
-        <v>166</v>
+        <v>52</v>
       </c>
       <c r="D724" t="s">
-        <v>101</v>
+        <v>10</v>
       </c>
       <c r="E724" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="F724" s="1" t="s">
-        <v>2233</v>
+        <v>2225</v>
       </c>
       <c r="G724" t="s">
-        <v>2234</v>
+        <v>2226</v>
       </c>
     </row>
     <row r="725" spans="1:7">
       <c r="A725" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="B725" t="s">
-        <v>2193</v>
+        <v>2171</v>
       </c>
       <c r="C725" t="s">
-        <v>2235</v>
+        <v>2227</v>
       </c>
       <c r="D725" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E725" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F725" s="1" t="s">
-        <v>2236</v>
+        <v>2228</v>
       </c>
       <c r="G725" t="s">
-        <v>2237</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="726" spans="1:7">
       <c r="A726" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
       <c r="B726" t="s">
-        <v>2193</v>
+        <v>2171</v>
       </c>
       <c r="C726" t="s">
-        <v>2238</v>
+        <v>2230</v>
       </c>
       <c r="D726" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E726" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F726" s="1" t="s">
-        <v>2239</v>
+        <v>2231</v>
       </c>
       <c r="G726" t="s">
-        <v>2240</v>
+        <v>2232</v>
       </c>
     </row>
     <row r="727" spans="1:7">
       <c r="A727" t="s">
-        <v>2241</v>
+        <v>2233</v>
       </c>
       <c r="B727" t="s">
-        <v>2193</v>
+        <v>2171</v>
       </c>
       <c r="C727" t="s">
-        <v>186</v>
+        <v>52</v>
       </c>
       <c r="D727" t="s">
-        <v>58</v>
+        <v>147</v>
       </c>
       <c r="E727" t="s">
-        <v>59</v>
+        <v>148</v>
       </c>
       <c r="F727" s="1" t="s">
-        <v>2242</v>
+        <v>2234</v>
       </c>
       <c r="G727" t="s">
-        <v>2243</v>
+        <v>2235</v>
       </c>
     </row>
     <row r="728" spans="1:7">
       <c r="A728" t="s">
-        <v>39</v>
+        <v>2236</v>
       </c>
       <c r="B728" t="s">
-        <v>2193</v>
+        <v>2171</v>
       </c>
       <c r="C728" t="s">
-        <v>2244</v>
+        <v>55</v>
       </c>
       <c r="D728" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E728" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F728" s="1" t="s">
-        <v>2245</v>
+        <v>2237</v>
       </c>
       <c r="G728" t="s">
-        <v>2202</v>
+        <v>2238</v>
       </c>
     </row>
     <row r="729" spans="1:7">
       <c r="A729" t="s">
-        <v>1602</v>
+        <v>2239</v>
       </c>
       <c r="B729" t="s">
-        <v>2193</v>
+        <v>2171</v>
       </c>
       <c r="C729" t="s">
-        <v>170</v>
+        <v>59</v>
       </c>
       <c r="D729" t="s">
-        <v>101</v>
+        <v>10</v>
       </c>
       <c r="E729" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="F729" s="1" t="s">
-        <v>2246</v>
+        <v>2240</v>
       </c>
       <c r="G729" t="s">
-        <v>2247</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="730" spans="1:7">
       <c r="A730" t="s">
-        <v>2248</v>
+        <v>23</v>
       </c>
       <c r="B730" t="s">
-        <v>2193</v>
+        <v>2171</v>
       </c>
       <c r="C730" t="s">
-        <v>186</v>
+        <v>2241</v>
       </c>
       <c r="D730" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E730" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F730" s="1" t="s">
-        <v>2249</v>
+        <v>2242</v>
       </c>
       <c r="G730" t="s">
-        <v>2250</v>
+        <v>2243</v>
       </c>
     </row>
     <row r="731" spans="1:7">
       <c r="A731" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B731" t="s">
-        <v>2193</v>
+        <v>2171</v>
       </c>
       <c r="C731" t="s">
-        <v>2251</v>
+        <v>2244</v>
       </c>
       <c r="D731" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E731" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F731" s="1" t="s">
-        <v>2252</v>
+        <v>2245</v>
       </c>
       <c r="G731" t="s">
-        <v>2253</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="732" spans="1:7">
       <c r="A732" t="s">
-        <v>45</v>
+        <v>2247</v>
       </c>
       <c r="B732" t="s">
-        <v>2193</v>
+        <v>2171</v>
       </c>
       <c r="C732" t="s">
-        <v>2254</v>
+        <v>63</v>
       </c>
       <c r="D732" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E732" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F732" s="1" t="s">
-        <v>2255</v>
+        <v>2248</v>
       </c>
       <c r="G732" t="s">
-        <v>2256</v>
+        <v>2249</v>
       </c>
     </row>
     <row r="733" spans="1:7">
       <c r="A733" t="s">
-        <v>2257</v>
+        <v>2250</v>
       </c>
       <c r="B733" t="s">
-        <v>2193</v>
+        <v>2171</v>
       </c>
       <c r="C733" t="s">
-        <v>9</v>
+        <v>67</v>
       </c>
       <c r="D733" t="s">
         <v>10</v>
       </c>
       <c r="E733" t="s">
         <v>11</v>
       </c>
       <c r="F733" s="1" t="s">
-        <v>2258</v>
+        <v>2251</v>
       </c>
       <c r="G733" t="s">
-        <v>2259</v>
+        <v>2252</v>
       </c>
     </row>
     <row r="734" spans="1:7">
       <c r="A734" t="s">
-        <v>2260</v>
+        <v>2253</v>
       </c>
       <c r="B734" t="s">
-        <v>2193</v>
+        <v>2171</v>
       </c>
       <c r="C734" t="s">
-        <v>19</v>
+        <v>71</v>
       </c>
       <c r="D734" t="s">
         <v>10</v>
       </c>
       <c r="E734" t="s">
         <v>11</v>
       </c>
       <c r="F734" s="1" t="s">
-        <v>2261</v>
+        <v>2254</v>
       </c>
       <c r="G734" t="s">
-        <v>2262</v>
+        <v>2255</v>
       </c>
     </row>
     <row r="735" spans="1:7">
       <c r="A735" t="s">
-        <v>2263</v>
+        <v>2256</v>
       </c>
       <c r="B735" t="s">
-        <v>2193</v>
+        <v>2257</v>
       </c>
       <c r="C735" t="s">
-        <v>2264</v>
+        <v>2258</v>
       </c>
       <c r="D735" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E735" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F735" s="1" t="s">
-        <v>2265</v>
+        <v>2259</v>
       </c>
       <c r="G735" t="s">
-        <v>2036</v>
+        <v>2260</v>
       </c>
     </row>
     <row r="736" spans="1:7">
       <c r="A736" t="s">
-        <v>2266</v>
+        <v>156</v>
       </c>
       <c r="B736" t="s">
-        <v>2193</v>
+        <v>2257</v>
       </c>
       <c r="C736" t="s">
-        <v>23</v>
+        <v>2261</v>
       </c>
       <c r="D736" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E736" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F736" s="1" t="s">
-        <v>2267</v>
+        <v>2262</v>
       </c>
       <c r="G736" t="s">
-        <v>158</v>
+        <v>2263</v>
       </c>
     </row>
     <row r="737" spans="1:7">
       <c r="A737" t="s">
-        <v>2268</v>
+        <v>392</v>
       </c>
       <c r="B737" t="s">
-        <v>2269</v>
+        <v>2257</v>
       </c>
       <c r="C737" t="s">
-        <v>2270</v>
+        <v>2264</v>
       </c>
       <c r="D737" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E737" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F737" s="1" t="s">
-        <v>2271</v>
+        <v>2265</v>
       </c>
       <c r="G737" t="s">
-        <v>2272</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="738" spans="1:7">
       <c r="A738" t="s">
-        <v>2273</v>
+        <v>2267</v>
       </c>
       <c r="B738" t="s">
+        <v>2257</v>
+      </c>
+      <c r="C738" t="s">
+        <v>381</v>
+      </c>
+      <c r="D738" t="s">
+        <v>291</v>
+      </c>
+      <c r="E738" t="s">
+        <v>292</v>
+      </c>
+      <c r="F738" s="1" t="s">
+        <v>2268</v>
+      </c>
+      <c r="G738" t="s">
         <v>2269</v>
-      </c>
-[...13 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="739" spans="1:7">
       <c r="A739" t="s">
-        <v>2275</v>
+        <v>2270</v>
       </c>
       <c r="B739" t="s">
-        <v>2269</v>
+        <v>2257</v>
       </c>
       <c r="C739" t="s">
-        <v>174</v>
+        <v>392</v>
       </c>
       <c r="D739" t="s">
-        <v>10</v>
+        <v>291</v>
       </c>
       <c r="E739" t="s">
-        <v>11</v>
+        <v>292</v>
       </c>
       <c r="F739" s="1" t="s">
-        <v>2276</v>
+        <v>2271</v>
       </c>
       <c r="G739" t="s">
-        <v>2277</v>
+        <v>2272</v>
       </c>
     </row>
     <row r="740" spans="1:7">
       <c r="A740" t="s">
-        <v>2278</v>
+        <v>2273</v>
       </c>
       <c r="B740" t="s">
-        <v>2269</v>
+        <v>2257</v>
       </c>
       <c r="C740" t="s">
-        <v>178</v>
+        <v>395</v>
       </c>
       <c r="D740" t="s">
-        <v>10</v>
+        <v>291</v>
       </c>
       <c r="E740" t="s">
-        <v>11</v>
+        <v>292</v>
       </c>
       <c r="F740" s="1" t="s">
-        <v>2279</v>
+        <v>2274</v>
       </c>
       <c r="G740" t="s">
-        <v>2280</v>
+        <v>2275</v>
       </c>
     </row>
     <row r="741" spans="1:7">
       <c r="A741" t="s">
-        <v>2281</v>
+        <v>2276</v>
       </c>
       <c r="B741" t="s">
-        <v>2269</v>
+        <v>2257</v>
       </c>
       <c r="C741" t="s">
-        <v>2282</v>
+        <v>80</v>
       </c>
       <c r="D741" t="s">
-        <v>10</v>
+        <v>291</v>
       </c>
       <c r="E741" t="s">
-        <v>11</v>
+        <v>292</v>
       </c>
       <c r="F741" s="1" t="s">
-        <v>2283</v>
+        <v>2277</v>
       </c>
       <c r="G741" t="s">
-        <v>2284</v>
+        <v>2278</v>
       </c>
     </row>
     <row r="742" spans="1:7">
       <c r="A742" t="s">
-        <v>1707</v>
+        <v>2279</v>
       </c>
       <c r="B742" t="s">
-        <v>2269</v>
+        <v>2257</v>
       </c>
       <c r="C742" t="s">
-        <v>2285</v>
+        <v>92</v>
       </c>
       <c r="D742" t="s">
-        <v>49</v>
+        <v>291</v>
       </c>
       <c r="E742" t="s">
-        <v>50</v>
+        <v>292</v>
       </c>
       <c r="F742" s="1" t="s">
-        <v>2286</v>
+        <v>2280</v>
       </c>
       <c r="G742" t="s">
-        <v>2287</v>
+        <v>2281</v>
       </c>
     </row>
     <row r="743" spans="1:7">
       <c r="A743" t="s">
-        <v>1711</v>
+        <v>2282</v>
       </c>
       <c r="B743" t="s">
-        <v>2269</v>
+        <v>2257</v>
       </c>
       <c r="C743" t="s">
-        <v>2288</v>
+        <v>108</v>
       </c>
       <c r="D743" t="s">
-        <v>49</v>
+        <v>291</v>
       </c>
       <c r="E743" t="s">
-        <v>50</v>
+        <v>292</v>
       </c>
       <c r="F743" s="1" t="s">
-        <v>2289</v>
+        <v>2283</v>
       </c>
       <c r="G743" t="s">
-        <v>2290</v>
+        <v>2284</v>
       </c>
     </row>
     <row r="744" spans="1:7">
       <c r="A744" t="s">
+        <v>2285</v>
+      </c>
+      <c r="B744" t="s">
+        <v>2257</v>
+      </c>
+      <c r="C744" t="s">
+        <v>111</v>
+      </c>
+      <c r="D744" t="s">
         <v>291</v>
       </c>
-      <c r="B744" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E744" t="s">
-        <v>50</v>
+        <v>292</v>
       </c>
       <c r="F744" s="1" t="s">
-        <v>2292</v>
+        <v>2286</v>
       </c>
       <c r="G744" t="s">
-        <v>2293</v>
+        <v>2287</v>
       </c>
     </row>
     <row r="745" spans="1:7">
       <c r="A745" t="s">
-        <v>295</v>
+        <v>2288</v>
       </c>
       <c r="B745" t="s">
-        <v>2269</v>
+        <v>2257</v>
       </c>
       <c r="C745" t="s">
-        <v>2294</v>
+        <v>2289</v>
       </c>
       <c r="D745" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E745" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F745" s="1" t="s">
-        <v>2295</v>
+        <v>2290</v>
       </c>
       <c r="G745" t="s">
-        <v>2296</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="746" spans="1:7">
       <c r="A746" t="s">
-        <v>298</v>
+        <v>395</v>
       </c>
       <c r="B746" t="s">
-        <v>2269</v>
+        <v>2257</v>
       </c>
       <c r="C746" t="s">
-        <v>2297</v>
+        <v>2291</v>
       </c>
       <c r="D746" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E746" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F746" s="1" t="s">
-        <v>2298</v>
+        <v>2292</v>
       </c>
       <c r="G746" t="s">
-        <v>2299</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="747" spans="1:7">
       <c r="A747" t="s">
-        <v>1549</v>
+        <v>80</v>
       </c>
       <c r="B747" t="s">
-        <v>2269</v>
+        <v>2257</v>
       </c>
       <c r="C747" t="s">
-        <v>174</v>
+        <v>2294</v>
       </c>
       <c r="D747" t="s">
-        <v>101</v>
+        <v>28</v>
       </c>
       <c r="E747" t="s">
-        <v>102</v>
+        <v>29</v>
       </c>
       <c r="F747" s="1" t="s">
-        <v>2300</v>
+        <v>2295</v>
       </c>
       <c r="G747" t="s">
-        <v>2301</v>
+        <v>2296</v>
       </c>
     </row>
     <row r="748" spans="1:7">
       <c r="A748" t="s">
-        <v>2302</v>
+        <v>1663</v>
       </c>
       <c r="B748" t="s">
-        <v>2269</v>
+        <v>2257</v>
       </c>
       <c r="C748" t="s">
-        <v>182</v>
+        <v>19</v>
       </c>
       <c r="D748" t="s">
-        <v>10</v>
+        <v>192</v>
       </c>
       <c r="E748" t="s">
-        <v>11</v>
+        <v>193</v>
       </c>
       <c r="F748" s="1" t="s">
-        <v>2303</v>
+        <v>2297</v>
       </c>
       <c r="G748" t="s">
-        <v>2304</v>
+        <v>2298</v>
       </c>
     </row>
     <row r="749" spans="1:7">
       <c r="A749" t="s">
-        <v>2305</v>
+        <v>92</v>
       </c>
       <c r="B749" t="s">
-        <v>2269</v>
+        <v>2257</v>
       </c>
       <c r="C749" t="s">
-        <v>15</v>
+        <v>2299</v>
       </c>
       <c r="D749" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E749" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F749" s="1" t="s">
-        <v>2306</v>
+        <v>2300</v>
       </c>
       <c r="G749" t="s">
-        <v>2307</v>
+        <v>2301</v>
       </c>
     </row>
     <row r="750" spans="1:7">
       <c r="A750" t="s">
-        <v>2308</v>
+        <v>108</v>
       </c>
       <c r="B750" t="s">
-        <v>2269</v>
+        <v>2257</v>
       </c>
       <c r="C750" t="s">
-        <v>186</v>
+        <v>2302</v>
       </c>
       <c r="D750" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E750" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F750" s="1" t="s">
-        <v>2309</v>
+        <v>2303</v>
       </c>
       <c r="G750" t="s">
-        <v>2310</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="751" spans="1:7">
       <c r="A751" t="s">
-        <v>2311</v>
+        <v>2305</v>
       </c>
       <c r="B751" t="s">
-        <v>2269</v>
+        <v>2257</v>
       </c>
       <c r="C751" t="s">
-        <v>9</v>
+        <v>55</v>
       </c>
       <c r="D751" t="s">
-        <v>10</v>
+        <v>147</v>
       </c>
       <c r="E751" t="s">
-        <v>11</v>
+        <v>148</v>
       </c>
       <c r="F751" s="1" t="s">
-        <v>2312</v>
+        <v>2306</v>
       </c>
       <c r="G751" t="s">
-        <v>2313</v>
+        <v>2307</v>
       </c>
     </row>
     <row r="752" spans="1:7">
       <c r="A752" t="s">
-        <v>301</v>
+        <v>111</v>
       </c>
       <c r="B752" t="s">
-        <v>2269</v>
+        <v>2257</v>
       </c>
       <c r="C752" t="s">
-        <v>2314</v>
+        <v>2308</v>
       </c>
       <c r="D752" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E752" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F752" s="1" t="s">
-        <v>2315</v>
+        <v>2309</v>
       </c>
       <c r="G752" t="s">
-        <v>2316</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="753" spans="1:7">
       <c r="A753" t="s">
-        <v>2317</v>
+        <v>1666</v>
       </c>
       <c r="B753" t="s">
-        <v>2269</v>
+        <v>2257</v>
       </c>
       <c r="C753" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D753" t="s">
-        <v>10</v>
+        <v>192</v>
       </c>
       <c r="E753" t="s">
-        <v>11</v>
+        <v>193</v>
       </c>
       <c r="F753" s="1" t="s">
-        <v>2318</v>
+        <v>2310</v>
       </c>
       <c r="G753" t="s">
-        <v>2319</v>
+        <v>2311</v>
       </c>
     </row>
     <row r="754" spans="1:7">
       <c r="A754" t="s">
-        <v>2320</v>
+        <v>2312</v>
       </c>
       <c r="B754" t="s">
-        <v>2269</v>
+        <v>2257</v>
       </c>
       <c r="C754" t="s">
-        <v>23</v>
+        <v>55</v>
       </c>
       <c r="D754" t="s">
         <v>10</v>
       </c>
       <c r="E754" t="s">
         <v>11</v>
       </c>
       <c r="F754" s="1" t="s">
-        <v>2321</v>
+        <v>2313</v>
       </c>
       <c r="G754" t="s">
-        <v>2322</v>
+        <v>2314</v>
       </c>
     </row>
     <row r="755" spans="1:7">
       <c r="A755" t="s">
-        <v>1370</v>
+        <v>133</v>
       </c>
       <c r="B755" t="s">
-        <v>2323</v>
+        <v>2257</v>
       </c>
       <c r="C755" t="s">
-        <v>2324</v>
+        <v>2315</v>
       </c>
       <c r="D755" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E755" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F755" s="1" t="s">
-        <v>2325</v>
+        <v>2316</v>
       </c>
       <c r="G755" t="s">
-        <v>2326</v>
+        <v>2317</v>
       </c>
     </row>
     <row r="756" spans="1:7">
       <c r="A756" t="s">
-        <v>1374</v>
+        <v>136</v>
       </c>
       <c r="B756" t="s">
-        <v>2323</v>
+        <v>2257</v>
       </c>
       <c r="C756" t="s">
-        <v>2327</v>
+        <v>2318</v>
       </c>
       <c r="D756" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E756" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F756" s="1" t="s">
-        <v>2328</v>
+        <v>2319</v>
       </c>
       <c r="G756" t="s">
-        <v>2329</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="757" spans="1:7">
       <c r="A757" t="s">
-        <v>1378</v>
+        <v>2321</v>
       </c>
       <c r="B757" t="s">
+        <v>2257</v>
+      </c>
+      <c r="C757" t="s">
+        <v>59</v>
+      </c>
+      <c r="D757" t="s">
+        <v>10</v>
+      </c>
+      <c r="E757" t="s">
+        <v>11</v>
+      </c>
+      <c r="F757" s="1" t="s">
+        <v>2322</v>
+      </c>
+      <c r="G757" t="s">
         <v>2323</v>
-      </c>
-[...13 lines deleted...]
-        <v>2332</v>
       </c>
     </row>
     <row r="758" spans="1:7">
       <c r="A758" t="s">
-        <v>1382</v>
+        <v>2324</v>
       </c>
       <c r="B758" t="s">
-        <v>2323</v>
+        <v>2257</v>
       </c>
       <c r="C758" t="s">
-        <v>2333</v>
+        <v>67</v>
       </c>
       <c r="D758" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E758" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F758" s="1" t="s">
-        <v>2334</v>
+        <v>2325</v>
       </c>
       <c r="G758" t="s">
-        <v>2335</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="759" spans="1:7">
       <c r="A759" t="s">
-        <v>1386</v>
+        <v>2327</v>
       </c>
       <c r="B759" t="s">
-        <v>2323</v>
+        <v>2257</v>
       </c>
       <c r="C759" t="s">
-        <v>2336</v>
+        <v>2328</v>
       </c>
       <c r="D759" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E759" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F759" s="1" t="s">
-        <v>2337</v>
+        <v>2329</v>
       </c>
       <c r="G759" t="s">
-        <v>2338</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="760" spans="1:7">
       <c r="A760" t="s">
-        <v>1502</v>
+        <v>2330</v>
       </c>
       <c r="B760" t="s">
-        <v>2323</v>
+        <v>2257</v>
       </c>
       <c r="C760" t="s">
-        <v>2339</v>
+        <v>71</v>
       </c>
       <c r="D760" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E760" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F760" s="1" t="s">
-        <v>2340</v>
+        <v>2331</v>
       </c>
       <c r="G760" t="s">
-        <v>2341</v>
+        <v>57</v>
       </c>
     </row>
     <row r="761" spans="1:7">
       <c r="A761" t="s">
-        <v>2342</v>
+        <v>2332</v>
       </c>
       <c r="B761" t="s">
-        <v>2323</v>
+        <v>2333</v>
       </c>
       <c r="C761" t="s">
-        <v>45</v>
+        <v>2334</v>
       </c>
       <c r="D761" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E761" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F761" s="1" t="s">
-        <v>2343</v>
+        <v>2335</v>
       </c>
       <c r="G761" t="s">
-        <v>2344</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="762" spans="1:7">
       <c r="A762" t="s">
-        <v>1685</v>
+        <v>2337</v>
       </c>
       <c r="B762" t="s">
-        <v>2323</v>
+        <v>2333</v>
       </c>
       <c r="C762" t="s">
-        <v>2345</v>
+        <v>133</v>
       </c>
       <c r="D762" t="s">
-        <v>49</v>
+        <v>291</v>
       </c>
       <c r="E762" t="s">
-        <v>50</v>
+        <v>292</v>
       </c>
       <c r="F762" s="1" t="s">
-        <v>2346</v>
+        <v>2338</v>
       </c>
       <c r="G762" t="s">
-        <v>2347</v>
+        <v>294</v>
       </c>
     </row>
     <row r="763" spans="1:7">
       <c r="A763" t="s">
-        <v>2348</v>
+        <v>2339</v>
       </c>
       <c r="B763" t="s">
-        <v>2323</v>
+        <v>2333</v>
       </c>
       <c r="C763" t="s">
-        <v>186</v>
+        <v>45</v>
       </c>
       <c r="D763" t="s">
         <v>10</v>
       </c>
       <c r="E763" t="s">
         <v>11</v>
       </c>
       <c r="F763" s="1" t="s">
-        <v>2349</v>
+        <v>2340</v>
       </c>
       <c r="G763" t="s">
-        <v>2350</v>
+        <v>2341</v>
       </c>
     </row>
     <row r="764" spans="1:7">
       <c r="A764" t="s">
-        <v>2351</v>
+        <v>2342</v>
       </c>
       <c r="B764" t="s">
-        <v>2323</v>
+        <v>2333</v>
       </c>
       <c r="C764" t="s">
-        <v>9</v>
+        <v>49</v>
       </c>
       <c r="D764" t="s">
         <v>10</v>
       </c>
       <c r="E764" t="s">
         <v>11</v>
       </c>
       <c r="F764" s="1" t="s">
-        <v>2352</v>
+        <v>2343</v>
       </c>
       <c r="G764" t="s">
-        <v>2353</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="765" spans="1:7">
       <c r="A765" t="s">
-        <v>1562</v>
+        <v>2345</v>
       </c>
       <c r="B765" t="s">
-        <v>2323</v>
+        <v>2333</v>
       </c>
       <c r="C765" t="s">
-        <v>178</v>
+        <v>2346</v>
       </c>
       <c r="D765" t="s">
-        <v>101</v>
+        <v>10</v>
       </c>
       <c r="E765" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="F765" s="1" t="s">
-        <v>2354</v>
+        <v>2347</v>
       </c>
       <c r="G765" t="s">
-        <v>2355</v>
+        <v>2348</v>
       </c>
     </row>
     <row r="766" spans="1:7">
       <c r="A766" t="s">
-        <v>1695</v>
+        <v>1771</v>
       </c>
       <c r="B766" t="s">
-        <v>2323</v>
+        <v>2333</v>
       </c>
       <c r="C766" t="s">
-        <v>2356</v>
+        <v>2349</v>
       </c>
       <c r="D766" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E766" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F766" s="1" t="s">
-        <v>2357</v>
+        <v>2350</v>
       </c>
       <c r="G766" t="s">
-        <v>2358</v>
+        <v>2351</v>
       </c>
     </row>
     <row r="767" spans="1:7">
       <c r="A767" t="s">
-        <v>1699</v>
+        <v>1775</v>
       </c>
       <c r="B767" t="s">
-        <v>2323</v>
+        <v>2333</v>
       </c>
       <c r="C767" t="s">
-        <v>2359</v>
+        <v>2352</v>
       </c>
       <c r="D767" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E767" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F767" s="1" t="s">
-        <v>2360</v>
+        <v>2353</v>
       </c>
       <c r="G767" t="s">
-        <v>2361</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="768" spans="1:7">
       <c r="A768" t="s">
-        <v>1703</v>
+        <v>371</v>
       </c>
       <c r="B768" t="s">
-        <v>2323</v>
+        <v>2333</v>
       </c>
       <c r="C768" t="s">
-        <v>276</v>
+        <v>2355</v>
       </c>
       <c r="D768" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E768" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F768" s="1" t="s">
-        <v>2362</v>
+        <v>2356</v>
       </c>
       <c r="G768" t="s">
-        <v>2363</v>
+        <v>2357</v>
       </c>
     </row>
     <row r="769" spans="1:7">
       <c r="A769" t="s">
-        <v>2364</v>
+        <v>375</v>
       </c>
       <c r="B769" t="s">
-        <v>2323</v>
+        <v>2333</v>
       </c>
       <c r="C769" t="s">
-        <v>15</v>
+        <v>2358</v>
       </c>
       <c r="D769" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E769" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F769" s="1" t="s">
-        <v>2365</v>
+        <v>2359</v>
       </c>
       <c r="G769" t="s">
-        <v>2366</v>
+        <v>2360</v>
       </c>
     </row>
     <row r="770" spans="1:7">
       <c r="A770" t="s">
-        <v>2367</v>
+        <v>378</v>
       </c>
       <c r="B770" t="s">
-        <v>2323</v>
+        <v>2333</v>
       </c>
       <c r="C770" t="s">
-        <v>19</v>
+        <v>2361</v>
       </c>
       <c r="D770" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E770" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F770" s="1" t="s">
-        <v>2368</v>
+        <v>2362</v>
       </c>
       <c r="G770" t="s">
-        <v>158</v>
+        <v>2363</v>
       </c>
     </row>
     <row r="771" spans="1:7">
       <c r="A771" t="s">
-        <v>2369</v>
+        <v>1613</v>
       </c>
       <c r="B771" t="s">
-        <v>2323</v>
+        <v>2333</v>
       </c>
       <c r="C771" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="D771" t="s">
-        <v>10</v>
+        <v>192</v>
       </c>
       <c r="E771" t="s">
-        <v>11</v>
+        <v>193</v>
       </c>
       <c r="F771" s="1" t="s">
-        <v>2370</v>
+        <v>2364</v>
       </c>
       <c r="G771" t="s">
-        <v>2371</v>
+        <v>2365</v>
       </c>
     </row>
     <row r="772" spans="1:7">
       <c r="A772" t="s">
-        <v>1314</v>
+        <v>2366</v>
       </c>
       <c r="B772" t="s">
-        <v>2372</v>
+        <v>2333</v>
       </c>
       <c r="C772" t="s">
-        <v>2373</v>
+        <v>52</v>
       </c>
       <c r="D772" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E772" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F772" s="1" t="s">
-        <v>2374</v>
+        <v>2367</v>
       </c>
       <c r="G772" t="s">
-        <v>2375</v>
+        <v>2368</v>
       </c>
     </row>
     <row r="773" spans="1:7">
       <c r="A773" t="s">
-        <v>1318</v>
+        <v>2369</v>
       </c>
       <c r="B773" t="s">
-        <v>2372</v>
+        <v>2333</v>
       </c>
       <c r="C773" t="s">
-        <v>2376</v>
+        <v>63</v>
       </c>
       <c r="D773" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E773" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F773" s="1" t="s">
-        <v>2377</v>
+        <v>2370</v>
       </c>
       <c r="G773" t="s">
-        <v>2378</v>
+        <v>2371</v>
       </c>
     </row>
     <row r="774" spans="1:7">
       <c r="A774" t="s">
-        <v>2379</v>
+        <v>2372</v>
       </c>
       <c r="B774" t="s">
-        <v>2372</v>
+        <v>2333</v>
       </c>
       <c r="C774" t="s">
-        <v>178</v>
+        <v>55</v>
       </c>
       <c r="D774" t="s">
         <v>10</v>
       </c>
       <c r="E774" t="s">
         <v>11</v>
       </c>
       <c r="F774" s="1" t="s">
-        <v>2380</v>
+        <v>2373</v>
       </c>
       <c r="G774" t="s">
-        <v>2381</v>
+        <v>2374</v>
       </c>
     </row>
     <row r="775" spans="1:7">
       <c r="A775" t="s">
-        <v>1322</v>
+        <v>2375</v>
       </c>
       <c r="B775" t="s">
-        <v>2372</v>
+        <v>2333</v>
       </c>
       <c r="C775" t="s">
-        <v>2382</v>
+        <v>59</v>
       </c>
       <c r="D775" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E775" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F775" s="1" t="s">
-        <v>2383</v>
+        <v>2376</v>
       </c>
       <c r="G775" t="s">
-        <v>2384</v>
+        <v>2377</v>
       </c>
     </row>
     <row r="776" spans="1:7">
       <c r="A776" t="s">
-        <v>1326</v>
+        <v>381</v>
       </c>
       <c r="B776" t="s">
-        <v>2372</v>
+        <v>2333</v>
       </c>
       <c r="C776" t="s">
-        <v>2385</v>
+        <v>2378</v>
       </c>
       <c r="D776" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E776" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F776" s="1" t="s">
-        <v>2386</v>
+        <v>2379</v>
       </c>
       <c r="G776" t="s">
-        <v>2384</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="777" spans="1:7">
       <c r="A777" t="s">
-        <v>1330</v>
+        <v>2381</v>
       </c>
       <c r="B777" t="s">
-        <v>2372</v>
+        <v>2333</v>
       </c>
       <c r="C777" t="s">
-        <v>2387</v>
+        <v>67</v>
       </c>
       <c r="D777" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E777" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F777" s="1" t="s">
-        <v>2388</v>
+        <v>2382</v>
       </c>
       <c r="G777" t="s">
-        <v>2384</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="778" spans="1:7">
       <c r="A778" t="s">
-        <v>1334</v>
+        <v>2384</v>
       </c>
       <c r="B778" t="s">
-        <v>2372</v>
+        <v>2333</v>
       </c>
       <c r="C778" t="s">
-        <v>2389</v>
+        <v>71</v>
       </c>
       <c r="D778" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E778" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F778" s="1" t="s">
-        <v>2390</v>
+        <v>2385</v>
       </c>
       <c r="G778" t="s">
-        <v>2391</v>
+        <v>2386</v>
       </c>
     </row>
     <row r="779" spans="1:7">
       <c r="A779" t="s">
-        <v>2392</v>
+        <v>1434</v>
       </c>
       <c r="B779" t="s">
-        <v>2372</v>
+        <v>2387</v>
       </c>
       <c r="C779" t="s">
-        <v>182</v>
+        <v>2388</v>
       </c>
       <c r="D779" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E779" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F779" s="1" t="s">
-        <v>2393</v>
+        <v>2389</v>
       </c>
       <c r="G779" t="s">
-        <v>2394</v>
+        <v>2390</v>
       </c>
     </row>
     <row r="780" spans="1:7">
       <c r="A780" t="s">
-        <v>1338</v>
+        <v>1438</v>
       </c>
       <c r="B780" t="s">
-        <v>2372</v>
+        <v>2387</v>
       </c>
       <c r="C780" t="s">
-        <v>2395</v>
+        <v>2391</v>
       </c>
       <c r="D780" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E780" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F780" s="1" t="s">
-        <v>2396</v>
+        <v>2392</v>
       </c>
       <c r="G780" t="s">
-        <v>2397</v>
+        <v>2393</v>
       </c>
     </row>
     <row r="781" spans="1:7">
       <c r="A781" t="s">
-        <v>1342</v>
+        <v>1442</v>
       </c>
       <c r="B781" t="s">
-        <v>2372</v>
+        <v>2387</v>
       </c>
       <c r="C781" t="s">
-        <v>2398</v>
+        <v>2394</v>
       </c>
       <c r="D781" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E781" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F781" s="1" t="s">
-        <v>2399</v>
+        <v>2395</v>
       </c>
       <c r="G781" t="s">
-        <v>2400</v>
+        <v>2396</v>
       </c>
     </row>
     <row r="782" spans="1:7">
       <c r="A782" t="s">
-        <v>1346</v>
+        <v>1446</v>
       </c>
       <c r="B782" t="s">
-        <v>2372</v>
+        <v>2387</v>
       </c>
       <c r="C782" t="s">
-        <v>2401</v>
+        <v>2397</v>
       </c>
       <c r="D782" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E782" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F782" s="1" t="s">
-        <v>2402</v>
+        <v>2398</v>
       </c>
       <c r="G782" t="s">
-        <v>2403</v>
+        <v>2399</v>
       </c>
     </row>
     <row r="783" spans="1:7">
       <c r="A783" t="s">
-        <v>1350</v>
+        <v>1450</v>
       </c>
       <c r="B783" t="s">
-        <v>2372</v>
+        <v>2387</v>
       </c>
       <c r="C783" t="s">
-        <v>2404</v>
+        <v>2400</v>
       </c>
       <c r="D783" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E783" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F783" s="1" t="s">
-        <v>2405</v>
+        <v>2401</v>
       </c>
       <c r="G783" t="s">
-        <v>2406</v>
+        <v>2402</v>
       </c>
     </row>
     <row r="784" spans="1:7">
       <c r="A784" t="s">
-        <v>1354</v>
+        <v>1566</v>
       </c>
       <c r="B784" t="s">
-        <v>2372</v>
+        <v>2387</v>
       </c>
       <c r="C784" t="s">
-        <v>2407</v>
+        <v>2403</v>
       </c>
       <c r="D784" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E784" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F784" s="1" t="s">
-        <v>2408</v>
+        <v>2404</v>
       </c>
       <c r="G784" t="s">
-        <v>2409</v>
+        <v>2405</v>
       </c>
     </row>
     <row r="785" spans="1:7">
       <c r="A785" t="s">
-        <v>2410</v>
+        <v>2406</v>
       </c>
       <c r="B785" t="s">
-        <v>2372</v>
+        <v>2387</v>
       </c>
       <c r="C785" t="s">
-        <v>186</v>
+        <v>136</v>
       </c>
       <c r="D785" t="s">
-        <v>10</v>
+        <v>291</v>
       </c>
       <c r="E785" t="s">
-        <v>11</v>
+        <v>292</v>
       </c>
       <c r="F785" s="1" t="s">
-        <v>2411</v>
+        <v>2407</v>
       </c>
       <c r="G785" t="s">
-        <v>2394</v>
+        <v>2408</v>
       </c>
     </row>
     <row r="786" spans="1:7">
       <c r="A786" t="s">
-        <v>1358</v>
+        <v>1749</v>
       </c>
       <c r="B786" t="s">
-        <v>2372</v>
+        <v>2387</v>
       </c>
       <c r="C786" t="s">
-        <v>2412</v>
+        <v>2409</v>
       </c>
       <c r="D786" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E786" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F786" s="1" t="s">
-        <v>2413</v>
+        <v>2410</v>
       </c>
       <c r="G786" t="s">
-        <v>2414</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="787" spans="1:7">
       <c r="A787" t="s">
-        <v>1362</v>
+        <v>2412</v>
       </c>
       <c r="B787" t="s">
-        <v>2372</v>
+        <v>2387</v>
       </c>
       <c r="C787" t="s">
-        <v>2415</v>
+        <v>55</v>
       </c>
       <c r="D787" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E787" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F787" s="1" t="s">
-        <v>2416</v>
+        <v>2413</v>
       </c>
       <c r="G787" t="s">
-        <v>2417</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="788" spans="1:7">
       <c r="A788" t="s">
-        <v>2418</v>
+        <v>2415</v>
       </c>
       <c r="B788" t="s">
-        <v>2372</v>
+        <v>2387</v>
       </c>
       <c r="C788" t="s">
-        <v>9</v>
+        <v>59</v>
       </c>
       <c r="D788" t="s">
         <v>10</v>
       </c>
       <c r="E788" t="s">
         <v>11</v>
       </c>
       <c r="F788" s="1" t="s">
-        <v>2419</v>
+        <v>2416</v>
       </c>
       <c r="G788" t="s">
-        <v>2420</v>
+        <v>2417</v>
       </c>
     </row>
     <row r="789" spans="1:7">
       <c r="A789" t="s">
-        <v>2421</v>
+        <v>1626</v>
       </c>
       <c r="B789" t="s">
-        <v>2372</v>
+        <v>2387</v>
       </c>
       <c r="C789" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="D789" t="s">
-        <v>10</v>
+        <v>192</v>
       </c>
       <c r="E789" t="s">
-        <v>11</v>
+        <v>193</v>
       </c>
       <c r="F789" s="1" t="s">
-        <v>2422</v>
+        <v>2418</v>
       </c>
       <c r="G789" t="s">
-        <v>2423</v>
+        <v>2419</v>
       </c>
     </row>
     <row r="790" spans="1:7">
       <c r="A790" t="s">
-        <v>1366</v>
+        <v>1759</v>
       </c>
       <c r="B790" t="s">
-        <v>2372</v>
+        <v>2387</v>
       </c>
       <c r="C790" t="s">
-        <v>2424</v>
+        <v>2420</v>
       </c>
       <c r="D790" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E790" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F790" s="1" t="s">
-        <v>2425</v>
+        <v>2421</v>
       </c>
       <c r="G790" t="s">
-        <v>2426</v>
+        <v>2422</v>
       </c>
     </row>
     <row r="791" spans="1:7">
       <c r="A791" t="s">
-        <v>2427</v>
+        <v>1763</v>
       </c>
       <c r="B791" t="s">
-        <v>2372</v>
+        <v>2387</v>
       </c>
       <c r="C791" t="s">
-        <v>19</v>
+        <v>2423</v>
       </c>
       <c r="D791" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E791" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F791" s="1" t="s">
-        <v>2428</v>
+        <v>2424</v>
       </c>
       <c r="G791" t="s">
-        <v>158</v>
+        <v>2425</v>
       </c>
     </row>
     <row r="792" spans="1:7">
       <c r="A792" t="s">
-        <v>2429</v>
+        <v>1767</v>
       </c>
       <c r="B792" t="s">
-        <v>2372</v>
+        <v>2387</v>
       </c>
       <c r="C792" t="s">
-        <v>23</v>
+        <v>356</v>
       </c>
       <c r="D792" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E792" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F792" s="1" t="s">
-        <v>2430</v>
+        <v>2426</v>
       </c>
       <c r="G792" t="s">
-        <v>2371</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="793" spans="1:7">
       <c r="A793" t="s">
-        <v>272</v>
+        <v>2428</v>
       </c>
       <c r="B793" t="s">
-        <v>2431</v>
+        <v>2387</v>
       </c>
       <c r="C793" t="s">
-        <v>2432</v>
+        <v>63</v>
       </c>
       <c r="D793" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E793" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F793" s="1" t="s">
-        <v>2433</v>
+        <v>2429</v>
       </c>
       <c r="G793" t="s">
-        <v>2434</v>
+        <v>2430</v>
       </c>
     </row>
     <row r="794" spans="1:7">
       <c r="A794" t="s">
-        <v>276</v>
+        <v>2431</v>
       </c>
       <c r="B794" t="s">
-        <v>2431</v>
+        <v>2387</v>
       </c>
       <c r="C794" t="s">
-        <v>2435</v>
+        <v>67</v>
       </c>
       <c r="D794" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E794" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F794" s="1" t="s">
-        <v>2436</v>
+        <v>2432</v>
       </c>
       <c r="G794" t="s">
-        <v>2437</v>
+        <v>57</v>
       </c>
     </row>
     <row r="795" spans="1:7">
       <c r="A795" t="s">
-        <v>280</v>
+        <v>2433</v>
       </c>
       <c r="B795" t="s">
-        <v>2431</v>
+        <v>2387</v>
       </c>
       <c r="C795" t="s">
-        <v>2438</v>
+        <v>71</v>
       </c>
       <c r="D795" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E795" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F795" s="1" t="s">
-        <v>2439</v>
+        <v>2434</v>
       </c>
       <c r="G795" t="s">
-        <v>2440</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="796" spans="1:7">
       <c r="A796" t="s">
-        <v>2441</v>
+        <v>1378</v>
       </c>
       <c r="B796" t="s">
-        <v>2431</v>
+        <v>2436</v>
       </c>
       <c r="C796" t="s">
-        <v>63</v>
+        <v>2437</v>
       </c>
       <c r="D796" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E796" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F796" s="1" t="s">
-        <v>2442</v>
+        <v>2438</v>
       </c>
       <c r="G796" t="s">
-        <v>2443</v>
+        <v>2439</v>
       </c>
     </row>
     <row r="797" spans="1:7">
       <c r="A797" t="s">
-        <v>2444</v>
+        <v>1382</v>
       </c>
       <c r="B797" t="s">
-        <v>2431</v>
+        <v>2436</v>
       </c>
       <c r="C797" t="s">
-        <v>23</v>
+        <v>2440</v>
       </c>
       <c r="D797" t="s">
-        <v>1417</v>
+        <v>28</v>
       </c>
       <c r="E797" t="s">
-        <v>1418</v>
+        <v>29</v>
       </c>
       <c r="F797" s="1" t="s">
-        <v>2445</v>
+        <v>2441</v>
       </c>
       <c r="G797" t="s">
-        <v>2446</v>
+        <v>2442</v>
       </c>
     </row>
     <row r="798" spans="1:7">
       <c r="A798" t="s">
-        <v>284</v>
+        <v>2443</v>
       </c>
       <c r="B798" t="s">
-        <v>2431</v>
+        <v>2436</v>
       </c>
       <c r="C798" t="s">
-        <v>2447</v>
+        <v>49</v>
       </c>
       <c r="D798" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E798" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F798" s="1" t="s">
-        <v>2448</v>
+        <v>2444</v>
       </c>
       <c r="G798" t="s">
-        <v>2449</v>
+        <v>2445</v>
       </c>
     </row>
     <row r="799" spans="1:7">
       <c r="A799" t="s">
-        <v>288</v>
+        <v>1386</v>
       </c>
       <c r="B799" t="s">
-        <v>2431</v>
+        <v>2436</v>
       </c>
       <c r="C799" t="s">
-        <v>2016</v>
+        <v>2446</v>
       </c>
       <c r="D799" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E799" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F799" s="1" t="s">
-        <v>2450</v>
+        <v>2447</v>
       </c>
       <c r="G799" t="s">
-        <v>2451</v>
+        <v>2448</v>
       </c>
     </row>
     <row r="800" spans="1:7">
       <c r="A800" t="s">
-        <v>2452</v>
+        <v>1390</v>
       </c>
       <c r="B800" t="s">
-        <v>2431</v>
+        <v>2436</v>
       </c>
       <c r="C800" t="s">
-        <v>9</v>
+        <v>2449</v>
       </c>
       <c r="D800" t="s">
-        <v>58</v>
+        <v>28</v>
       </c>
       <c r="E800" t="s">
-        <v>59</v>
+        <v>29</v>
       </c>
       <c r="F800" s="1" t="s">
-        <v>2453</v>
+        <v>2450</v>
       </c>
       <c r="G800" t="s">
-        <v>2454</v>
+        <v>2448</v>
       </c>
     </row>
     <row r="801" spans="1:7">
       <c r="A801" t="s">
-        <v>1134</v>
+        <v>1394</v>
       </c>
       <c r="B801" t="s">
-        <v>2431</v>
+        <v>2436</v>
       </c>
       <c r="C801" t="s">
-        <v>2455</v>
+        <v>2451</v>
       </c>
       <c r="D801" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E801" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F801" s="1" t="s">
-        <v>2456</v>
+        <v>2452</v>
       </c>
       <c r="G801" t="s">
-        <v>2457</v>
+        <v>2448</v>
       </c>
     </row>
     <row r="802" spans="1:7">
       <c r="A802" t="s">
-        <v>1190</v>
+        <v>1398</v>
       </c>
       <c r="B802" t="s">
-        <v>2431</v>
+        <v>2436</v>
       </c>
       <c r="C802" t="s">
-        <v>2458</v>
+        <v>2453</v>
       </c>
       <c r="D802" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E802" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F802" s="1" t="s">
-        <v>2459</v>
+        <v>2454</v>
       </c>
       <c r="G802" t="s">
-        <v>2460</v>
+        <v>2455</v>
       </c>
     </row>
     <row r="803" spans="1:7">
       <c r="A803" t="s">
-        <v>1233</v>
+        <v>2456</v>
       </c>
       <c r="B803" t="s">
-        <v>2431</v>
+        <v>2436</v>
       </c>
       <c r="C803" t="s">
-        <v>2461</v>
+        <v>52</v>
       </c>
       <c r="D803" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E803" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F803" s="1" t="s">
-        <v>2462</v>
+        <v>2457</v>
       </c>
       <c r="G803" t="s">
-        <v>2463</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="804" spans="1:7">
       <c r="A804" t="s">
-        <v>1290</v>
+        <v>1402</v>
       </c>
       <c r="B804" t="s">
-        <v>2431</v>
+        <v>2436</v>
       </c>
       <c r="C804" t="s">
-        <v>2464</v>
+        <v>2459</v>
       </c>
       <c r="D804" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E804" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F804" s="1" t="s">
-        <v>2465</v>
+        <v>2460</v>
       </c>
       <c r="G804" t="s">
-        <v>2466</v>
+        <v>2461</v>
       </c>
     </row>
     <row r="805" spans="1:7">
       <c r="A805" t="s">
-        <v>1294</v>
+        <v>1406</v>
       </c>
       <c r="B805" t="s">
-        <v>2431</v>
+        <v>2436</v>
       </c>
       <c r="C805" t="s">
-        <v>2467</v>
+        <v>2462</v>
       </c>
       <c r="D805" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E805" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F805" s="1" t="s">
-        <v>2468</v>
+        <v>2463</v>
       </c>
       <c r="G805" t="s">
-        <v>2469</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="806" spans="1:7">
       <c r="A806" t="s">
-        <v>1298</v>
+        <v>1410</v>
       </c>
       <c r="B806" t="s">
-        <v>2431</v>
+        <v>2436</v>
       </c>
       <c r="C806" t="s">
-        <v>2470</v>
+        <v>2465</v>
       </c>
       <c r="D806" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E806" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F806" s="1" t="s">
-        <v>2471</v>
+        <v>2466</v>
       </c>
       <c r="G806" t="s">
-        <v>2472</v>
+        <v>2467</v>
       </c>
     </row>
     <row r="807" spans="1:7">
       <c r="A807" t="s">
-        <v>1302</v>
+        <v>1414</v>
       </c>
       <c r="B807" t="s">
-        <v>2431</v>
+        <v>2436</v>
       </c>
       <c r="C807" t="s">
-        <v>2473</v>
+        <v>2468</v>
       </c>
       <c r="D807" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E807" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F807" s="1" t="s">
-        <v>2474</v>
+        <v>2469</v>
       </c>
       <c r="G807" t="s">
-        <v>2475</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="808" spans="1:7">
       <c r="A808" t="s">
-        <v>1306</v>
+        <v>1418</v>
       </c>
       <c r="B808" t="s">
-        <v>2431</v>
+        <v>2436</v>
       </c>
       <c r="C808" t="s">
-        <v>2476</v>
+        <v>2471</v>
       </c>
       <c r="D808" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E808" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F808" s="1" t="s">
-        <v>2477</v>
+        <v>2472</v>
       </c>
       <c r="G808" t="s">
-        <v>2478</v>
+        <v>2473</v>
       </c>
     </row>
     <row r="809" spans="1:7">
       <c r="A809" t="s">
-        <v>2479</v>
+        <v>2474</v>
       </c>
       <c r="B809" t="s">
-        <v>2431</v>
+        <v>2436</v>
       </c>
       <c r="C809" t="s">
-        <v>9</v>
+        <v>55</v>
       </c>
       <c r="D809" t="s">
         <v>10</v>
       </c>
       <c r="E809" t="s">
         <v>11</v>
       </c>
       <c r="F809" s="1" t="s">
-        <v>2480</v>
+        <v>2475</v>
       </c>
       <c r="G809" t="s">
-        <v>2481</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="810" spans="1:7">
       <c r="A810" t="s">
-        <v>1310</v>
+        <v>1422</v>
       </c>
       <c r="B810" t="s">
-        <v>2431</v>
+        <v>2436</v>
       </c>
       <c r="C810" t="s">
-        <v>2482</v>
+        <v>2476</v>
       </c>
       <c r="D810" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E810" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F810" s="1" t="s">
-        <v>2483</v>
+        <v>2477</v>
       </c>
       <c r="G810" t="s">
-        <v>2484</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="811" spans="1:7">
       <c r="A811" t="s">
-        <v>2485</v>
+        <v>1426</v>
       </c>
       <c r="B811" t="s">
-        <v>2431</v>
+        <v>2436</v>
       </c>
       <c r="C811" t="s">
-        <v>15</v>
+        <v>2479</v>
       </c>
       <c r="D811" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E811" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F811" s="1" t="s">
-        <v>2486</v>
+        <v>2480</v>
       </c>
       <c r="G811" t="s">
-        <v>2487</v>
+        <v>2481</v>
       </c>
     </row>
     <row r="812" spans="1:7">
       <c r="A812" t="s">
-        <v>2488</v>
+        <v>2482</v>
       </c>
       <c r="B812" t="s">
-        <v>2431</v>
+        <v>2436</v>
       </c>
       <c r="C812" t="s">
-        <v>19</v>
+        <v>59</v>
       </c>
       <c r="D812" t="s">
         <v>10</v>
       </c>
       <c r="E812" t="s">
         <v>11</v>
       </c>
       <c r="F812" s="1" t="s">
-        <v>2489</v>
+        <v>2483</v>
       </c>
       <c r="G812" t="s">
-        <v>2490</v>
+        <v>2484</v>
       </c>
     </row>
     <row r="813" spans="1:7">
       <c r="A813" t="s">
-        <v>2491</v>
+        <v>2485</v>
       </c>
       <c r="B813" t="s">
-        <v>2431</v>
+        <v>2436</v>
       </c>
       <c r="C813" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="D813" t="s">
-        <v>211</v>
+        <v>10</v>
       </c>
       <c r="E813" t="s">
-        <v>212</v>
+        <v>11</v>
       </c>
       <c r="F813" s="1" t="s">
-        <v>2492</v>
+        <v>2486</v>
       </c>
       <c r="G813" t="s">
-        <v>2493</v>
+        <v>2487</v>
       </c>
     </row>
     <row r="814" spans="1:7">
       <c r="A814" t="s">
-        <v>2494</v>
+        <v>1430</v>
       </c>
       <c r="B814" t="s">
-        <v>2431</v>
+        <v>2436</v>
       </c>
       <c r="C814" t="s">
-        <v>23</v>
+        <v>2488</v>
       </c>
       <c r="D814" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E814" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F814" s="1" t="s">
-        <v>2495</v>
+        <v>2489</v>
       </c>
       <c r="G814" t="s">
-        <v>158</v>
+        <v>2490</v>
       </c>
     </row>
     <row r="815" spans="1:7">
       <c r="A815" t="s">
-        <v>216</v>
+        <v>2491</v>
       </c>
       <c r="B815" t="s">
-        <v>2496</v>
+        <v>2436</v>
       </c>
       <c r="C815" t="s">
-        <v>2497</v>
+        <v>67</v>
       </c>
       <c r="D815" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E815" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F815" s="1" t="s">
-        <v>2498</v>
+        <v>2492</v>
       </c>
       <c r="G815" t="s">
-        <v>2499</v>
+        <v>57</v>
       </c>
     </row>
     <row r="816" spans="1:7">
       <c r="A816" t="s">
-        <v>220</v>
+        <v>2493</v>
       </c>
       <c r="B816" t="s">
-        <v>2496</v>
+        <v>2436</v>
       </c>
       <c r="C816" t="s">
-        <v>2500</v>
+        <v>71</v>
       </c>
       <c r="D816" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E816" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F816" s="1" t="s">
-        <v>2501</v>
+        <v>2494</v>
       </c>
       <c r="G816" t="s">
-        <v>2502</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="817" spans="1:7">
       <c r="A817" t="s">
-        <v>224</v>
+        <v>352</v>
       </c>
       <c r="B817" t="s">
+        <v>2495</v>
+      </c>
+      <c r="C817" t="s">
         <v>2496</v>
       </c>
-      <c r="C817" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D817" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E817" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F817" s="1" t="s">
-        <v>2504</v>
+        <v>2497</v>
       </c>
       <c r="G817" t="s">
-        <v>2505</v>
+        <v>2498</v>
       </c>
     </row>
     <row r="818" spans="1:7">
       <c r="A818" t="s">
-        <v>228</v>
+        <v>356</v>
       </c>
       <c r="B818" t="s">
-        <v>2496</v>
+        <v>2495</v>
       </c>
       <c r="C818" t="s">
-        <v>2506</v>
+        <v>2499</v>
       </c>
       <c r="D818" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E818" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F818" s="1" t="s">
-        <v>2507</v>
+        <v>2500</v>
       </c>
       <c r="G818" t="s">
-        <v>2508</v>
+        <v>2501</v>
       </c>
     </row>
     <row r="819" spans="1:7">
       <c r="A819" t="s">
-        <v>232</v>
+        <v>360</v>
       </c>
       <c r="B819" t="s">
-        <v>2496</v>
+        <v>2495</v>
       </c>
       <c r="C819" t="s">
-        <v>2509</v>
+        <v>2502</v>
       </c>
       <c r="D819" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E819" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F819" s="1" t="s">
-        <v>2510</v>
+        <v>2503</v>
       </c>
       <c r="G819" t="s">
-        <v>2511</v>
+        <v>2504</v>
       </c>
     </row>
     <row r="820" spans="1:7">
       <c r="A820" t="s">
-        <v>236</v>
+        <v>2505</v>
       </c>
       <c r="B820" t="s">
-        <v>2496</v>
+        <v>2495</v>
       </c>
       <c r="C820" t="s">
-        <v>2512</v>
+        <v>152</v>
       </c>
       <c r="D820" t="s">
-        <v>49</v>
+        <v>291</v>
       </c>
       <c r="E820" t="s">
-        <v>50</v>
+        <v>292</v>
       </c>
       <c r="F820" s="1" t="s">
-        <v>2513</v>
+        <v>2506</v>
       </c>
       <c r="G820" t="s">
-        <v>2514</v>
+        <v>2507</v>
       </c>
     </row>
     <row r="821" spans="1:7">
       <c r="A821" t="s">
-        <v>240</v>
+        <v>2508</v>
       </c>
       <c r="B821" t="s">
-        <v>2496</v>
+        <v>2495</v>
       </c>
       <c r="C821" t="s">
-        <v>2515</v>
+        <v>71</v>
       </c>
       <c r="D821" t="s">
-        <v>49</v>
+        <v>1481</v>
       </c>
       <c r="E821" t="s">
-        <v>50</v>
+        <v>1482</v>
       </c>
       <c r="F821" s="1" t="s">
-        <v>2516</v>
+        <v>2509</v>
       </c>
       <c r="G821" t="s">
-        <v>2517</v>
+        <v>2510</v>
       </c>
     </row>
     <row r="822" spans="1:7">
       <c r="A822" t="s">
-        <v>244</v>
+        <v>364</v>
       </c>
       <c r="B822" t="s">
-        <v>2496</v>
+        <v>2495</v>
       </c>
       <c r="C822" t="s">
-        <v>2518</v>
+        <v>2511</v>
       </c>
       <c r="D822" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E822" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F822" s="1" t="s">
-        <v>2519</v>
+        <v>2512</v>
       </c>
       <c r="G822" t="s">
-        <v>2517</v>
+        <v>2513</v>
       </c>
     </row>
     <row r="823" spans="1:7">
       <c r="A823" t="s">
-        <v>248</v>
+        <v>368</v>
       </c>
       <c r="B823" t="s">
-        <v>2496</v>
+        <v>2495</v>
       </c>
       <c r="C823" t="s">
-        <v>2520</v>
+        <v>2080</v>
       </c>
       <c r="D823" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E823" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F823" s="1" t="s">
-        <v>2521</v>
+        <v>2514</v>
       </c>
       <c r="G823" t="s">
-        <v>2522</v>
+        <v>2515</v>
       </c>
     </row>
     <row r="824" spans="1:7">
       <c r="A824" t="s">
-        <v>2523</v>
+        <v>2516</v>
       </c>
       <c r="B824" t="s">
-        <v>2496</v>
+        <v>2495</v>
       </c>
       <c r="C824" t="s">
-        <v>123</v>
+        <v>59</v>
       </c>
       <c r="D824" t="s">
-        <v>10</v>
+        <v>147</v>
       </c>
       <c r="E824" t="s">
-        <v>11</v>
+        <v>148</v>
       </c>
       <c r="F824" s="1" t="s">
-        <v>2524</v>
+        <v>2517</v>
       </c>
       <c r="G824" t="s">
-        <v>2525</v>
+        <v>2518</v>
       </c>
     </row>
     <row r="825" spans="1:7">
       <c r="A825" t="s">
-        <v>2526</v>
+        <v>1203</v>
       </c>
       <c r="B825" t="s">
-        <v>2496</v>
+        <v>2495</v>
       </c>
       <c r="C825" t="s">
-        <v>127</v>
+        <v>2519</v>
       </c>
       <c r="D825" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E825" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F825" s="1" t="s">
-        <v>2527</v>
+        <v>2520</v>
       </c>
       <c r="G825" t="s">
-        <v>2528</v>
+        <v>2521</v>
       </c>
     </row>
     <row r="826" spans="1:7">
       <c r="A826" t="s">
-        <v>2529</v>
+        <v>1255</v>
       </c>
       <c r="B826" t="s">
-        <v>2496</v>
+        <v>2495</v>
       </c>
       <c r="C826" t="s">
-        <v>130</v>
+        <v>2522</v>
       </c>
       <c r="D826" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E826" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F826" s="1" t="s">
-        <v>2530</v>
+        <v>2523</v>
       </c>
       <c r="G826" t="s">
-        <v>2531</v>
+        <v>2524</v>
       </c>
     </row>
     <row r="827" spans="1:7">
       <c r="A827" t="s">
-        <v>2532</v>
+        <v>1297</v>
       </c>
       <c r="B827" t="s">
-        <v>2496</v>
+        <v>2495</v>
       </c>
       <c r="C827" t="s">
-        <v>156</v>
+        <v>2525</v>
       </c>
       <c r="D827" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E827" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F827" s="1" t="s">
-        <v>2533</v>
+        <v>2526</v>
       </c>
       <c r="G827" t="s">
-        <v>2534</v>
+        <v>2527</v>
       </c>
     </row>
     <row r="828" spans="1:7">
       <c r="A828" t="s">
-        <v>2535</v>
+        <v>1354</v>
       </c>
       <c r="B828" t="s">
-        <v>2496</v>
+        <v>2495</v>
       </c>
       <c r="C828" t="s">
-        <v>160</v>
+        <v>2528</v>
       </c>
       <c r="D828" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E828" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F828" s="1" t="s">
-        <v>2536</v>
+        <v>2529</v>
       </c>
       <c r="G828" t="s">
-        <v>2537</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="829" spans="1:7">
       <c r="A829" t="s">
-        <v>2538</v>
+        <v>1358</v>
       </c>
       <c r="B829" t="s">
-        <v>2496</v>
+        <v>2495</v>
       </c>
       <c r="C829" t="s">
-        <v>163</v>
+        <v>2531</v>
       </c>
       <c r="D829" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E829" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F829" s="1" t="s">
-        <v>2539</v>
+        <v>2532</v>
       </c>
       <c r="G829" t="s">
-        <v>2537</v>
+        <v>2533</v>
       </c>
     </row>
     <row r="830" spans="1:7">
       <c r="A830" t="s">
-        <v>546</v>
+        <v>1362</v>
       </c>
       <c r="B830" t="s">
-        <v>2496</v>
+        <v>2495</v>
       </c>
       <c r="C830" t="s">
-        <v>2540</v>
+        <v>2534</v>
       </c>
       <c r="D830" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E830" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F830" s="1" t="s">
-        <v>2541</v>
+        <v>2535</v>
       </c>
       <c r="G830" t="s">
-        <v>2542</v>
+        <v>2536</v>
       </c>
     </row>
     <row r="831" spans="1:7">
       <c r="A831" t="s">
-        <v>256</v>
+        <v>1366</v>
       </c>
       <c r="B831" t="s">
-        <v>2496</v>
+        <v>2495</v>
       </c>
       <c r="C831" t="s">
-        <v>2543</v>
+        <v>2537</v>
       </c>
       <c r="D831" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E831" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F831" s="1" t="s">
-        <v>2544</v>
+        <v>2538</v>
       </c>
       <c r="G831" t="s">
-        <v>2545</v>
+        <v>2539</v>
       </c>
     </row>
     <row r="832" spans="1:7">
       <c r="A832" t="s">
-        <v>260</v>
+        <v>1370</v>
       </c>
       <c r="B832" t="s">
-        <v>2496</v>
+        <v>2495</v>
       </c>
       <c r="C832" t="s">
-        <v>2546</v>
+        <v>2540</v>
       </c>
       <c r="D832" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E832" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F832" s="1" t="s">
-        <v>2547</v>
+        <v>2541</v>
       </c>
       <c r="G832" t="s">
-        <v>2548</v>
+        <v>2542</v>
       </c>
     </row>
     <row r="833" spans="1:7">
       <c r="A833" t="s">
-        <v>2549</v>
+        <v>2543</v>
       </c>
       <c r="B833" t="s">
-        <v>2496</v>
+        <v>2495</v>
       </c>
       <c r="C833" t="s">
-        <v>166</v>
+        <v>59</v>
       </c>
       <c r="D833" t="s">
         <v>10</v>
       </c>
       <c r="E833" t="s">
         <v>11</v>
       </c>
       <c r="F833" s="1" t="s">
-        <v>2550</v>
+        <v>2544</v>
       </c>
       <c r="G833" t="s">
-        <v>2551</v>
+        <v>2545</v>
       </c>
     </row>
     <row r="834" spans="1:7">
       <c r="A834" t="s">
-        <v>2552</v>
+        <v>1374</v>
       </c>
       <c r="B834" t="s">
-        <v>2496</v>
+        <v>2495</v>
       </c>
       <c r="C834" t="s">
-        <v>170</v>
+        <v>2546</v>
       </c>
       <c r="D834" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E834" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F834" s="1" t="s">
-        <v>2553</v>
+        <v>2547</v>
       </c>
       <c r="G834" t="s">
-        <v>2554</v>
+        <v>2548</v>
       </c>
     </row>
     <row r="835" spans="1:7">
       <c r="A835" t="s">
-        <v>2555</v>
+        <v>2549</v>
       </c>
       <c r="B835" t="s">
-        <v>2496</v>
+        <v>2495</v>
       </c>
       <c r="C835" t="s">
-        <v>174</v>
+        <v>63</v>
       </c>
       <c r="D835" t="s">
         <v>10</v>
       </c>
       <c r="E835" t="s">
         <v>11</v>
       </c>
       <c r="F835" s="1" t="s">
-        <v>2556</v>
+        <v>2550</v>
       </c>
       <c r="G835" t="s">
-        <v>2557</v>
+        <v>2551</v>
       </c>
     </row>
     <row r="836" spans="1:7">
       <c r="A836" t="s">
-        <v>264</v>
+        <v>2552</v>
       </c>
       <c r="B836" t="s">
-        <v>2496</v>
+        <v>2495</v>
       </c>
       <c r="C836" t="s">
-        <v>2558</v>
+        <v>67</v>
       </c>
       <c r="D836" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E836" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F836" s="1" t="s">
-        <v>2559</v>
+        <v>2553</v>
       </c>
       <c r="G836" t="s">
-        <v>2560</v>
+        <v>2554</v>
       </c>
     </row>
     <row r="837" spans="1:7">
       <c r="A837" t="s">
-        <v>2561</v>
+        <v>2555</v>
       </c>
       <c r="B837" t="s">
-        <v>2496</v>
+        <v>2495</v>
       </c>
       <c r="C837" t="s">
-        <v>178</v>
+        <v>156</v>
       </c>
       <c r="D837" t="s">
-        <v>10</v>
+        <v>291</v>
       </c>
       <c r="E837" t="s">
-        <v>11</v>
+        <v>292</v>
       </c>
       <c r="F837" s="1" t="s">
-        <v>2562</v>
+        <v>2556</v>
       </c>
       <c r="G837" t="s">
-        <v>2563</v>
+        <v>2557</v>
       </c>
     </row>
     <row r="838" spans="1:7">
       <c r="A838" t="s">
-        <v>268</v>
+        <v>2558</v>
       </c>
       <c r="B838" t="s">
-        <v>2496</v>
+        <v>2495</v>
       </c>
       <c r="C838" t="s">
-        <v>2564</v>
+        <v>71</v>
       </c>
       <c r="D838" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E838" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F838" s="1" t="s">
-        <v>2565</v>
+        <v>2559</v>
       </c>
       <c r="G838" t="s">
-        <v>2566</v>
+        <v>57</v>
       </c>
     </row>
     <row r="839" spans="1:7">
       <c r="A839" t="s">
-        <v>2567</v>
+        <v>296</v>
       </c>
       <c r="B839" t="s">
-        <v>2496</v>
+        <v>2560</v>
       </c>
       <c r="C839" t="s">
-        <v>182</v>
+        <v>2561</v>
       </c>
       <c r="D839" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E839" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F839" s="1" t="s">
-        <v>2568</v>
+        <v>2562</v>
       </c>
       <c r="G839" t="s">
-        <v>2569</v>
+        <v>2563</v>
       </c>
     </row>
     <row r="840" spans="1:7">
       <c r="A840" t="s">
-        <v>2570</v>
+        <v>300</v>
       </c>
       <c r="B840" t="s">
-        <v>2496</v>
+        <v>2560</v>
       </c>
       <c r="C840" t="s">
-        <v>186</v>
+        <v>2564</v>
       </c>
       <c r="D840" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E840" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F840" s="1" t="s">
-        <v>2571</v>
+        <v>2565</v>
       </c>
       <c r="G840" t="s">
-        <v>2572</v>
+        <v>2566</v>
       </c>
     </row>
     <row r="841" spans="1:7">
       <c r="A841" t="s">
-        <v>2573</v>
+        <v>304</v>
       </c>
       <c r="B841" t="s">
-        <v>2496</v>
+        <v>2560</v>
       </c>
       <c r="C841" t="s">
-        <v>9</v>
+        <v>2567</v>
       </c>
       <c r="D841" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E841" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F841" s="1" t="s">
-        <v>2574</v>
+        <v>2568</v>
       </c>
       <c r="G841" t="s">
-        <v>2572</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="842" spans="1:7">
       <c r="A842" t="s">
-        <v>2575</v>
+        <v>308</v>
       </c>
       <c r="B842" t="s">
-        <v>2496</v>
+        <v>2560</v>
       </c>
       <c r="C842" t="s">
-        <v>15</v>
+        <v>2570</v>
       </c>
       <c r="D842" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E842" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F842" s="1" t="s">
-        <v>2576</v>
+        <v>2571</v>
       </c>
       <c r="G842" t="s">
-        <v>2577</v>
+        <v>2572</v>
       </c>
     </row>
     <row r="843" spans="1:7">
       <c r="A843" t="s">
-        <v>2578</v>
+        <v>312</v>
       </c>
       <c r="B843" t="s">
-        <v>2496</v>
+        <v>2560</v>
       </c>
       <c r="C843" t="s">
-        <v>2579</v>
+        <v>2573</v>
       </c>
       <c r="D843" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E843" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F843" s="1" t="s">
-        <v>2580</v>
+        <v>2574</v>
       </c>
       <c r="G843" t="s">
-        <v>2581</v>
+        <v>2575</v>
       </c>
     </row>
     <row r="844" spans="1:7">
       <c r="A844" t="s">
-        <v>2582</v>
+        <v>316</v>
       </c>
       <c r="B844" t="s">
-        <v>2496</v>
+        <v>2560</v>
       </c>
       <c r="C844" t="s">
-        <v>19</v>
+        <v>2576</v>
       </c>
       <c r="D844" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E844" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F844" s="1" t="s">
-        <v>2583</v>
+        <v>2577</v>
       </c>
       <c r="G844" t="s">
-        <v>2584</v>
+        <v>2578</v>
       </c>
     </row>
     <row r="845" spans="1:7">
       <c r="A845" t="s">
-        <v>2585</v>
+        <v>320</v>
       </c>
       <c r="B845" t="s">
-        <v>2496</v>
+        <v>2560</v>
       </c>
       <c r="C845" t="s">
-        <v>23</v>
+        <v>2579</v>
       </c>
       <c r="D845" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E845" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F845" s="1" t="s">
-        <v>2586</v>
+        <v>2580</v>
       </c>
       <c r="G845" t="s">
-        <v>158</v>
+        <v>2581</v>
       </c>
     </row>
     <row r="846" spans="1:7">
       <c r="A846" t="s">
-        <v>2587</v>
+        <v>324</v>
       </c>
       <c r="B846" t="s">
-        <v>2588</v>
+        <v>2560</v>
       </c>
       <c r="C846" t="s">
-        <v>2589</v>
+        <v>2582</v>
       </c>
       <c r="D846" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E846" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F846" s="1" t="s">
-        <v>2590</v>
+        <v>2583</v>
       </c>
       <c r="G846" t="s">
-        <v>2591</v>
+        <v>2581</v>
       </c>
     </row>
     <row r="847" spans="1:7">
       <c r="A847" t="s">
-        <v>2592</v>
+        <v>328</v>
       </c>
       <c r="B847" t="s">
-        <v>2588</v>
+        <v>2560</v>
       </c>
       <c r="C847" t="s">
-        <v>2593</v>
+        <v>2584</v>
       </c>
       <c r="D847" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E847" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F847" s="1" t="s">
-        <v>2594</v>
+        <v>2585</v>
       </c>
       <c r="G847" t="s">
-        <v>2595</v>
+        <v>2586</v>
       </c>
     </row>
     <row r="848" spans="1:7">
       <c r="A848" t="s">
-        <v>2596</v>
+        <v>2587</v>
       </c>
       <c r="B848" t="s">
+        <v>2560</v>
+      </c>
+      <c r="C848" t="s">
+        <v>214</v>
+      </c>
+      <c r="D848" t="s">
+        <v>10</v>
+      </c>
+      <c r="E848" t="s">
+        <v>11</v>
+      </c>
+      <c r="F848" s="1" t="s">
         <v>2588</v>
       </c>
-      <c r="C848" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G848" t="s">
-        <v>2599</v>
+        <v>2589</v>
       </c>
     </row>
     <row r="849" spans="1:7">
       <c r="A849" t="s">
-        <v>2600</v>
+        <v>2590</v>
       </c>
       <c r="B849" t="s">
-        <v>2588</v>
+        <v>2560</v>
       </c>
       <c r="C849" t="s">
-        <v>160</v>
+        <v>217</v>
       </c>
       <c r="D849" t="s">
         <v>10</v>
       </c>
       <c r="E849" t="s">
         <v>11</v>
       </c>
       <c r="F849" s="1" t="s">
-        <v>2601</v>
+        <v>2591</v>
       </c>
       <c r="G849" t="s">
-        <v>2602</v>
+        <v>2592</v>
       </c>
     </row>
     <row r="850" spans="1:7">
       <c r="A850" t="s">
-        <v>2603</v>
+        <v>2593</v>
       </c>
       <c r="B850" t="s">
-        <v>2588</v>
+        <v>2560</v>
       </c>
       <c r="C850" t="s">
-        <v>163</v>
+        <v>220</v>
       </c>
       <c r="D850" t="s">
         <v>10</v>
       </c>
       <c r="E850" t="s">
         <v>11</v>
       </c>
       <c r="F850" s="1" t="s">
-        <v>2604</v>
+        <v>2594</v>
       </c>
       <c r="G850" t="s">
-        <v>2605</v>
+        <v>2595</v>
       </c>
     </row>
     <row r="851" spans="1:7">
       <c r="A851" t="s">
-        <v>1565</v>
+        <v>2596</v>
       </c>
       <c r="B851" t="s">
-        <v>2588</v>
+        <v>2560</v>
       </c>
       <c r="C851" t="s">
-        <v>182</v>
+        <v>245</v>
       </c>
       <c r="D851" t="s">
-        <v>101</v>
+        <v>10</v>
       </c>
       <c r="E851" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="F851" s="1" t="s">
-        <v>2606</v>
+        <v>2597</v>
       </c>
       <c r="G851" t="s">
-        <v>2607</v>
+        <v>2598</v>
       </c>
     </row>
     <row r="852" spans="1:7">
       <c r="A852" t="s">
-        <v>2608</v>
+        <v>2599</v>
       </c>
       <c r="B852" t="s">
-        <v>2588</v>
+        <v>2560</v>
       </c>
       <c r="C852" t="s">
-        <v>2609</v>
+        <v>9</v>
       </c>
       <c r="D852" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E852" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F852" s="1" t="s">
-        <v>2610</v>
+        <v>2600</v>
       </c>
       <c r="G852" t="s">
-        <v>2611</v>
+        <v>2601</v>
       </c>
     </row>
     <row r="853" spans="1:7">
       <c r="A853" t="s">
-        <v>2612</v>
+        <v>2602</v>
       </c>
       <c r="B853" t="s">
-        <v>2588</v>
+        <v>2560</v>
       </c>
       <c r="C853" t="s">
-        <v>2613</v>
+        <v>15</v>
       </c>
       <c r="D853" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E853" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F853" s="1" t="s">
-        <v>2614</v>
+        <v>2603</v>
       </c>
       <c r="G853" t="s">
-        <v>2615</v>
+        <v>2601</v>
       </c>
     </row>
     <row r="854" spans="1:7">
       <c r="A854" t="s">
-        <v>2616</v>
+        <v>625</v>
       </c>
       <c r="B854" t="s">
-        <v>2588</v>
+        <v>2560</v>
       </c>
       <c r="C854" t="s">
-        <v>166</v>
+        <v>2604</v>
       </c>
       <c r="D854" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E854" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F854" s="1" t="s">
-        <v>2617</v>
+        <v>2605</v>
       </c>
       <c r="G854" t="s">
-        <v>2618</v>
+        <v>2606</v>
       </c>
     </row>
     <row r="855" spans="1:7">
       <c r="A855" t="s">
-        <v>2619</v>
+        <v>336</v>
       </c>
       <c r="B855" t="s">
-        <v>2588</v>
+        <v>2560</v>
       </c>
       <c r="C855" t="s">
-        <v>2620</v>
+        <v>2607</v>
       </c>
       <c r="D855" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E855" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F855" s="1" t="s">
-        <v>2621</v>
+        <v>2608</v>
       </c>
       <c r="G855" t="s">
-        <v>2622</v>
+        <v>2609</v>
       </c>
     </row>
     <row r="856" spans="1:7">
       <c r="A856" t="s">
-        <v>2623</v>
+        <v>340</v>
       </c>
       <c r="B856" t="s">
-        <v>2588</v>
+        <v>2560</v>
       </c>
       <c r="C856" t="s">
-        <v>170</v>
+        <v>2610</v>
       </c>
       <c r="D856" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E856" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F856" s="1" t="s">
-        <v>2624</v>
+        <v>2611</v>
       </c>
       <c r="G856" t="s">
-        <v>2625</v>
+        <v>2612</v>
       </c>
     </row>
     <row r="857" spans="1:7">
       <c r="A857" t="s">
-        <v>2626</v>
+        <v>2613</v>
       </c>
       <c r="B857" t="s">
-        <v>2588</v>
+        <v>2560</v>
       </c>
       <c r="C857" t="s">
-        <v>174</v>
+        <v>19</v>
       </c>
       <c r="D857" t="s">
         <v>10</v>
       </c>
       <c r="E857" t="s">
         <v>11</v>
       </c>
       <c r="F857" s="1" t="s">
-        <v>2627</v>
+        <v>2614</v>
       </c>
       <c r="G857" t="s">
-        <v>2628</v>
+        <v>2615</v>
       </c>
     </row>
     <row r="858" spans="1:7">
       <c r="A858" t="s">
-        <v>2629</v>
+        <v>2616</v>
       </c>
       <c r="B858" t="s">
-        <v>2588</v>
+        <v>2560</v>
       </c>
       <c r="C858" t="s">
-        <v>2630</v>
+        <v>23</v>
       </c>
       <c r="D858" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E858" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F858" s="1" t="s">
-        <v>2631</v>
+        <v>2617</v>
       </c>
       <c r="G858" t="s">
-        <v>2632</v>
+        <v>2618</v>
       </c>
     </row>
     <row r="859" spans="1:7">
       <c r="A859" t="s">
-        <v>2633</v>
+        <v>2619</v>
       </c>
       <c r="B859" t="s">
-        <v>2588</v>
+        <v>2560</v>
       </c>
       <c r="C859" t="s">
-        <v>71</v>
+        <v>45</v>
       </c>
       <c r="D859" t="s">
-        <v>211</v>
+        <v>10</v>
       </c>
       <c r="E859" t="s">
-        <v>212</v>
+        <v>11</v>
       </c>
       <c r="F859" s="1" t="s">
-        <v>2634</v>
+        <v>2620</v>
       </c>
       <c r="G859" t="s">
-        <v>2635</v>
+        <v>2621</v>
       </c>
     </row>
     <row r="860" spans="1:7">
       <c r="A860" t="s">
-        <v>2636</v>
+        <v>344</v>
       </c>
       <c r="B860" t="s">
-        <v>2588</v>
+        <v>2560</v>
       </c>
       <c r="C860" t="s">
-        <v>2637</v>
+        <v>2622</v>
       </c>
       <c r="D860" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E860" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F860" s="1" t="s">
-        <v>2638</v>
+        <v>2623</v>
       </c>
       <c r="G860" t="s">
-        <v>2639</v>
+        <v>2624</v>
       </c>
     </row>
     <row r="861" spans="1:7">
       <c r="A861" t="s">
-        <v>2640</v>
+        <v>2625</v>
       </c>
       <c r="B861" t="s">
-        <v>2588</v>
+        <v>2560</v>
       </c>
       <c r="C861" t="s">
-        <v>2641</v>
+        <v>49</v>
       </c>
       <c r="D861" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E861" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F861" s="1" t="s">
-        <v>2642</v>
+        <v>2626</v>
       </c>
       <c r="G861" t="s">
-        <v>2643</v>
+        <v>2627</v>
       </c>
     </row>
     <row r="862" spans="1:7">
       <c r="A862" t="s">
-        <v>2644</v>
+        <v>348</v>
       </c>
       <c r="B862" t="s">
-        <v>2588</v>
+        <v>2560</v>
       </c>
       <c r="C862" t="s">
-        <v>2645</v>
+        <v>2628</v>
       </c>
       <c r="D862" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E862" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F862" s="1" t="s">
-        <v>2646</v>
+        <v>2629</v>
       </c>
       <c r="G862" t="s">
-        <v>2647</v>
+        <v>2630</v>
       </c>
     </row>
     <row r="863" spans="1:7">
       <c r="A863" t="s">
-        <v>2648</v>
+        <v>2631</v>
       </c>
       <c r="B863" t="s">
-        <v>2588</v>
+        <v>2560</v>
       </c>
       <c r="C863" t="s">
-        <v>2649</v>
+        <v>52</v>
       </c>
       <c r="D863" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E863" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F863" s="1" t="s">
-        <v>2650</v>
+        <v>2632</v>
       </c>
       <c r="G863" t="s">
-        <v>2651</v>
+        <v>2633</v>
       </c>
     </row>
     <row r="864" spans="1:7">
       <c r="A864" t="s">
-        <v>2652</v>
+        <v>2634</v>
       </c>
       <c r="B864" t="s">
-        <v>2588</v>
+        <v>2560</v>
       </c>
       <c r="C864" t="s">
-        <v>182</v>
+        <v>55</v>
       </c>
       <c r="D864" t="s">
         <v>10</v>
       </c>
       <c r="E864" t="s">
         <v>11</v>
       </c>
       <c r="F864" s="1" t="s">
-        <v>2653</v>
+        <v>2635</v>
       </c>
       <c r="G864" t="s">
-        <v>2618</v>
+        <v>2636</v>
       </c>
     </row>
     <row r="865" spans="1:7">
       <c r="A865" t="s">
-        <v>2654</v>
+        <v>2637</v>
       </c>
       <c r="B865" t="s">
-        <v>2588</v>
+        <v>2560</v>
       </c>
       <c r="C865" t="s">
-        <v>91</v>
+        <v>59</v>
       </c>
       <c r="D865" t="s">
-        <v>211</v>
+        <v>10</v>
       </c>
       <c r="E865" t="s">
-        <v>212</v>
+        <v>11</v>
       </c>
       <c r="F865" s="1" t="s">
-        <v>2655</v>
+        <v>2638</v>
       </c>
       <c r="G865" t="s">
-        <v>2656</v>
+        <v>2636</v>
       </c>
     </row>
     <row r="866" spans="1:7">
       <c r="A866" t="s">
-        <v>2657</v>
+        <v>2639</v>
       </c>
       <c r="B866" t="s">
-        <v>2588</v>
+        <v>2560</v>
       </c>
       <c r="C866" t="s">
-        <v>2658</v>
+        <v>63</v>
       </c>
       <c r="D866" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E866" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F866" s="1" t="s">
-        <v>2659</v>
+        <v>2640</v>
       </c>
       <c r="G866" t="s">
-        <v>2660</v>
+        <v>2641</v>
       </c>
     </row>
     <row r="867" spans="1:7">
       <c r="A867" t="s">
-        <v>2661</v>
+        <v>2642</v>
       </c>
       <c r="B867" t="s">
-        <v>2588</v>
+        <v>2560</v>
       </c>
       <c r="C867" t="s">
-        <v>186</v>
+        <v>2643</v>
       </c>
       <c r="D867" t="s">
         <v>10</v>
       </c>
       <c r="E867" t="s">
         <v>11</v>
       </c>
       <c r="F867" s="1" t="s">
-        <v>2662</v>
+        <v>2644</v>
       </c>
       <c r="G867" t="s">
-        <v>2663</v>
+        <v>2645</v>
       </c>
     </row>
     <row r="868" spans="1:7">
       <c r="A868" t="s">
-        <v>2664</v>
+        <v>2646</v>
       </c>
       <c r="B868" t="s">
-        <v>2588</v>
+        <v>2560</v>
       </c>
       <c r="C868" t="s">
-        <v>2665</v>
+        <v>67</v>
       </c>
       <c r="D868" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E868" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F868" s="1" t="s">
-        <v>2666</v>
+        <v>2647</v>
       </c>
       <c r="G868" t="s">
-        <v>2667</v>
+        <v>2648</v>
       </c>
     </row>
     <row r="869" spans="1:7">
       <c r="A869" t="s">
-        <v>2668</v>
+        <v>2649</v>
       </c>
       <c r="B869" t="s">
-        <v>2588</v>
+        <v>2560</v>
       </c>
       <c r="C869" t="s">
-        <v>9</v>
+        <v>71</v>
       </c>
       <c r="D869" t="s">
         <v>10</v>
       </c>
       <c r="E869" t="s">
         <v>11</v>
       </c>
       <c r="F869" s="1" t="s">
-        <v>2669</v>
+        <v>2650</v>
       </c>
       <c r="G869" t="s">
-        <v>2670</v>
+        <v>57</v>
       </c>
     </row>
     <row r="870" spans="1:7">
       <c r="A870" t="s">
-        <v>2671</v>
+        <v>2651</v>
       </c>
       <c r="B870" t="s">
-        <v>2588</v>
+        <v>2652</v>
       </c>
       <c r="C870" t="s">
-        <v>2672</v>
+        <v>2653</v>
       </c>
       <c r="D870" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E870" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F870" s="1" t="s">
-        <v>2673</v>
+        <v>2654</v>
       </c>
       <c r="G870" t="s">
-        <v>2674</v>
+        <v>2655</v>
       </c>
     </row>
     <row r="871" spans="1:7">
       <c r="A871" t="s">
-        <v>2675</v>
+        <v>2656</v>
       </c>
       <c r="B871" t="s">
-        <v>2588</v>
+        <v>2652</v>
       </c>
       <c r="C871" t="s">
-        <v>15</v>
+        <v>2657</v>
       </c>
       <c r="D871" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E871" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F871" s="1" t="s">
-        <v>2676</v>
+        <v>2658</v>
       </c>
       <c r="G871" t="s">
-        <v>2677</v>
+        <v>2659</v>
       </c>
     </row>
     <row r="872" spans="1:7">
       <c r="A872" t="s">
-        <v>2678</v>
+        <v>2660</v>
       </c>
       <c r="B872" t="s">
-        <v>2588</v>
+        <v>2652</v>
       </c>
       <c r="C872" t="s">
-        <v>2679</v>
+        <v>2661</v>
       </c>
       <c r="D872" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E872" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F872" s="1" t="s">
-        <v>2680</v>
+        <v>2662</v>
       </c>
       <c r="G872" t="s">
-        <v>2681</v>
+        <v>2663</v>
       </c>
     </row>
     <row r="873" spans="1:7">
       <c r="A873" t="s">
-        <v>2682</v>
+        <v>2664</v>
       </c>
       <c r="B873" t="s">
-        <v>2588</v>
+        <v>2652</v>
       </c>
       <c r="C873" t="s">
-        <v>2683</v>
+        <v>9</v>
       </c>
       <c r="D873" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E873" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F873" s="1" t="s">
-        <v>2684</v>
+        <v>2665</v>
       </c>
       <c r="G873" t="s">
-        <v>2685</v>
+        <v>2666</v>
       </c>
     </row>
     <row r="874" spans="1:7">
       <c r="A874" t="s">
-        <v>2686</v>
+        <v>2667</v>
       </c>
       <c r="B874" t="s">
-        <v>2588</v>
+        <v>2652</v>
       </c>
       <c r="C874" t="s">
-        <v>2687</v>
+        <v>15</v>
       </c>
       <c r="D874" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E874" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F874" s="1" t="s">
-        <v>2688</v>
+        <v>2668</v>
       </c>
       <c r="G874" t="s">
-        <v>2689</v>
+        <v>2669</v>
       </c>
     </row>
     <row r="875" spans="1:7">
       <c r="A875" t="s">
-        <v>2690</v>
+        <v>1629</v>
       </c>
       <c r="B875" t="s">
-        <v>2588</v>
+        <v>2652</v>
       </c>
       <c r="C875" t="s">
-        <v>2691</v>
+        <v>52</v>
       </c>
       <c r="D875" t="s">
-        <v>49</v>
+        <v>192</v>
       </c>
       <c r="E875" t="s">
-        <v>50</v>
+        <v>193</v>
       </c>
       <c r="F875" s="1" t="s">
-        <v>2692</v>
+        <v>2670</v>
       </c>
       <c r="G875" t="s">
-        <v>2693</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="876" spans="1:7">
       <c r="A876" t="s">
-        <v>2694</v>
+        <v>2672</v>
       </c>
       <c r="B876" t="s">
-        <v>2588</v>
+        <v>2652</v>
       </c>
       <c r="C876" t="s">
-        <v>2695</v>
+        <v>2673</v>
       </c>
       <c r="D876" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E876" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F876" s="1" t="s">
-        <v>2696</v>
+        <v>2674</v>
       </c>
       <c r="G876" t="s">
-        <v>2697</v>
+        <v>2675</v>
       </c>
     </row>
     <row r="877" spans="1:7">
       <c r="A877" t="s">
-        <v>210</v>
+        <v>2676</v>
       </c>
       <c r="B877" t="s">
-        <v>2588</v>
+        <v>2652</v>
       </c>
       <c r="C877" t="s">
-        <v>2698</v>
+        <v>2677</v>
       </c>
       <c r="D877" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E877" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F877" s="1" t="s">
-        <v>2699</v>
+        <v>2678</v>
       </c>
       <c r="G877" t="s">
-        <v>2229</v>
+        <v>2679</v>
       </c>
     </row>
     <row r="878" spans="1:7">
       <c r="A878" t="s">
-        <v>2700</v>
+        <v>2680</v>
       </c>
       <c r="B878" t="s">
-        <v>2588</v>
+        <v>2652</v>
       </c>
       <c r="C878" t="s">
-        <v>94</v>
+        <v>19</v>
       </c>
       <c r="D878" t="s">
-        <v>211</v>
+        <v>10</v>
       </c>
       <c r="E878" t="s">
-        <v>212</v>
+        <v>11</v>
       </c>
       <c r="F878" s="1" t="s">
-        <v>2701</v>
+        <v>2681</v>
       </c>
       <c r="G878" t="s">
-        <v>2702</v>
+        <v>2682</v>
       </c>
     </row>
     <row r="879" spans="1:7">
       <c r="A879" t="s">
-        <v>2703</v>
+        <v>2683</v>
       </c>
       <c r="B879" t="s">
-        <v>2588</v>
+        <v>2652</v>
       </c>
       <c r="C879" t="s">
-        <v>19</v>
+        <v>2684</v>
       </c>
       <c r="D879" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E879" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F879" s="1" t="s">
-        <v>2704</v>
+        <v>2685</v>
       </c>
       <c r="G879" t="s">
-        <v>765</v>
+        <v>2686</v>
       </c>
     </row>
     <row r="880" spans="1:7">
       <c r="A880" t="s">
-        <v>2705</v>
+        <v>2687</v>
       </c>
       <c r="B880" t="s">
-        <v>2588</v>
+        <v>2652</v>
       </c>
       <c r="C880" t="s">
         <v>23</v>
       </c>
       <c r="D880" t="s">
         <v>10</v>
       </c>
       <c r="E880" t="s">
         <v>11</v>
       </c>
       <c r="F880" s="1" t="s">
-        <v>2706</v>
+        <v>2688</v>
       </c>
       <c r="G880" t="s">
-        <v>158</v>
+        <v>2689</v>
       </c>
     </row>
     <row r="881" spans="1:7">
       <c r="A881" t="s">
-        <v>2665</v>
+        <v>2690</v>
       </c>
       <c r="B881" t="s">
-        <v>2707</v>
+        <v>2652</v>
       </c>
       <c r="C881" t="s">
-        <v>2708</v>
+        <v>45</v>
       </c>
       <c r="D881" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E881" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F881" s="1" t="s">
-        <v>2709</v>
+        <v>2691</v>
       </c>
       <c r="G881" t="s">
-        <v>2710</v>
+        <v>2692</v>
       </c>
     </row>
     <row r="882" spans="1:7">
       <c r="A882" t="s">
-        <v>2711</v>
+        <v>2693</v>
       </c>
       <c r="B882" t="s">
-        <v>2707</v>
+        <v>2652</v>
       </c>
       <c r="C882" t="s">
-        <v>123</v>
+        <v>2694</v>
       </c>
       <c r="D882" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E882" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F882" s="1" t="s">
-        <v>2712</v>
+        <v>2695</v>
       </c>
       <c r="G882" t="s">
-        <v>2713</v>
+        <v>2696</v>
       </c>
     </row>
     <row r="883" spans="1:7">
       <c r="A883" t="s">
-        <v>2714</v>
+        <v>2697</v>
       </c>
       <c r="B883" t="s">
-        <v>2707</v>
+        <v>2652</v>
       </c>
       <c r="C883" t="s">
-        <v>127</v>
+        <v>160</v>
       </c>
       <c r="D883" t="s">
-        <v>10</v>
+        <v>291</v>
       </c>
       <c r="E883" t="s">
-        <v>11</v>
+        <v>292</v>
       </c>
       <c r="F883" s="1" t="s">
-        <v>2715</v>
+        <v>2698</v>
       </c>
       <c r="G883" t="s">
-        <v>2716</v>
+        <v>2699</v>
       </c>
     </row>
     <row r="884" spans="1:7">
       <c r="A884" t="s">
-        <v>2717</v>
+        <v>2700</v>
       </c>
       <c r="B884" t="s">
-        <v>2707</v>
+        <v>2652</v>
       </c>
       <c r="C884" t="s">
-        <v>130</v>
+        <v>2701</v>
       </c>
       <c r="D884" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E884" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F884" s="1" t="s">
-        <v>2718</v>
+        <v>2702</v>
       </c>
       <c r="G884" t="s">
-        <v>2719</v>
+        <v>2703</v>
       </c>
     </row>
     <row r="885" spans="1:7">
       <c r="A885" t="s">
-        <v>2720</v>
+        <v>2704</v>
       </c>
       <c r="B885" t="s">
+        <v>2652</v>
+      </c>
+      <c r="C885" t="s">
+        <v>2705</v>
+      </c>
+      <c r="D885" t="s">
+        <v>28</v>
+      </c>
+      <c r="E885" t="s">
+        <v>29</v>
+      </c>
+      <c r="F885" s="1" t="s">
+        <v>2706</v>
+      </c>
+      <c r="G885" t="s">
         <v>2707</v>
-      </c>
-[...13 lines deleted...]
-        <v>2602</v>
       </c>
     </row>
     <row r="886" spans="1:7">
       <c r="A886" t="s">
-        <v>2672</v>
+        <v>2708</v>
       </c>
       <c r="B886" t="s">
-        <v>2707</v>
+        <v>2652</v>
       </c>
       <c r="C886" t="s">
-        <v>2722</v>
+        <v>2709</v>
       </c>
       <c r="D886" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E886" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F886" s="1" t="s">
-        <v>2723</v>
+        <v>2710</v>
       </c>
       <c r="G886" t="s">
-        <v>2724</v>
+        <v>2711</v>
       </c>
     </row>
     <row r="887" spans="1:7">
       <c r="A887" t="s">
-        <v>2725</v>
+        <v>2712</v>
       </c>
       <c r="B887" t="s">
-        <v>2707</v>
+        <v>2652</v>
       </c>
       <c r="C887" t="s">
-        <v>160</v>
+        <v>2713</v>
       </c>
       <c r="D887" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E887" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F887" s="1" t="s">
-        <v>2726</v>
+        <v>2714</v>
       </c>
       <c r="G887" t="s">
-        <v>765</v>
+        <v>2715</v>
       </c>
     </row>
     <row r="888" spans="1:7">
       <c r="A888" t="s">
-        <v>2679</v>
+        <v>2716</v>
       </c>
       <c r="B888" t="s">
-        <v>2707</v>
+        <v>2652</v>
       </c>
       <c r="C888" t="s">
-        <v>2587</v>
+        <v>52</v>
       </c>
       <c r="D888" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E888" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F888" s="1" t="s">
-        <v>2727</v>
+        <v>2717</v>
       </c>
       <c r="G888" t="s">
-        <v>2728</v>
+        <v>2682</v>
       </c>
     </row>
     <row r="889" spans="1:7">
       <c r="A889" t="s">
-        <v>2729</v>
+        <v>2718</v>
       </c>
       <c r="B889" t="s">
-        <v>2707</v>
+        <v>2652</v>
       </c>
       <c r="C889" t="s">
-        <v>163</v>
+        <v>183</v>
       </c>
       <c r="D889" t="s">
-        <v>10</v>
+        <v>291</v>
       </c>
       <c r="E889" t="s">
-        <v>11</v>
+        <v>292</v>
       </c>
       <c r="F889" s="1" t="s">
-        <v>2730</v>
+        <v>2719</v>
       </c>
       <c r="G889" t="s">
-        <v>2719</v>
+        <v>2720</v>
       </c>
     </row>
     <row r="890" spans="1:7">
       <c r="A890" t="s">
-        <v>2731</v>
+        <v>2721</v>
       </c>
       <c r="B890" t="s">
-        <v>2707</v>
+        <v>2652</v>
       </c>
       <c r="C890" t="s">
-        <v>166</v>
+        <v>2722</v>
       </c>
       <c r="D890" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E890" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F890" s="1" t="s">
-        <v>2732</v>
+        <v>2723</v>
       </c>
       <c r="G890" t="s">
-        <v>2602</v>
+        <v>2724</v>
       </c>
     </row>
     <row r="891" spans="1:7">
       <c r="A891" t="s">
-        <v>2683</v>
+        <v>2725</v>
       </c>
       <c r="B891" t="s">
-        <v>2707</v>
+        <v>2652</v>
       </c>
       <c r="C891" t="s">
-        <v>2592</v>
+        <v>55</v>
       </c>
       <c r="D891" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E891" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F891" s="1" t="s">
-        <v>2733</v>
+        <v>2726</v>
       </c>
       <c r="G891" t="s">
-        <v>2734</v>
+        <v>2727</v>
       </c>
     </row>
     <row r="892" spans="1:7">
       <c r="A892" t="s">
-        <v>2687</v>
+        <v>2728</v>
       </c>
       <c r="B892" t="s">
-        <v>2707</v>
+        <v>2652</v>
       </c>
       <c r="C892" t="s">
-        <v>2596</v>
+        <v>2729</v>
       </c>
       <c r="D892" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E892" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F892" s="1" t="s">
-        <v>2735</v>
+        <v>2730</v>
       </c>
       <c r="G892" t="s">
-        <v>2736</v>
+        <v>2731</v>
       </c>
     </row>
     <row r="893" spans="1:7">
       <c r="A893" t="s">
-        <v>2691</v>
+        <v>2732</v>
       </c>
       <c r="B893" t="s">
-        <v>2707</v>
+        <v>2652</v>
       </c>
       <c r="C893" t="s">
-        <v>2608</v>
+        <v>59</v>
       </c>
       <c r="D893" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E893" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F893" s="1" t="s">
-        <v>2737</v>
+        <v>2733</v>
       </c>
       <c r="G893" t="s">
-        <v>2738</v>
+        <v>2734</v>
       </c>
     </row>
     <row r="894" spans="1:7">
       <c r="A894" t="s">
-        <v>1568</v>
+        <v>2735</v>
       </c>
       <c r="B894" t="s">
-        <v>2707</v>
+        <v>2652</v>
       </c>
       <c r="C894" t="s">
-        <v>186</v>
+        <v>2736</v>
       </c>
       <c r="D894" t="s">
-        <v>101</v>
+        <v>28</v>
       </c>
       <c r="E894" t="s">
-        <v>102</v>
+        <v>29</v>
       </c>
       <c r="F894" s="1" t="s">
-        <v>2739</v>
+        <v>2737</v>
       </c>
       <c r="G894" t="s">
-        <v>2740</v>
+        <v>2738</v>
       </c>
     </row>
     <row r="895" spans="1:7">
       <c r="A895" t="s">
+        <v>2739</v>
+      </c>
+      <c r="B895" t="s">
+        <v>2652</v>
+      </c>
+      <c r="C895" t="s">
+        <v>63</v>
+      </c>
+      <c r="D895" t="s">
+        <v>10</v>
+      </c>
+      <c r="E895" t="s">
+        <v>11</v>
+      </c>
+      <c r="F895" s="1" t="s">
+        <v>2740</v>
+      </c>
+      <c r="G895" t="s">
         <v>2741</v>
-      </c>
-[...16 lines deleted...]
-        <v>2743</v>
       </c>
     </row>
     <row r="896" spans="1:7">
       <c r="A896" t="s">
+        <v>2742</v>
+      </c>
+      <c r="B896" t="s">
+        <v>2652</v>
+      </c>
+      <c r="C896" t="s">
+        <v>2743</v>
+      </c>
+      <c r="D896" t="s">
+        <v>28</v>
+      </c>
+      <c r="E896" t="s">
+        <v>29</v>
+      </c>
+      <c r="F896" s="1" t="s">
         <v>2744</v>
       </c>
-      <c r="B896" t="s">
-[...11 lines deleted...]
-      <c r="F896" s="1" t="s">
+      <c r="G896" t="s">
         <v>2745</v>
-      </c>
-[...1 lines deleted...]
-        <v>2746</v>
       </c>
     </row>
     <row r="897" spans="1:7">
       <c r="A897" t="s">
+        <v>2746</v>
+      </c>
+      <c r="B897" t="s">
+        <v>2652</v>
+      </c>
+      <c r="C897" t="s">
         <v>2747</v>
       </c>
-      <c r="B897" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D897" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E897" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F897" s="1" t="s">
         <v>2748</v>
       </c>
       <c r="G897" t="s">
-        <v>2716</v>
+        <v>2749</v>
       </c>
     </row>
     <row r="898" spans="1:7">
       <c r="A898" t="s">
-        <v>2749</v>
+        <v>2750</v>
       </c>
       <c r="B898" t="s">
-        <v>2707</v>
+        <v>2652</v>
       </c>
       <c r="C898" t="s">
-        <v>174</v>
+        <v>2751</v>
       </c>
       <c r="D898" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E898" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F898" s="1" t="s">
-        <v>2750</v>
+        <v>2752</v>
       </c>
       <c r="G898" t="s">
-        <v>2751</v>
+        <v>2753</v>
       </c>
     </row>
     <row r="899" spans="1:7">
       <c r="A899" t="s">
-        <v>2752</v>
+        <v>2754</v>
       </c>
       <c r="B899" t="s">
-        <v>2707</v>
+        <v>2652</v>
       </c>
       <c r="C899" t="s">
-        <v>178</v>
+        <v>2755</v>
       </c>
       <c r="D899" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E899" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F899" s="1" t="s">
-        <v>2753</v>
+        <v>2756</v>
       </c>
       <c r="G899" t="s">
-        <v>2754</v>
+        <v>2757</v>
       </c>
     </row>
     <row r="900" spans="1:7">
       <c r="A900" t="s">
-        <v>2695</v>
+        <v>2758</v>
       </c>
       <c r="B900" t="s">
-        <v>2707</v>
+        <v>2652</v>
       </c>
       <c r="C900" t="s">
-        <v>2612</v>
+        <v>2759</v>
       </c>
       <c r="D900" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E900" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F900" s="1" t="s">
-        <v>2755</v>
+        <v>2760</v>
       </c>
       <c r="G900" t="s">
-        <v>2756</v>
+        <v>2761</v>
       </c>
     </row>
     <row r="901" spans="1:7">
       <c r="A901" t="s">
-        <v>2757</v>
+        <v>290</v>
       </c>
       <c r="B901" t="s">
-        <v>2707</v>
+        <v>2652</v>
       </c>
       <c r="C901" t="s">
-        <v>182</v>
+        <v>2762</v>
       </c>
       <c r="D901" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E901" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F901" s="1" t="s">
-        <v>2758</v>
+        <v>2763</v>
       </c>
       <c r="G901" t="s">
-        <v>303</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="902" spans="1:7">
       <c r="A902" t="s">
-        <v>2698</v>
+        <v>2764</v>
       </c>
       <c r="B902" t="s">
-        <v>2707</v>
+        <v>2652</v>
       </c>
       <c r="C902" t="s">
-        <v>2619</v>
+        <v>186</v>
       </c>
       <c r="D902" t="s">
-        <v>49</v>
+        <v>291</v>
       </c>
       <c r="E902" t="s">
-        <v>50</v>
+        <v>292</v>
       </c>
       <c r="F902" s="1" t="s">
-        <v>2759</v>
+        <v>2765</v>
       </c>
       <c r="G902" t="s">
-        <v>2760</v>
+        <v>2766</v>
       </c>
     </row>
     <row r="903" spans="1:7">
       <c r="A903" t="s">
-        <v>2708</v>
+        <v>2767</v>
       </c>
       <c r="B903" t="s">
-        <v>2707</v>
+        <v>2652</v>
       </c>
       <c r="C903" t="s">
-        <v>2629</v>
+        <v>67</v>
       </c>
       <c r="D903" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E903" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F903" s="1" t="s">
-        <v>2761</v>
+        <v>2768</v>
       </c>
       <c r="G903" t="s">
-        <v>2762</v>
+        <v>844</v>
       </c>
     </row>
     <row r="904" spans="1:7">
       <c r="A904" t="s">
-        <v>2763</v>
+        <v>2769</v>
       </c>
       <c r="B904" t="s">
-        <v>2707</v>
+        <v>2652</v>
       </c>
       <c r="C904" t="s">
-        <v>186</v>
+        <v>71</v>
       </c>
       <c r="D904" t="s">
         <v>10</v>
       </c>
       <c r="E904" t="s">
         <v>11</v>
       </c>
       <c r="F904" s="1" t="s">
-        <v>2764</v>
+        <v>2770</v>
       </c>
       <c r="G904" t="s">
-        <v>2765</v>
+        <v>57</v>
       </c>
     </row>
     <row r="905" spans="1:7">
       <c r="A905" t="s">
-        <v>2766</v>
+        <v>2729</v>
       </c>
       <c r="B905" t="s">
-        <v>2707</v>
+        <v>2771</v>
       </c>
       <c r="C905" t="s">
-        <v>9</v>
+        <v>2772</v>
       </c>
       <c r="D905" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E905" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F905" s="1" t="s">
-        <v>2767</v>
+        <v>2773</v>
       </c>
       <c r="G905" t="s">
-        <v>158</v>
+        <v>2774</v>
       </c>
     </row>
     <row r="906" spans="1:7">
       <c r="A906" t="s">
-        <v>2768</v>
+        <v>2775</v>
       </c>
       <c r="B906" t="s">
-        <v>2707</v>
+        <v>2771</v>
       </c>
       <c r="C906" t="s">
-        <v>15</v>
+        <v>214</v>
       </c>
       <c r="D906" t="s">
         <v>10</v>
       </c>
       <c r="E906" t="s">
         <v>11</v>
       </c>
       <c r="F906" s="1" t="s">
-        <v>2769</v>
+        <v>2776</v>
       </c>
       <c r="G906" t="s">
-        <v>158</v>
+        <v>2777</v>
       </c>
     </row>
     <row r="907" spans="1:7">
       <c r="A907" t="s">
-        <v>2722</v>
+        <v>2778</v>
       </c>
       <c r="B907" t="s">
-        <v>2707</v>
+        <v>2771</v>
       </c>
       <c r="C907" t="s">
-        <v>2636</v>
+        <v>217</v>
       </c>
       <c r="D907" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E907" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F907" s="1" t="s">
-        <v>2770</v>
+        <v>2779</v>
       </c>
       <c r="G907" t="s">
-        <v>2771</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="908" spans="1:7">
       <c r="A908" t="s">
-        <v>2772</v>
+        <v>2781</v>
       </c>
       <c r="B908" t="s">
-        <v>2707</v>
+        <v>2771</v>
       </c>
       <c r="C908" t="s">
-        <v>19</v>
+        <v>220</v>
       </c>
       <c r="D908" t="s">
         <v>10</v>
       </c>
       <c r="E908" t="s">
         <v>11</v>
       </c>
       <c r="F908" s="1" t="s">
-        <v>2773</v>
+        <v>2782</v>
       </c>
       <c r="G908" t="s">
-        <v>2716</v>
+        <v>2783</v>
       </c>
     </row>
     <row r="909" spans="1:7">
       <c r="A909" t="s">
-        <v>2774</v>
+        <v>2784</v>
       </c>
       <c r="B909" t="s">
-        <v>2707</v>
+        <v>2771</v>
       </c>
       <c r="C909" t="s">
-        <v>23</v>
+        <v>245</v>
       </c>
       <c r="D909" t="s">
         <v>10</v>
       </c>
       <c r="E909" t="s">
         <v>11</v>
       </c>
       <c r="F909" s="1" t="s">
-        <v>2775</v>
+        <v>2785</v>
       </c>
       <c r="G909" t="s">
-        <v>2716</v>
+        <v>2666</v>
       </c>
     </row>
     <row r="910" spans="1:7">
       <c r="A910" t="s">
-        <v>2776</v>
+        <v>2736</v>
       </c>
       <c r="B910" t="s">
-        <v>2777</v>
+        <v>2771</v>
       </c>
       <c r="C910" t="s">
-        <v>166</v>
+        <v>2786</v>
       </c>
       <c r="D910" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E910" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F910" s="1" t="s">
-        <v>2778</v>
+        <v>2787</v>
       </c>
       <c r="G910" t="s">
-        <v>2713</v>
+        <v>2788</v>
       </c>
     </row>
     <row r="911" spans="1:7">
       <c r="A911" t="s">
-        <v>2546</v>
+        <v>2789</v>
       </c>
       <c r="B911" t="s">
-        <v>2777</v>
+        <v>2771</v>
       </c>
       <c r="C911" t="s">
-        <v>2640</v>
+        <v>9</v>
       </c>
       <c r="D911" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E911" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F911" s="1" t="s">
-        <v>2779</v>
+        <v>2790</v>
       </c>
       <c r="G911" t="s">
-        <v>2780</v>
+        <v>844</v>
       </c>
     </row>
     <row r="912" spans="1:7">
       <c r="A912" t="s">
-        <v>2781</v>
+        <v>2743</v>
       </c>
       <c r="B912" t="s">
-        <v>2777</v>
+        <v>2771</v>
       </c>
       <c r="C912" t="s">
-        <v>170</v>
+        <v>2651</v>
       </c>
       <c r="D912" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E912" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F912" s="1" t="s">
-        <v>2782</v>
+        <v>2791</v>
       </c>
       <c r="G912" t="s">
-        <v>2716</v>
+        <v>2792</v>
       </c>
     </row>
     <row r="913" spans="1:7">
       <c r="A913" t="s">
-        <v>2558</v>
+        <v>2793</v>
       </c>
       <c r="B913" t="s">
-        <v>2777</v>
+        <v>2771</v>
       </c>
       <c r="C913" t="s">
-        <v>2644</v>
+        <v>15</v>
       </c>
       <c r="D913" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E913" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F913" s="1" t="s">
+        <v>2794</v>
+      </c>
+      <c r="G913" t="s">
         <v>2783</v>
-      </c>
-[...1 lines deleted...]
-        <v>2784</v>
       </c>
     </row>
     <row r="914" spans="1:7">
       <c r="A914" t="s">
-        <v>2564</v>
+        <v>2795</v>
       </c>
       <c r="B914" t="s">
-        <v>2777</v>
+        <v>2771</v>
       </c>
       <c r="C914" t="s">
-        <v>2648</v>
+        <v>19</v>
       </c>
       <c r="D914" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E914" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F914" s="1" t="s">
-        <v>2785</v>
+        <v>2796</v>
       </c>
       <c r="G914" t="s">
-        <v>2786</v>
+        <v>2666</v>
       </c>
     </row>
     <row r="915" spans="1:7">
       <c r="A915" t="s">
-        <v>2787</v>
+        <v>2747</v>
       </c>
       <c r="B915" t="s">
-        <v>2777</v>
+        <v>2771</v>
       </c>
       <c r="C915" t="s">
-        <v>106</v>
+        <v>2656</v>
       </c>
       <c r="D915" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E915" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F915" s="1" t="s">
-        <v>2788</v>
+        <v>2797</v>
       </c>
       <c r="G915" t="s">
-        <v>2789</v>
+        <v>2798</v>
       </c>
     </row>
     <row r="916" spans="1:7">
       <c r="A916" t="s">
-        <v>2589</v>
+        <v>2751</v>
       </c>
       <c r="B916" t="s">
-        <v>2777</v>
+        <v>2771</v>
       </c>
       <c r="C916" t="s">
-        <v>2657</v>
+        <v>2660</v>
       </c>
       <c r="D916" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E916" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F916" s="1" t="s">
-        <v>2790</v>
+        <v>2799</v>
       </c>
       <c r="G916" t="s">
-        <v>2791</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="917" spans="1:7">
       <c r="A917" t="s">
-        <v>2792</v>
+        <v>2755</v>
       </c>
       <c r="B917" t="s">
-        <v>2777</v>
+        <v>2771</v>
       </c>
       <c r="C917" t="s">
-        <v>174</v>
+        <v>2672</v>
       </c>
       <c r="D917" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E917" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F917" s="1" t="s">
-        <v>2793</v>
+        <v>2801</v>
       </c>
       <c r="G917" t="s">
-        <v>2716</v>
+        <v>2802</v>
       </c>
     </row>
     <row r="918" spans="1:7">
       <c r="A918" t="s">
-        <v>2593</v>
+        <v>1632</v>
       </c>
       <c r="B918" t="s">
-        <v>2777</v>
+        <v>2771</v>
       </c>
       <c r="C918" t="s">
-        <v>2664</v>
+        <v>55</v>
       </c>
       <c r="D918" t="s">
-        <v>49</v>
+        <v>192</v>
       </c>
       <c r="E918" t="s">
-        <v>50</v>
+        <v>193</v>
       </c>
       <c r="F918" s="1" t="s">
-        <v>2794</v>
+        <v>2803</v>
       </c>
       <c r="G918" t="s">
-        <v>2795</v>
+        <v>2804</v>
       </c>
     </row>
     <row r="919" spans="1:7">
       <c r="A919" t="s">
-        <v>2597</v>
+        <v>2805</v>
       </c>
       <c r="B919" t="s">
-        <v>2777</v>
+        <v>2771</v>
       </c>
       <c r="C919" t="s">
-        <v>2671</v>
+        <v>189</v>
       </c>
       <c r="D919" t="s">
-        <v>49</v>
+        <v>291</v>
       </c>
       <c r="E919" t="s">
-        <v>50</v>
+        <v>292</v>
       </c>
       <c r="F919" s="1" t="s">
-        <v>2796</v>
+        <v>2806</v>
       </c>
       <c r="G919" t="s">
-        <v>2797</v>
+        <v>2807</v>
       </c>
     </row>
     <row r="920" spans="1:7">
       <c r="A920" t="s">
-        <v>2798</v>
+        <v>2808</v>
       </c>
       <c r="B920" t="s">
-        <v>2777</v>
+        <v>2771</v>
       </c>
       <c r="C920" t="s">
-        <v>178</v>
+        <v>67</v>
       </c>
       <c r="D920" t="s">
-        <v>10</v>
+        <v>1481</v>
       </c>
       <c r="E920" t="s">
-        <v>11</v>
+        <v>1482</v>
       </c>
       <c r="F920" s="1" t="s">
-        <v>2799</v>
+        <v>2809</v>
       </c>
       <c r="G920" t="s">
-        <v>303</v>
+        <v>2810</v>
       </c>
     </row>
     <row r="921" spans="1:7">
       <c r="A921" t="s">
-        <v>2800</v>
+        <v>2811</v>
       </c>
       <c r="B921" t="s">
-        <v>2777</v>
+        <v>2771</v>
       </c>
       <c r="C921" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="D921" t="s">
-        <v>58</v>
+        <v>10</v>
       </c>
       <c r="E921" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="F921" s="1" t="s">
-        <v>2801</v>
+        <v>2812</v>
       </c>
       <c r="G921" t="s">
-        <v>2802</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="922" spans="1:7">
       <c r="A922" t="s">
-        <v>2803</v>
+        <v>2813</v>
       </c>
       <c r="B922" t="s">
-        <v>2777</v>
+        <v>2771</v>
       </c>
       <c r="C922" t="s">
-        <v>114</v>
+        <v>45</v>
       </c>
       <c r="D922" t="s">
-        <v>211</v>
+        <v>10</v>
       </c>
       <c r="E922" t="s">
-        <v>212</v>
+        <v>11</v>
       </c>
       <c r="F922" s="1" t="s">
-        <v>2804</v>
+        <v>2814</v>
       </c>
       <c r="G922" t="s">
-        <v>2789</v>
+        <v>2815</v>
       </c>
     </row>
     <row r="923" spans="1:7">
       <c r="A923" t="s">
-        <v>2805</v>
+        <v>2816</v>
       </c>
       <c r="B923" t="s">
-        <v>2777</v>
+        <v>2771</v>
       </c>
       <c r="C923" t="s">
-        <v>182</v>
+        <v>49</v>
       </c>
       <c r="D923" t="s">
         <v>10</v>
       </c>
       <c r="E923" t="s">
         <v>11</v>
       </c>
       <c r="F923" s="1" t="s">
-        <v>2806</v>
+        <v>2817</v>
       </c>
       <c r="G923" t="s">
-        <v>2807</v>
+        <v>2818</v>
       </c>
     </row>
     <row r="924" spans="1:7">
       <c r="A924" t="s">
-        <v>2808</v>
+        <v>2759</v>
       </c>
       <c r="B924" t="s">
-        <v>2777</v>
+        <v>2771</v>
       </c>
       <c r="C924" t="s">
-        <v>186</v>
+        <v>2676</v>
       </c>
       <c r="D924" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E924" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F924" s="1" t="s">
-        <v>2809</v>
+        <v>2819</v>
       </c>
       <c r="G924" t="s">
-        <v>2602</v>
+        <v>2820</v>
       </c>
     </row>
     <row r="925" spans="1:7">
       <c r="A925" t="s">
-        <v>2609</v>
+        <v>2821</v>
       </c>
       <c r="B925" t="s">
-        <v>2777</v>
+        <v>2771</v>
       </c>
       <c r="C925" t="s">
-        <v>2678</v>
+        <v>52</v>
       </c>
       <c r="D925" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E925" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F925" s="1" t="s">
-        <v>2810</v>
+        <v>2822</v>
       </c>
       <c r="G925" t="s">
-        <v>2811</v>
+        <v>383</v>
       </c>
     </row>
     <row r="926" spans="1:7">
       <c r="A926" t="s">
-        <v>2613</v>
+        <v>2762</v>
       </c>
       <c r="B926" t="s">
-        <v>2777</v>
+        <v>2771</v>
       </c>
       <c r="C926" t="s">
-        <v>2682</v>
+        <v>2683</v>
       </c>
       <c r="D926" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E926" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F926" s="1" t="s">
-        <v>2812</v>
+        <v>2823</v>
       </c>
       <c r="G926" t="s">
-        <v>2813</v>
+        <v>2824</v>
       </c>
     </row>
     <row r="927" spans="1:7">
       <c r="A927" t="s">
-        <v>1571</v>
+        <v>2772</v>
       </c>
       <c r="B927" t="s">
-        <v>2777</v>
+        <v>2771</v>
       </c>
       <c r="C927" t="s">
-        <v>9</v>
+        <v>2693</v>
       </c>
       <c r="D927" t="s">
-        <v>101</v>
+        <v>28</v>
       </c>
       <c r="E927" t="s">
-        <v>102</v>
+        <v>29</v>
       </c>
       <c r="F927" s="1" t="s">
-        <v>2814</v>
+        <v>2825</v>
       </c>
       <c r="G927" t="s">
-        <v>2815</v>
+        <v>2826</v>
       </c>
     </row>
     <row r="928" spans="1:7">
       <c r="A928" t="s">
-        <v>2816</v>
+        <v>2827</v>
       </c>
       <c r="B928" t="s">
-        <v>2777</v>
+        <v>2771</v>
       </c>
       <c r="C928" t="s">
-        <v>9</v>
+        <v>55</v>
       </c>
       <c r="D928" t="s">
         <v>10</v>
       </c>
       <c r="E928" t="s">
         <v>11</v>
       </c>
       <c r="F928" s="1" t="s">
-        <v>2817</v>
+        <v>2828</v>
       </c>
       <c r="G928" t="s">
-        <v>2818</v>
+        <v>2829</v>
       </c>
     </row>
     <row r="929" spans="1:7">
       <c r="A929" t="s">
-        <v>2620</v>
+        <v>2830</v>
       </c>
       <c r="B929" t="s">
-        <v>2777</v>
+        <v>2771</v>
       </c>
       <c r="C929" t="s">
-        <v>2686</v>
+        <v>59</v>
       </c>
       <c r="D929" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E929" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F929" s="1" t="s">
-        <v>2819</v>
+        <v>2831</v>
       </c>
       <c r="G929" t="s">
-        <v>2820</v>
+        <v>57</v>
       </c>
     </row>
     <row r="930" spans="1:7">
       <c r="A930" t="s">
-        <v>2821</v>
+        <v>2832</v>
       </c>
       <c r="B930" t="s">
-        <v>2777</v>
+        <v>2771</v>
       </c>
       <c r="C930" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="D930" t="s">
         <v>10</v>
       </c>
       <c r="E930" t="s">
         <v>11</v>
       </c>
       <c r="F930" s="1" t="s">
-        <v>2822</v>
+        <v>2833</v>
       </c>
       <c r="G930" t="s">
-        <v>2716</v>
+        <v>57</v>
       </c>
     </row>
     <row r="931" spans="1:7">
       <c r="A931" t="s">
-        <v>2823</v>
+        <v>2786</v>
       </c>
       <c r="B931" t="s">
-        <v>2777</v>
+        <v>2771</v>
       </c>
       <c r="C931" t="s">
-        <v>120</v>
+        <v>2700</v>
       </c>
       <c r="D931" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E931" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F931" s="1" t="s">
-        <v>2824</v>
+        <v>2834</v>
       </c>
       <c r="G931" t="s">
-        <v>2825</v>
+        <v>2835</v>
       </c>
     </row>
     <row r="932" spans="1:7">
       <c r="A932" t="s">
-        <v>2630</v>
+        <v>2836</v>
       </c>
       <c r="B932" t="s">
-        <v>2777</v>
+        <v>2771</v>
       </c>
       <c r="C932" t="s">
-        <v>2690</v>
+        <v>67</v>
       </c>
       <c r="D932" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E932" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F932" s="1" t="s">
-        <v>2826</v>
+        <v>2837</v>
       </c>
       <c r="G932" t="s">
-        <v>2827</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="933" spans="1:7">
       <c r="A933" t="s">
-        <v>2637</v>
+        <v>2838</v>
       </c>
       <c r="B933" t="s">
-        <v>2777</v>
+        <v>2771</v>
       </c>
       <c r="C933" t="s">
-        <v>2694</v>
+        <v>71</v>
       </c>
       <c r="D933" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E933" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F933" s="1" t="s">
-        <v>2828</v>
+        <v>2839</v>
       </c>
       <c r="G933" t="s">
-        <v>2811</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="934" spans="1:7">
       <c r="A934" t="s">
-        <v>2641</v>
+        <v>2840</v>
       </c>
       <c r="B934" t="s">
+        <v>2841</v>
+      </c>
+      <c r="C934" t="s">
+        <v>19</v>
+      </c>
+      <c r="D934" t="s">
+        <v>10</v>
+      </c>
+      <c r="E934" t="s">
+        <v>11</v>
+      </c>
+      <c r="F934" s="1" t="s">
+        <v>2842</v>
+      </c>
+      <c r="G934" t="s">
         <v>2777</v>
-      </c>
-[...13 lines deleted...]
-        <v>2830</v>
       </c>
     </row>
     <row r="935" spans="1:7">
       <c r="A935" t="s">
-        <v>2645</v>
+        <v>2610</v>
       </c>
       <c r="B935" t="s">
-        <v>2777</v>
+        <v>2841</v>
       </c>
       <c r="C935" t="s">
-        <v>216</v>
+        <v>2704</v>
       </c>
       <c r="D935" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E935" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F935" s="1" t="s">
-        <v>2831</v>
+        <v>2843</v>
       </c>
       <c r="G935" t="s">
-        <v>2832</v>
+        <v>2844</v>
       </c>
     </row>
     <row r="936" spans="1:7">
       <c r="A936" t="s">
-        <v>2649</v>
+        <v>2845</v>
       </c>
       <c r="B936" t="s">
-        <v>2777</v>
+        <v>2841</v>
       </c>
       <c r="C936" t="s">
-        <v>220</v>
+        <v>23</v>
       </c>
       <c r="D936" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E936" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F936" s="1" t="s">
-        <v>2833</v>
+        <v>2846</v>
       </c>
       <c r="G936" t="s">
-        <v>2834</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="937" spans="1:7">
       <c r="A937" t="s">
-        <v>2835</v>
+        <v>2622</v>
       </c>
       <c r="B937" t="s">
-        <v>2777</v>
+        <v>2841</v>
       </c>
       <c r="C937" t="s">
-        <v>2836</v>
+        <v>2708</v>
       </c>
       <c r="D937" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E937" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F937" s="1" t="s">
-        <v>2837</v>
+        <v>2847</v>
       </c>
       <c r="G937" t="s">
-        <v>2838</v>
+        <v>2848</v>
       </c>
     </row>
     <row r="938" spans="1:7">
       <c r="A938" t="s">
-        <v>2658</v>
+        <v>2628</v>
       </c>
       <c r="B938" t="s">
-        <v>2777</v>
+        <v>2841</v>
       </c>
       <c r="C938" t="s">
-        <v>224</v>
+        <v>2712</v>
       </c>
       <c r="D938" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E938" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F938" s="1" t="s">
-        <v>2839</v>
+        <v>2849</v>
       </c>
       <c r="G938" t="s">
-        <v>2840</v>
+        <v>2850</v>
       </c>
     </row>
     <row r="939" spans="1:7">
       <c r="A939" t="s">
+        <v>2851</v>
+      </c>
+      <c r="B939" t="s">
         <v>2841</v>
       </c>
-      <c r="B939" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C939" t="s">
-        <v>23</v>
+        <v>197</v>
       </c>
       <c r="D939" t="s">
-        <v>10</v>
+        <v>291</v>
       </c>
       <c r="E939" t="s">
-        <v>11</v>
+        <v>292</v>
       </c>
       <c r="F939" s="1" t="s">
-        <v>2842</v>
+        <v>2852</v>
       </c>
       <c r="G939" t="s">
-        <v>2716</v>
+        <v>2853</v>
       </c>
     </row>
     <row r="940" spans="1:7">
       <c r="A940" t="s">
-        <v>2843</v>
+        <v>2653</v>
       </c>
       <c r="B940" t="s">
-        <v>2844</v>
+        <v>2841</v>
       </c>
       <c r="C940" t="s">
-        <v>182</v>
+        <v>2721</v>
       </c>
       <c r="D940" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E940" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F940" s="1" t="s">
-        <v>2845</v>
+        <v>2854</v>
       </c>
       <c r="G940" t="s">
-        <v>2713</v>
+        <v>2855</v>
       </c>
     </row>
     <row r="941" spans="1:7">
       <c r="A941" t="s">
-        <v>2846</v>
+        <v>2856</v>
       </c>
       <c r="B941" t="s">
-        <v>2844</v>
+        <v>2841</v>
       </c>
       <c r="C941" t="s">
-        <v>186</v>
+        <v>45</v>
       </c>
       <c r="D941" t="s">
         <v>10</v>
       </c>
       <c r="E941" t="s">
         <v>11</v>
       </c>
       <c r="F941" s="1" t="s">
-        <v>2847</v>
+        <v>2857</v>
       </c>
       <c r="G941" t="s">
-        <v>2716</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="942" spans="1:7">
       <c r="A942" t="s">
-        <v>2848</v>
+        <v>2657</v>
       </c>
       <c r="B942" t="s">
-        <v>2844</v>
+        <v>2841</v>
       </c>
       <c r="C942" t="s">
-        <v>123</v>
+        <v>2728</v>
       </c>
       <c r="D942" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E942" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F942" s="1" t="s">
-        <v>2849</v>
+        <v>2858</v>
       </c>
       <c r="G942" t="s">
-        <v>2850</v>
+        <v>2859</v>
       </c>
     </row>
     <row r="943" spans="1:7">
       <c r="A943" t="s">
-        <v>2455</v>
+        <v>2661</v>
       </c>
       <c r="B943" t="s">
-        <v>2844</v>
+        <v>2841</v>
       </c>
       <c r="C943" t="s">
-        <v>228</v>
+        <v>2735</v>
       </c>
       <c r="D943" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E943" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F943" s="1" t="s">
-        <v>2851</v>
+        <v>2860</v>
       </c>
       <c r="G943" t="s">
-        <v>2852</v>
+        <v>2861</v>
       </c>
     </row>
     <row r="944" spans="1:7">
       <c r="A944" t="s">
-        <v>2853</v>
+        <v>2862</v>
       </c>
       <c r="B944" t="s">
-        <v>2844</v>
+        <v>2841</v>
       </c>
       <c r="C944" t="s">
-        <v>127</v>
+        <v>49</v>
       </c>
       <c r="D944" t="s">
-        <v>211</v>
+        <v>10</v>
       </c>
       <c r="E944" t="s">
-        <v>212</v>
+        <v>11</v>
       </c>
       <c r="F944" s="1" t="s">
-        <v>2854</v>
+        <v>2863</v>
       </c>
       <c r="G944" t="s">
-        <v>2789</v>
+        <v>383</v>
       </c>
     </row>
     <row r="945" spans="1:7">
       <c r="A945" t="s">
-        <v>2855</v>
+        <v>2864</v>
       </c>
       <c r="B945" t="s">
-        <v>2844</v>
+        <v>2841</v>
       </c>
       <c r="C945" t="s">
-        <v>9</v>
+        <v>63</v>
       </c>
       <c r="D945" t="s">
-        <v>10</v>
+        <v>147</v>
       </c>
       <c r="E945" t="s">
-        <v>11</v>
+        <v>148</v>
       </c>
       <c r="F945" s="1" t="s">
-        <v>2856</v>
+        <v>2865</v>
       </c>
       <c r="G945" t="s">
-        <v>2716</v>
+        <v>2866</v>
       </c>
     </row>
     <row r="946" spans="1:7">
       <c r="A946" t="s">
-        <v>2458</v>
+        <v>2867</v>
       </c>
       <c r="B946" t="s">
-        <v>2844</v>
+        <v>2841</v>
       </c>
       <c r="C946" t="s">
-        <v>232</v>
+        <v>205</v>
       </c>
       <c r="D946" t="s">
-        <v>49</v>
+        <v>291</v>
       </c>
       <c r="E946" t="s">
-        <v>50</v>
+        <v>292</v>
       </c>
       <c r="F946" s="1" t="s">
-        <v>2857</v>
+        <v>2868</v>
       </c>
       <c r="G946" t="s">
-        <v>2858</v>
+        <v>2853</v>
       </c>
     </row>
     <row r="947" spans="1:7">
       <c r="A947" t="s">
-        <v>2461</v>
+        <v>2869</v>
       </c>
       <c r="B947" t="s">
-        <v>2844</v>
+        <v>2841</v>
       </c>
       <c r="C947" t="s">
-        <v>236</v>
+        <v>52</v>
       </c>
       <c r="D947" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E947" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F947" s="1" t="s">
-        <v>2859</v>
+        <v>2870</v>
       </c>
       <c r="G947" t="s">
-        <v>2860</v>
+        <v>2871</v>
       </c>
     </row>
     <row r="948" spans="1:7">
       <c r="A948" t="s">
-        <v>2464</v>
+        <v>2872</v>
       </c>
       <c r="B948" t="s">
-        <v>2844</v>
+        <v>2841</v>
       </c>
       <c r="C948" t="s">
-        <v>240</v>
+        <v>55</v>
       </c>
       <c r="D948" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E948" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F948" s="1" t="s">
-        <v>2861</v>
+        <v>2873</v>
       </c>
       <c r="G948" t="s">
-        <v>2862</v>
+        <v>2666</v>
       </c>
     </row>
     <row r="949" spans="1:7">
       <c r="A949" t="s">
-        <v>2467</v>
+        <v>2673</v>
       </c>
       <c r="B949" t="s">
-        <v>2844</v>
+        <v>2841</v>
       </c>
       <c r="C949" t="s">
-        <v>244</v>
+        <v>2742</v>
       </c>
       <c r="D949" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E949" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F949" s="1" t="s">
-        <v>2863</v>
+        <v>2874</v>
       </c>
       <c r="G949" t="s">
-        <v>2864</v>
+        <v>2875</v>
       </c>
     </row>
     <row r="950" spans="1:7">
       <c r="A950" t="s">
-        <v>2470</v>
+        <v>2677</v>
       </c>
       <c r="B950" t="s">
-        <v>2844</v>
+        <v>2841</v>
       </c>
       <c r="C950" t="s">
-        <v>248</v>
+        <v>2746</v>
       </c>
       <c r="D950" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E950" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F950" s="1" t="s">
-        <v>2865</v>
+        <v>2876</v>
       </c>
       <c r="G950" t="s">
-        <v>2866</v>
+        <v>2877</v>
       </c>
     </row>
     <row r="951" spans="1:7">
       <c r="A951" t="s">
-        <v>2473</v>
+        <v>1635</v>
       </c>
       <c r="B951" t="s">
-        <v>2844</v>
+        <v>2841</v>
       </c>
       <c r="C951" t="s">
-        <v>252</v>
+        <v>59</v>
       </c>
       <c r="D951" t="s">
-        <v>49</v>
+        <v>192</v>
       </c>
       <c r="E951" t="s">
-        <v>50</v>
+        <v>193</v>
       </c>
       <c r="F951" s="1" t="s">
-        <v>2867</v>
+        <v>2878</v>
       </c>
       <c r="G951" t="s">
-        <v>2868</v>
+        <v>2879</v>
       </c>
     </row>
     <row r="952" spans="1:7">
       <c r="A952" t="s">
-        <v>2476</v>
+        <v>2880</v>
       </c>
       <c r="B952" t="s">
-        <v>2844</v>
+        <v>2841</v>
       </c>
       <c r="C952" t="s">
-        <v>256</v>
+        <v>59</v>
       </c>
       <c r="D952" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E952" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F952" s="1" t="s">
-        <v>2869</v>
+        <v>2881</v>
       </c>
       <c r="G952" t="s">
-        <v>2870</v>
+        <v>2882</v>
       </c>
     </row>
     <row r="953" spans="1:7">
       <c r="A953" t="s">
-        <v>2482</v>
+        <v>2684</v>
       </c>
       <c r="B953" t="s">
-        <v>2844</v>
+        <v>2841</v>
       </c>
       <c r="C953" t="s">
-        <v>260</v>
+        <v>2750</v>
       </c>
       <c r="D953" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E953" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F953" s="1" t="s">
-        <v>2871</v>
+        <v>2883</v>
       </c>
       <c r="G953" t="s">
-        <v>2872</v>
+        <v>2884</v>
       </c>
     </row>
     <row r="954" spans="1:7">
       <c r="A954" t="s">
-        <v>2873</v>
+        <v>2885</v>
       </c>
       <c r="B954" t="s">
-        <v>2844</v>
+        <v>2841</v>
       </c>
       <c r="C954" t="s">
-        <v>19</v>
+        <v>63</v>
       </c>
       <c r="D954" t="s">
-        <v>58</v>
+        <v>10</v>
       </c>
       <c r="E954" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="F954" s="1" t="s">
-        <v>2874</v>
+        <v>2886</v>
       </c>
       <c r="G954" t="s">
-        <v>2875</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="955" spans="1:7">
       <c r="A955" t="s">
-        <v>2497</v>
+        <v>2887</v>
       </c>
       <c r="B955" t="s">
-        <v>2844</v>
+        <v>2841</v>
       </c>
       <c r="C955" t="s">
-        <v>264</v>
+        <v>211</v>
       </c>
       <c r="D955" t="s">
-        <v>49</v>
+        <v>291</v>
       </c>
       <c r="E955" t="s">
-        <v>50</v>
+        <v>292</v>
       </c>
       <c r="F955" s="1" t="s">
-        <v>2876</v>
+        <v>2888</v>
       </c>
       <c r="G955" t="s">
-        <v>2877</v>
+        <v>2889</v>
       </c>
     </row>
     <row r="956" spans="1:7">
       <c r="A956" t="s">
-        <v>2500</v>
+        <v>2694</v>
       </c>
       <c r="B956" t="s">
-        <v>2844</v>
+        <v>2841</v>
       </c>
       <c r="C956" t="s">
-        <v>268</v>
+        <v>2754</v>
       </c>
       <c r="D956" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E956" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F956" s="1" t="s">
-        <v>2878</v>
+        <v>2890</v>
       </c>
       <c r="G956" t="s">
-        <v>2879</v>
+        <v>2891</v>
       </c>
     </row>
     <row r="957" spans="1:7">
       <c r="A957" t="s">
-        <v>2503</v>
+        <v>2701</v>
       </c>
       <c r="B957" t="s">
-        <v>2844</v>
+        <v>2841</v>
       </c>
       <c r="C957" t="s">
-        <v>272</v>
+        <v>2758</v>
       </c>
       <c r="D957" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E957" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F957" s="1" t="s">
-        <v>2880</v>
+        <v>2892</v>
       </c>
       <c r="G957" t="s">
-        <v>2881</v>
+        <v>2875</v>
       </c>
     </row>
     <row r="958" spans="1:7">
       <c r="A958" t="s">
-        <v>2506</v>
+        <v>2705</v>
       </c>
       <c r="B958" t="s">
-        <v>2844</v>
+        <v>2841</v>
       </c>
       <c r="C958" t="s">
-        <v>276</v>
+        <v>290</v>
       </c>
       <c r="D958" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E958" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F958" s="1" t="s">
-        <v>2882</v>
+        <v>2893</v>
       </c>
       <c r="G958" t="s">
-        <v>2881</v>
+        <v>2894</v>
       </c>
     </row>
     <row r="959" spans="1:7">
       <c r="A959" t="s">
-        <v>2509</v>
+        <v>2709</v>
       </c>
       <c r="B959" t="s">
-        <v>2844</v>
+        <v>2841</v>
       </c>
       <c r="C959" t="s">
-        <v>280</v>
+        <v>296</v>
       </c>
       <c r="D959" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E959" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F959" s="1" t="s">
-        <v>2883</v>
+        <v>2895</v>
       </c>
       <c r="G959" t="s">
-        <v>2884</v>
+        <v>2896</v>
       </c>
     </row>
     <row r="960" spans="1:7">
       <c r="A960" t="s">
-        <v>2512</v>
+        <v>2713</v>
       </c>
       <c r="B960" t="s">
-        <v>2844</v>
+        <v>2841</v>
       </c>
       <c r="C960" t="s">
-        <v>284</v>
+        <v>300</v>
       </c>
       <c r="D960" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E960" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F960" s="1" t="s">
-        <v>2885</v>
+        <v>2897</v>
       </c>
       <c r="G960" t="s">
-        <v>2864</v>
+        <v>2898</v>
       </c>
     </row>
     <row r="961" spans="1:7">
       <c r="A961" t="s">
-        <v>2515</v>
+        <v>2899</v>
       </c>
       <c r="B961" t="s">
-        <v>2844</v>
+        <v>2841</v>
       </c>
       <c r="C961" t="s">
-        <v>288</v>
+        <v>2900</v>
       </c>
       <c r="D961" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E961" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F961" s="1" t="s">
-        <v>2886</v>
+        <v>2901</v>
       </c>
       <c r="G961" t="s">
-        <v>2887</v>
+        <v>2902</v>
       </c>
     </row>
     <row r="962" spans="1:7">
       <c r="A962" t="s">
-        <v>2518</v>
+        <v>2722</v>
       </c>
       <c r="B962" t="s">
-        <v>2844</v>
+        <v>2841</v>
       </c>
       <c r="C962" t="s">
-        <v>1134</v>
+        <v>304</v>
       </c>
       <c r="D962" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E962" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F962" s="1" t="s">
-        <v>2888</v>
+        <v>2903</v>
       </c>
       <c r="G962" t="s">
-        <v>2889</v>
+        <v>2904</v>
       </c>
     </row>
     <row r="963" spans="1:7">
       <c r="A963" t="s">
-        <v>2520</v>
+        <v>2905</v>
       </c>
       <c r="B963" t="s">
-        <v>2844</v>
+        <v>2841</v>
       </c>
       <c r="C963" t="s">
-        <v>1190</v>
+        <v>71</v>
       </c>
       <c r="D963" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E963" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F963" s="1" t="s">
-        <v>2890</v>
+        <v>2906</v>
       </c>
       <c r="G963" t="s">
-        <v>2891</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="964" spans="1:7">
       <c r="A964" t="s">
-        <v>2540</v>
+        <v>2907</v>
       </c>
       <c r="B964" t="s">
-        <v>2844</v>
+        <v>2908</v>
       </c>
       <c r="C964" t="s">
-        <v>1233</v>
+        <v>52</v>
       </c>
       <c r="D964" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E964" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F964" s="1" t="s">
-        <v>2892</v>
+        <v>2909</v>
       </c>
       <c r="G964" t="s">
-        <v>2893</v>
+        <v>2777</v>
       </c>
     </row>
     <row r="965" spans="1:7">
       <c r="A965" t="s">
-        <v>2894</v>
+        <v>2910</v>
       </c>
       <c r="B965" t="s">
-        <v>2844</v>
+        <v>2908</v>
       </c>
       <c r="C965" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
       <c r="D965" t="s">
         <v>10</v>
       </c>
       <c r="E965" t="s">
         <v>11</v>
       </c>
       <c r="F965" s="1" t="s">
-        <v>2895</v>
+        <v>2911</v>
       </c>
       <c r="G965" t="s">
-        <v>2896</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="966" spans="1:7">
       <c r="A966" t="s">
-        <v>2897</v>
+        <v>2912</v>
       </c>
       <c r="B966" t="s">
-        <v>2844</v>
+        <v>2908</v>
       </c>
       <c r="C966" t="s">
-        <v>23</v>
+        <v>214</v>
       </c>
       <c r="D966" t="s">
-        <v>10</v>
+        <v>291</v>
       </c>
       <c r="E966" t="s">
-        <v>11</v>
+        <v>292</v>
       </c>
       <c r="F966" s="1" t="s">
-        <v>2898</v>
+        <v>2913</v>
       </c>
       <c r="G966" t="s">
-        <v>2716</v>
+        <v>2914</v>
       </c>
     </row>
     <row r="967" spans="1:7">
       <c r="A967" t="s">
-        <v>559</v>
+        <v>2519</v>
       </c>
       <c r="B967" t="s">
-        <v>2899</v>
+        <v>2908</v>
       </c>
       <c r="C967" t="s">
-        <v>1290</v>
+        <v>308</v>
       </c>
       <c r="D967" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E967" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F967" s="1" t="s">
-        <v>2900</v>
+        <v>2915</v>
       </c>
       <c r="G967" t="s">
-        <v>2901</v>
+        <v>2916</v>
       </c>
     </row>
     <row r="968" spans="1:7">
       <c r="A968" t="s">
-        <v>2902</v>
+        <v>2917</v>
       </c>
       <c r="B968" t="s">
-        <v>2899</v>
+        <v>2908</v>
       </c>
       <c r="C968" t="s">
-        <v>182</v>
+        <v>217</v>
       </c>
       <c r="D968" t="s">
-        <v>10</v>
+        <v>291</v>
       </c>
       <c r="E968" t="s">
-        <v>11</v>
+        <v>292</v>
       </c>
       <c r="F968" s="1" t="s">
-        <v>2903</v>
+        <v>2918</v>
       </c>
       <c r="G968" t="s">
-        <v>2904</v>
+        <v>2853</v>
       </c>
     </row>
     <row r="969" spans="1:7">
       <c r="A969" t="s">
-        <v>2905</v>
+        <v>2919</v>
       </c>
       <c r="B969" t="s">
-        <v>2899</v>
+        <v>2908</v>
       </c>
       <c r="C969" t="s">
-        <v>23</v>
+        <v>59</v>
       </c>
       <c r="D969" t="s">
-        <v>1417</v>
+        <v>10</v>
       </c>
       <c r="E969" t="s">
-        <v>1418</v>
+        <v>11</v>
       </c>
       <c r="F969" s="1" t="s">
-        <v>2906</v>
+        <v>2920</v>
       </c>
       <c r="G969" t="s">
-        <v>2907</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="970" spans="1:7">
       <c r="A970" t="s">
+        <v>2522</v>
+      </c>
+      <c r="B970" t="s">
         <v>2908</v>
       </c>
-      <c r="B970" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C970" t="s">
-        <v>130</v>
+        <v>312</v>
       </c>
       <c r="D970" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E970" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F970" s="1" t="s">
-        <v>2909</v>
+        <v>2921</v>
       </c>
       <c r="G970" t="s">
-        <v>2789</v>
+        <v>2922</v>
       </c>
     </row>
     <row r="971" spans="1:7">
       <c r="A971" t="s">
-        <v>609</v>
+        <v>2525</v>
       </c>
       <c r="B971" t="s">
-        <v>2899</v>
+        <v>2908</v>
       </c>
       <c r="C971" t="s">
-        <v>1233</v>
+        <v>316</v>
       </c>
       <c r="D971" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E971" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F971" s="1" t="s">
-        <v>2910</v>
+        <v>2923</v>
       </c>
       <c r="G971" t="s">
-        <v>2911</v>
+        <v>2924</v>
       </c>
     </row>
     <row r="972" spans="1:7">
       <c r="A972" t="s">
-        <v>1945</v>
+        <v>2528</v>
       </c>
       <c r="B972" t="s">
-        <v>2899</v>
+        <v>2908</v>
       </c>
       <c r="C972" t="s">
-        <v>1294</v>
+        <v>320</v>
       </c>
       <c r="D972" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E972" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F972" s="1" t="s">
-        <v>2912</v>
+        <v>2925</v>
       </c>
       <c r="G972" t="s">
-        <v>2913</v>
+        <v>2926</v>
       </c>
     </row>
     <row r="973" spans="1:7">
       <c r="A973" t="s">
-        <v>1948</v>
+        <v>2531</v>
       </c>
       <c r="B973" t="s">
-        <v>2899</v>
+        <v>2908</v>
       </c>
       <c r="C973" t="s">
-        <v>1298</v>
+        <v>324</v>
       </c>
       <c r="D973" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E973" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F973" s="1" t="s">
-        <v>2914</v>
+        <v>2927</v>
       </c>
       <c r="G973" t="s">
-        <v>2915</v>
+        <v>2928</v>
       </c>
     </row>
     <row r="974" spans="1:7">
       <c r="A974" t="s">
-        <v>1954</v>
+        <v>2534</v>
       </c>
       <c r="B974" t="s">
-        <v>2899</v>
+        <v>2908</v>
       </c>
       <c r="C974" t="s">
-        <v>1306</v>
+        <v>328</v>
       </c>
       <c r="D974" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E974" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F974" s="1" t="s">
-        <v>2916</v>
+        <v>2929</v>
       </c>
       <c r="G974" t="s">
-        <v>2917</v>
+        <v>2930</v>
       </c>
     </row>
     <row r="975" spans="1:7">
       <c r="A975" t="s">
-        <v>2918</v>
+        <v>2537</v>
       </c>
       <c r="B975" t="s">
-        <v>2899</v>
+        <v>2908</v>
       </c>
       <c r="C975" t="s">
-        <v>156</v>
+        <v>332</v>
       </c>
       <c r="D975" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E975" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F975" s="1" t="s">
-        <v>2919</v>
+        <v>2931</v>
       </c>
       <c r="G975" t="s">
-        <v>2920</v>
+        <v>2932</v>
       </c>
     </row>
     <row r="976" spans="1:7">
       <c r="A976" t="s">
-        <v>2921</v>
+        <v>2540</v>
       </c>
       <c r="B976" t="s">
-        <v>2899</v>
+        <v>2908</v>
       </c>
       <c r="C976" t="s">
-        <v>160</v>
+        <v>336</v>
       </c>
       <c r="D976" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E976" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F976" s="1" t="s">
-        <v>2922</v>
+        <v>2933</v>
       </c>
       <c r="G976" t="s">
-        <v>2923</v>
+        <v>2934</v>
       </c>
     </row>
     <row r="977" spans="1:7">
       <c r="A977" t="s">
-        <v>2924</v>
+        <v>2546</v>
       </c>
       <c r="B977" t="s">
-        <v>2899</v>
+        <v>2908</v>
       </c>
       <c r="C977" t="s">
-        <v>186</v>
+        <v>340</v>
       </c>
       <c r="D977" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E977" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F977" s="1" t="s">
-        <v>2925</v>
+        <v>2935</v>
       </c>
       <c r="G977" t="s">
-        <v>2926</v>
+        <v>2936</v>
       </c>
     </row>
     <row r="978" spans="1:7">
       <c r="A978" t="s">
-        <v>2927</v>
+        <v>2937</v>
       </c>
       <c r="B978" t="s">
-        <v>2899</v>
+        <v>2908</v>
       </c>
       <c r="C978" t="s">
-        <v>9</v>
+        <v>67</v>
       </c>
       <c r="D978" t="s">
-        <v>10</v>
+        <v>147</v>
       </c>
       <c r="E978" t="s">
-        <v>11</v>
+        <v>148</v>
       </c>
       <c r="F978" s="1" t="s">
-        <v>2928</v>
+        <v>2938</v>
       </c>
       <c r="G978" t="s">
-        <v>2929</v>
+        <v>2939</v>
       </c>
     </row>
     <row r="979" spans="1:7">
       <c r="A979" t="s">
-        <v>2930</v>
+        <v>2561</v>
       </c>
       <c r="B979" t="s">
-        <v>2899</v>
+        <v>2908</v>
       </c>
       <c r="C979" t="s">
-        <v>15</v>
+        <v>344</v>
       </c>
       <c r="D979" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E979" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F979" s="1" t="s">
-        <v>2931</v>
+        <v>2940</v>
       </c>
       <c r="G979" t="s">
-        <v>2929</v>
+        <v>2941</v>
       </c>
     </row>
     <row r="980" spans="1:7">
       <c r="A980" t="s">
-        <v>2932</v>
+        <v>2564</v>
       </c>
       <c r="B980" t="s">
-        <v>2899</v>
+        <v>2908</v>
       </c>
       <c r="C980" t="s">
-        <v>163</v>
+        <v>348</v>
       </c>
       <c r="D980" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E980" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F980" s="1" t="s">
-        <v>2933</v>
+        <v>2942</v>
       </c>
       <c r="G980" t="s">
-        <v>2934</v>
+        <v>2943</v>
       </c>
     </row>
     <row r="981" spans="1:7">
       <c r="A981" t="s">
-        <v>2935</v>
+        <v>2567</v>
       </c>
       <c r="B981" t="s">
-        <v>2899</v>
+        <v>2908</v>
       </c>
       <c r="C981" t="s">
-        <v>19</v>
+        <v>352</v>
       </c>
       <c r="D981" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E981" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F981" s="1" t="s">
-        <v>2936</v>
+        <v>2944</v>
       </c>
       <c r="G981" t="s">
-        <v>2716</v>
+        <v>2945</v>
       </c>
     </row>
     <row r="982" spans="1:7">
       <c r="A982" t="s">
-        <v>527</v>
+        <v>2570</v>
       </c>
       <c r="B982" t="s">
-        <v>2899</v>
+        <v>2908</v>
       </c>
       <c r="C982" t="s">
-        <v>1190</v>
+        <v>356</v>
       </c>
       <c r="D982" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E982" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F982" s="1" t="s">
-        <v>2937</v>
+        <v>2946</v>
       </c>
       <c r="G982" t="s">
-        <v>2938</v>
+        <v>2945</v>
       </c>
     </row>
     <row r="983" spans="1:7">
       <c r="A983" t="s">
-        <v>585</v>
+        <v>2573</v>
       </c>
       <c r="B983" t="s">
-        <v>2899</v>
+        <v>2908</v>
       </c>
       <c r="C983" t="s">
-        <v>1314</v>
+        <v>360</v>
       </c>
       <c r="D983" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E983" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F983" s="1" t="s">
-        <v>2939</v>
+        <v>2947</v>
       </c>
       <c r="G983" t="s">
-        <v>2940</v>
+        <v>2948</v>
       </c>
     </row>
     <row r="984" spans="1:7">
       <c r="A984" t="s">
-        <v>1991</v>
+        <v>2576</v>
       </c>
       <c r="B984" t="s">
-        <v>2899</v>
+        <v>2908</v>
       </c>
       <c r="C984" t="s">
-        <v>1318</v>
+        <v>364</v>
       </c>
       <c r="D984" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E984" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F984" s="1" t="s">
-        <v>2941</v>
+        <v>2949</v>
       </c>
       <c r="G984" t="s">
-        <v>2942</v>
+        <v>2928</v>
       </c>
     </row>
     <row r="985" spans="1:7">
       <c r="A985" t="s">
-        <v>1995</v>
+        <v>2579</v>
       </c>
       <c r="B985" t="s">
-        <v>2899</v>
+        <v>2908</v>
       </c>
       <c r="C985" t="s">
-        <v>1322</v>
+        <v>368</v>
       </c>
       <c r="D985" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E985" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F985" s="1" t="s">
-        <v>2943</v>
+        <v>2950</v>
       </c>
       <c r="G985" t="s">
-        <v>2944</v>
+        <v>2951</v>
       </c>
     </row>
     <row r="986" spans="1:7">
       <c r="A986" t="s">
-        <v>1998</v>
+        <v>2582</v>
       </c>
       <c r="B986" t="s">
-        <v>2899</v>
+        <v>2908</v>
       </c>
       <c r="C986" t="s">
-        <v>1326</v>
+        <v>1203</v>
       </c>
       <c r="D986" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E986" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F986" s="1" t="s">
-        <v>2945</v>
+        <v>2952</v>
       </c>
       <c r="G986" t="s">
-        <v>2946</v>
+        <v>2953</v>
       </c>
     </row>
     <row r="987" spans="1:7">
       <c r="A987" t="s">
-        <v>1573</v>
+        <v>2584</v>
       </c>
       <c r="B987" t="s">
-        <v>2899</v>
+        <v>2908</v>
       </c>
       <c r="C987" t="s">
-        <v>15</v>
+        <v>1255</v>
       </c>
       <c r="D987" t="s">
-        <v>101</v>
+        <v>28</v>
       </c>
       <c r="E987" t="s">
-        <v>102</v>
+        <v>29</v>
       </c>
       <c r="F987" s="1" t="s">
-        <v>2947</v>
+        <v>2954</v>
       </c>
       <c r="G987" t="s">
-        <v>2948</v>
+        <v>2955</v>
       </c>
     </row>
     <row r="988" spans="1:7">
       <c r="A988" t="s">
-        <v>2949</v>
+        <v>2604</v>
       </c>
       <c r="B988" t="s">
-        <v>2899</v>
+        <v>2908</v>
       </c>
       <c r="C988" t="s">
-        <v>23</v>
+        <v>1297</v>
       </c>
       <c r="D988" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E988" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F988" s="1" t="s">
-        <v>2950</v>
+        <v>2956</v>
       </c>
       <c r="G988" t="s">
-        <v>158</v>
+        <v>2957</v>
       </c>
     </row>
     <row r="989" spans="1:7">
       <c r="A989" t="s">
-        <v>588</v>
+        <v>2958</v>
       </c>
       <c r="B989" t="s">
-        <v>2899</v>
+        <v>2908</v>
       </c>
       <c r="C989" t="s">
-        <v>1330</v>
+        <v>63</v>
       </c>
       <c r="D989" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E989" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F989" s="1" t="s">
-        <v>2951</v>
+        <v>2959</v>
       </c>
       <c r="G989" t="s">
-        <v>2952</v>
+        <v>2960</v>
       </c>
     </row>
     <row r="990" spans="1:7">
       <c r="A990" t="s">
-        <v>2011</v>
+        <v>2961</v>
       </c>
       <c r="B990" t="s">
-        <v>2953</v>
+        <v>2908</v>
       </c>
       <c r="C990" t="s">
-        <v>1334</v>
+        <v>71</v>
       </c>
       <c r="D990" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E990" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F990" s="1" t="s">
-        <v>2954</v>
+        <v>2962</v>
       </c>
       <c r="G990" t="s">
-        <v>2955</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="991" spans="1:7">
       <c r="A991" t="s">
-        <v>2022</v>
+        <v>638</v>
       </c>
       <c r="B991" t="s">
-        <v>2953</v>
+        <v>2963</v>
       </c>
       <c r="C991" t="s">
-        <v>1338</v>
+        <v>1354</v>
       </c>
       <c r="D991" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E991" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F991" s="1" t="s">
-        <v>2956</v>
+        <v>2964</v>
       </c>
       <c r="G991" t="s">
-        <v>2957</v>
+        <v>2965</v>
       </c>
     </row>
     <row r="992" spans="1:7">
       <c r="A992" t="s">
-        <v>2026</v>
+        <v>2966</v>
       </c>
       <c r="B992" t="s">
-        <v>2953</v>
+        <v>2963</v>
       </c>
       <c r="C992" t="s">
-        <v>1342</v>
+        <v>52</v>
       </c>
       <c r="D992" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E992" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F992" s="1" t="s">
-        <v>2958</v>
+        <v>2967</v>
       </c>
       <c r="G992" t="s">
-        <v>2959</v>
+        <v>2968</v>
       </c>
     </row>
     <row r="993" spans="1:7">
       <c r="A993" t="s">
-        <v>2030</v>
+        <v>2969</v>
       </c>
       <c r="B993" t="s">
-        <v>2953</v>
+        <v>2963</v>
       </c>
       <c r="C993" t="s">
-        <v>1346</v>
+        <v>71</v>
       </c>
       <c r="D993" t="s">
-        <v>49</v>
+        <v>1481</v>
       </c>
       <c r="E993" t="s">
-        <v>50</v>
+        <v>1482</v>
       </c>
       <c r="F993" s="1" t="s">
-        <v>2960</v>
+        <v>2970</v>
       </c>
       <c r="G993" t="s">
-        <v>2961</v>
+        <v>2971</v>
       </c>
     </row>
     <row r="994" spans="1:7">
       <c r="A994" t="s">
-        <v>2034</v>
+        <v>2972</v>
       </c>
       <c r="B994" t="s">
-        <v>2953</v>
+        <v>2963</v>
       </c>
       <c r="C994" t="s">
-        <v>1350</v>
+        <v>220</v>
       </c>
       <c r="D994" t="s">
-        <v>49</v>
+        <v>291</v>
       </c>
       <c r="E994" t="s">
-        <v>50</v>
+        <v>292</v>
       </c>
       <c r="F994" s="1" t="s">
-        <v>2962</v>
+        <v>2973</v>
       </c>
       <c r="G994" t="s">
-        <v>2963</v>
+        <v>2853</v>
       </c>
     </row>
     <row r="995" spans="1:7">
       <c r="A995" t="s">
-        <v>2964</v>
+        <v>688</v>
       </c>
       <c r="B995" t="s">
-        <v>2953</v>
+        <v>2963</v>
       </c>
       <c r="C995" t="s">
-        <v>166</v>
+        <v>1297</v>
       </c>
       <c r="D995" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E995" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F995" s="1" t="s">
-        <v>2965</v>
+        <v>2974</v>
       </c>
       <c r="G995" t="s">
-        <v>2966</v>
+        <v>2975</v>
       </c>
     </row>
     <row r="996" spans="1:7">
       <c r="A996" t="s">
-        <v>2967</v>
+        <v>2009</v>
       </c>
       <c r="B996" t="s">
-        <v>2953</v>
+        <v>2963</v>
       </c>
       <c r="C996" t="s">
-        <v>114</v>
+        <v>1358</v>
       </c>
       <c r="D996" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E996" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F996" s="1" t="s">
-        <v>2968</v>
+        <v>2976</v>
       </c>
       <c r="G996" t="s">
-        <v>2929</v>
+        <v>2977</v>
       </c>
     </row>
     <row r="997" spans="1:7">
       <c r="A997" t="s">
-        <v>621</v>
+        <v>2012</v>
       </c>
       <c r="B997" t="s">
-        <v>2953</v>
+        <v>2963</v>
       </c>
       <c r="C997" t="s">
-        <v>1330</v>
+        <v>1362</v>
       </c>
       <c r="D997" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E997" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F997" s="1" t="s">
-        <v>2969</v>
+        <v>2978</v>
       </c>
       <c r="G997" t="s">
-        <v>2970</v>
+        <v>2979</v>
       </c>
     </row>
     <row r="998" spans="1:7">
       <c r="A998" t="s">
-        <v>876</v>
+        <v>2018</v>
       </c>
       <c r="B998" t="s">
-        <v>2953</v>
+        <v>2963</v>
       </c>
       <c r="C998" t="s">
-        <v>1358</v>
+        <v>1370</v>
       </c>
       <c r="D998" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E998" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F998" s="1" t="s">
-        <v>2971</v>
+        <v>2980</v>
       </c>
       <c r="G998" t="s">
-        <v>2972</v>
+        <v>2981</v>
       </c>
     </row>
     <row r="999" spans="1:7">
       <c r="A999" t="s">
-        <v>2973</v>
+        <v>2982</v>
       </c>
       <c r="B999" t="s">
-        <v>2953</v>
+        <v>2963</v>
       </c>
       <c r="C999" t="s">
-        <v>120</v>
+        <v>245</v>
       </c>
       <c r="D999" t="s">
-        <v>10</v>
+        <v>291</v>
       </c>
       <c r="E999" t="s">
-        <v>11</v>
+        <v>292</v>
       </c>
       <c r="F999" s="1" t="s">
-        <v>2974</v>
+        <v>2983</v>
       </c>
       <c r="G999" t="s">
-        <v>2975</v>
+        <v>2984</v>
       </c>
     </row>
     <row r="1000" spans="1:7">
       <c r="A1000" t="s">
-        <v>2048</v>
+        <v>2985</v>
       </c>
       <c r="B1000" t="s">
-        <v>2953</v>
+        <v>2963</v>
       </c>
       <c r="C1000" t="s">
-        <v>1362</v>
+        <v>9</v>
       </c>
       <c r="D1000" t="s">
-        <v>49</v>
+        <v>291</v>
       </c>
       <c r="E1000" t="s">
-        <v>50</v>
+        <v>292</v>
       </c>
       <c r="F1000" s="1" t="s">
-        <v>2976</v>
+        <v>2986</v>
       </c>
       <c r="G1000" t="s">
-        <v>2977</v>
+        <v>2987</v>
       </c>
     </row>
     <row r="1001" spans="1:7">
       <c r="A1001" t="s">
-        <v>2052</v>
+        <v>2988</v>
       </c>
       <c r="B1001" t="s">
-        <v>2953</v>
+        <v>2963</v>
       </c>
       <c r="C1001" t="s">
-        <v>1366</v>
+        <v>55</v>
       </c>
       <c r="D1001" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E1001" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F1001" s="1" t="s">
-        <v>2978</v>
+        <v>2989</v>
       </c>
       <c r="G1001" t="s">
-        <v>2979</v>
+        <v>2990</v>
       </c>
     </row>
     <row r="1002" spans="1:7">
       <c r="A1002" t="s">
-        <v>2056</v>
+        <v>2991</v>
       </c>
       <c r="B1002" t="s">
-        <v>2953</v>
+        <v>2963</v>
       </c>
       <c r="C1002" t="s">
-        <v>1370</v>
+        <v>59</v>
       </c>
       <c r="D1002" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E1002" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F1002" s="1" t="s">
-        <v>2980</v>
+        <v>2992</v>
       </c>
       <c r="G1002" t="s">
-        <v>2981</v>
+        <v>2993</v>
       </c>
     </row>
     <row r="1003" spans="1:7">
       <c r="A1003" t="s">
-        <v>2062</v>
+        <v>2994</v>
       </c>
       <c r="B1003" t="s">
-        <v>2953</v>
+        <v>2963</v>
       </c>
       <c r="C1003" t="s">
-        <v>1374</v>
+        <v>63</v>
       </c>
       <c r="D1003" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E1003" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F1003" s="1" t="s">
-        <v>2982</v>
+        <v>2995</v>
       </c>
       <c r="G1003" t="s">
-        <v>2983</v>
+        <v>2993</v>
       </c>
     </row>
     <row r="1004" spans="1:7">
       <c r="A1004" t="s">
-        <v>2984</v>
+        <v>2996</v>
       </c>
       <c r="B1004" t="s">
-        <v>2953</v>
+        <v>2963</v>
       </c>
       <c r="C1004" t="s">
-        <v>123</v>
+        <v>15</v>
       </c>
       <c r="D1004" t="s">
-        <v>10</v>
+        <v>291</v>
       </c>
       <c r="E1004" t="s">
-        <v>11</v>
+        <v>292</v>
       </c>
       <c r="F1004" s="1" t="s">
-        <v>2985</v>
+        <v>2997</v>
       </c>
       <c r="G1004" t="s">
-        <v>2986</v>
+        <v>2998</v>
       </c>
     </row>
     <row r="1005" spans="1:7">
       <c r="A1005" t="s">
-        <v>2065</v>
+        <v>2999</v>
       </c>
       <c r="B1005" t="s">
-        <v>2953</v>
+        <v>2963</v>
       </c>
       <c r="C1005" t="s">
-        <v>1378</v>
+        <v>67</v>
       </c>
       <c r="D1005" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E1005" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F1005" s="1" t="s">
-        <v>2987</v>
+        <v>3000</v>
       </c>
       <c r="G1005" t="s">
-        <v>2988</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="1006" spans="1:7">
       <c r="A1006" t="s">
-        <v>2082</v>
+        <v>606</v>
       </c>
       <c r="B1006" t="s">
-        <v>2953</v>
+        <v>2963</v>
       </c>
       <c r="C1006" t="s">
-        <v>1382</v>
+        <v>1255</v>
       </c>
       <c r="D1006" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E1006" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F1006" s="1" t="s">
-        <v>2989</v>
+        <v>3001</v>
       </c>
       <c r="G1006" t="s">
-        <v>2990</v>
+        <v>3002</v>
       </c>
     </row>
     <row r="1007" spans="1:7">
       <c r="A1007" t="s">
-        <v>2991</v>
+        <v>664</v>
       </c>
       <c r="B1007" t="s">
-        <v>2953</v>
+        <v>2963</v>
       </c>
       <c r="C1007" t="s">
-        <v>127</v>
+        <v>1378</v>
       </c>
       <c r="D1007" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E1007" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F1007" s="1" t="s">
-        <v>2992</v>
+        <v>3003</v>
       </c>
       <c r="G1007" t="s">
-        <v>2986</v>
+        <v>3004</v>
       </c>
     </row>
     <row r="1008" spans="1:7">
       <c r="A1008" t="s">
-        <v>2993</v>
+        <v>2055</v>
       </c>
       <c r="B1008" t="s">
-        <v>2953</v>
+        <v>2963</v>
       </c>
       <c r="C1008" t="s">
-        <v>130</v>
+        <v>1382</v>
       </c>
       <c r="D1008" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E1008" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F1008" s="1" t="s">
-        <v>2994</v>
+        <v>3005</v>
       </c>
       <c r="G1008" t="s">
-        <v>2986</v>
+        <v>3006</v>
       </c>
     </row>
     <row r="1009" spans="1:7">
       <c r="A1009" t="s">
-        <v>2108</v>
+        <v>2059</v>
       </c>
       <c r="B1009" t="s">
-        <v>2953</v>
+        <v>2963</v>
       </c>
       <c r="C1009" t="s">
         <v>1386</v>
       </c>
       <c r="D1009" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E1009" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F1009" s="1" t="s">
-        <v>2995</v>
+        <v>3007</v>
       </c>
       <c r="G1009" t="s">
-        <v>2996</v>
+        <v>3008</v>
       </c>
     </row>
     <row r="1010" spans="1:7">
       <c r="A1010" t="s">
-        <v>2111</v>
+        <v>2062</v>
       </c>
       <c r="B1010" t="s">
-        <v>2953</v>
+        <v>2963</v>
       </c>
       <c r="C1010" t="s">
-        <v>1502</v>
+        <v>1390</v>
       </c>
       <c r="D1010" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E1010" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F1010" s="1" t="s">
-        <v>2997</v>
+        <v>3009</v>
       </c>
       <c r="G1010" t="s">
-        <v>2998</v>
+        <v>3010</v>
       </c>
     </row>
     <row r="1011" spans="1:7">
       <c r="A1011" t="s">
-        <v>2999</v>
+        <v>1637</v>
       </c>
       <c r="B1011" t="s">
-        <v>2953</v>
+        <v>2963</v>
       </c>
       <c r="C1011" t="s">
-        <v>156</v>
+        <v>63</v>
       </c>
       <c r="D1011" t="s">
-        <v>10</v>
+        <v>192</v>
       </c>
       <c r="E1011" t="s">
-        <v>11</v>
+        <v>193</v>
       </c>
       <c r="F1011" s="1" t="s">
-        <v>3000</v>
+        <v>3011</v>
       </c>
       <c r="G1011" t="s">
-        <v>2986</v>
+        <v>3012</v>
       </c>
     </row>
     <row r="1012" spans="1:7">
       <c r="A1012" t="s">
-        <v>3001</v>
+        <v>3013</v>
       </c>
       <c r="B1012" t="s">
-        <v>2953</v>
+        <v>2963</v>
       </c>
       <c r="C1012" t="s">
-        <v>160</v>
+        <v>71</v>
       </c>
       <c r="D1012" t="s">
         <v>10</v>
       </c>
       <c r="E1012" t="s">
         <v>11</v>
       </c>
       <c r="F1012" s="1" t="s">
-        <v>3002</v>
+        <v>3014</v>
       </c>
       <c r="G1012" t="s">
-        <v>2986</v>
+        <v>57</v>
       </c>
     </row>
     <row r="1013" spans="1:7">
       <c r="A1013" t="s">
-        <v>2119</v>
+        <v>667</v>
       </c>
       <c r="B1013" t="s">
-        <v>2953</v>
+        <v>2963</v>
       </c>
       <c r="C1013" t="s">
-        <v>1685</v>
+        <v>1394</v>
       </c>
       <c r="D1013" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E1013" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F1013" s="1" t="s">
-        <v>3003</v>
+        <v>3015</v>
       </c>
       <c r="G1013" t="s">
-        <v>3004</v>
+        <v>3016</v>
       </c>
     </row>
     <row r="1014" spans="1:7">
       <c r="A1014" t="s">
-        <v>2125</v>
+        <v>2075</v>
       </c>
       <c r="B1014" t="s">
-        <v>2953</v>
+        <v>3017</v>
       </c>
       <c r="C1014" t="s">
-        <v>1695</v>
+        <v>1398</v>
       </c>
       <c r="D1014" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E1014" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F1014" s="1" t="s">
-        <v>3005</v>
+        <v>3018</v>
       </c>
       <c r="G1014" t="s">
-        <v>3006</v>
+        <v>3019</v>
       </c>
     </row>
     <row r="1015" spans="1:7">
       <c r="A1015" t="s">
-        <v>3007</v>
+        <v>2086</v>
       </c>
       <c r="B1015" t="s">
-        <v>2953</v>
+        <v>3017</v>
       </c>
       <c r="C1015" t="s">
-        <v>170</v>
+        <v>1402</v>
       </c>
       <c r="D1015" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E1015" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F1015" s="1" t="s">
-        <v>3008</v>
+        <v>3020</v>
       </c>
       <c r="G1015" t="s">
-        <v>2920</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="1016" spans="1:7">
       <c r="A1016" t="s">
-        <v>3009</v>
+        <v>2090</v>
       </c>
       <c r="B1016" t="s">
-        <v>2953</v>
+        <v>3017</v>
       </c>
       <c r="C1016" t="s">
-        <v>163</v>
+        <v>1406</v>
       </c>
       <c r="D1016" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E1016" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F1016" s="1" t="s">
-        <v>3010</v>
+        <v>3022</v>
       </c>
       <c r="G1016" t="s">
-        <v>2986</v>
+        <v>3023</v>
       </c>
     </row>
     <row r="1017" spans="1:7">
       <c r="A1017" t="s">
-        <v>3011</v>
+        <v>2094</v>
       </c>
       <c r="B1017" t="s">
-        <v>2953</v>
+        <v>3017</v>
       </c>
       <c r="C1017" t="s">
-        <v>166</v>
+        <v>1410</v>
       </c>
       <c r="D1017" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E1017" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F1017" s="1" t="s">
-        <v>3012</v>
+        <v>3024</v>
       </c>
       <c r="G1017" t="s">
-        <v>2986</v>
+        <v>3025</v>
       </c>
     </row>
     <row r="1018" spans="1:7">
       <c r="A1018" t="s">
-        <v>3013</v>
+        <v>2098</v>
       </c>
       <c r="B1018" t="s">
-        <v>2953</v>
+        <v>3017</v>
       </c>
       <c r="C1018" t="s">
-        <v>170</v>
+        <v>1414</v>
       </c>
       <c r="D1018" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E1018" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F1018" s="1" t="s">
-        <v>3014</v>
+        <v>3026</v>
       </c>
       <c r="G1018" t="s">
-        <v>2986</v>
+        <v>3027</v>
       </c>
     </row>
     <row r="1019" spans="1:7">
       <c r="A1019" t="s">
-        <v>3015</v>
+        <v>3028</v>
       </c>
       <c r="B1019" t="s">
-        <v>2953</v>
+        <v>3017</v>
       </c>
       <c r="C1019" t="s">
-        <v>174</v>
+        <v>19</v>
       </c>
       <c r="D1019" t="s">
-        <v>10</v>
+        <v>291</v>
       </c>
       <c r="E1019" t="s">
-        <v>11</v>
+        <v>292</v>
       </c>
       <c r="F1019" s="1" t="s">
-        <v>3016</v>
+        <v>3029</v>
       </c>
       <c r="G1019" t="s">
-        <v>2986</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="1020" spans="1:7">
       <c r="A1020" t="s">
+        <v>3031</v>
+      </c>
+      <c r="B1020" t="s">
         <v>3017</v>
       </c>
-      <c r="B1020" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1020" t="s">
-        <v>178</v>
+        <v>205</v>
       </c>
       <c r="D1020" t="s">
         <v>10</v>
       </c>
       <c r="E1020" t="s">
         <v>11</v>
       </c>
       <c r="F1020" s="1" t="s">
-        <v>3018</v>
+        <v>3032</v>
       </c>
       <c r="G1020" t="s">
-        <v>2986</v>
+        <v>2993</v>
       </c>
     </row>
     <row r="1021" spans="1:7">
       <c r="A1021" t="s">
-        <v>3019</v>
+        <v>700</v>
       </c>
       <c r="B1021" t="s">
-        <v>2953</v>
+        <v>3017</v>
       </c>
       <c r="C1021" t="s">
-        <v>182</v>
+        <v>1394</v>
       </c>
       <c r="D1021" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E1021" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F1021" s="1" t="s">
-        <v>3020</v>
+        <v>3033</v>
       </c>
       <c r="G1021" t="s">
-        <v>2986</v>
+        <v>3034</v>
       </c>
     </row>
     <row r="1022" spans="1:7">
       <c r="A1022" t="s">
-        <v>3021</v>
+        <v>954</v>
       </c>
       <c r="B1022" t="s">
-        <v>2953</v>
+        <v>3017</v>
       </c>
       <c r="C1022" t="s">
-        <v>186</v>
+        <v>1422</v>
       </c>
       <c r="D1022" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E1022" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F1022" s="1" t="s">
-        <v>3022</v>
+        <v>3035</v>
       </c>
       <c r="G1022" t="s">
-        <v>3023</v>
+        <v>3036</v>
       </c>
     </row>
     <row r="1023" spans="1:7">
       <c r="A1023" t="s">
-        <v>3024</v>
+        <v>3037</v>
       </c>
       <c r="B1023" t="s">
-        <v>2953</v>
+        <v>3017</v>
       </c>
       <c r="C1023" t="s">
-        <v>9</v>
+        <v>211</v>
       </c>
       <c r="D1023" t="s">
         <v>10</v>
       </c>
       <c r="E1023" t="s">
         <v>11</v>
       </c>
       <c r="F1023" s="1" t="s">
-        <v>3025</v>
+        <v>3038</v>
       </c>
       <c r="G1023" t="s">
-        <v>3026</v>
+        <v>3039</v>
       </c>
     </row>
     <row r="1024" spans="1:7">
       <c r="A1024" t="s">
-        <v>3027</v>
+        <v>2112</v>
       </c>
       <c r="B1024" t="s">
-        <v>2953</v>
+        <v>3017</v>
       </c>
       <c r="C1024" t="s">
-        <v>15</v>
+        <v>1426</v>
       </c>
       <c r="D1024" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E1024" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F1024" s="1" t="s">
-        <v>3028</v>
+        <v>3040</v>
       </c>
       <c r="G1024" t="s">
-        <v>3029</v>
+        <v>3041</v>
       </c>
     </row>
     <row r="1025" spans="1:7">
       <c r="A1025" t="s">
-        <v>3030</v>
+        <v>2116</v>
       </c>
       <c r="B1025" t="s">
-        <v>2953</v>
+        <v>3017</v>
       </c>
       <c r="C1025" t="s">
-        <v>19</v>
+        <v>1430</v>
       </c>
       <c r="D1025" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E1025" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F1025" s="1" t="s">
-        <v>3031</v>
+        <v>3042</v>
       </c>
       <c r="G1025" t="s">
-        <v>158</v>
+        <v>3043</v>
       </c>
     </row>
     <row r="1026" spans="1:7">
       <c r="A1026" t="s">
-        <v>617</v>
+        <v>2120</v>
       </c>
       <c r="B1026" t="s">
-        <v>2953</v>
+        <v>3017</v>
       </c>
       <c r="C1026" t="s">
-        <v>1699</v>
+        <v>1434</v>
       </c>
       <c r="D1026" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E1026" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F1026" s="1" t="s">
-        <v>3032</v>
+        <v>3044</v>
       </c>
       <c r="G1026" t="s">
-        <v>3033</v>
+        <v>3045</v>
       </c>
     </row>
     <row r="1027" spans="1:7">
       <c r="A1027" t="s">
-        <v>3034</v>
+        <v>2126</v>
       </c>
       <c r="B1027" t="s">
-        <v>2953</v>
+        <v>3017</v>
       </c>
       <c r="C1027" t="s">
-        <v>23</v>
+        <v>1438</v>
       </c>
       <c r="D1027" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E1027" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F1027" s="1" t="s">
-        <v>3035</v>
+        <v>3046</v>
       </c>
       <c r="G1027" t="s">
-        <v>2719</v>
+        <v>3047</v>
       </c>
     </row>
     <row r="1028" spans="1:7">
       <c r="A1028" t="s">
-        <v>625</v>
+        <v>3048</v>
       </c>
       <c r="B1028" t="s">
-        <v>3036</v>
+        <v>3017</v>
       </c>
       <c r="C1028" t="s">
-        <v>1703</v>
+        <v>214</v>
       </c>
       <c r="D1028" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E1028" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F1028" s="1" t="s">
-        <v>3037</v>
+        <v>3049</v>
       </c>
       <c r="G1028" t="s">
-        <v>3038</v>
+        <v>3050</v>
       </c>
     </row>
     <row r="1029" spans="1:7">
       <c r="A1029" t="s">
-        <v>1576</v>
+        <v>2129</v>
       </c>
       <c r="B1029" t="s">
-        <v>3036</v>
+        <v>3017</v>
       </c>
       <c r="C1029" t="s">
-        <v>19</v>
+        <v>1442</v>
       </c>
       <c r="D1029" t="s">
-        <v>101</v>
+        <v>28</v>
       </c>
       <c r="E1029" t="s">
-        <v>102</v>
+        <v>29</v>
       </c>
       <c r="F1029" s="1" t="s">
-        <v>3039</v>
+        <v>3051</v>
       </c>
       <c r="G1029" t="s">
-        <v>3040</v>
+        <v>3052</v>
       </c>
     </row>
     <row r="1030" spans="1:7">
       <c r="A1030" t="s">
-        <v>1579</v>
+        <v>2146</v>
       </c>
       <c r="B1030" t="s">
-        <v>3036</v>
+        <v>3017</v>
       </c>
       <c r="C1030" t="s">
-        <v>23</v>
+        <v>1446</v>
       </c>
       <c r="D1030" t="s">
-        <v>101</v>
+        <v>28</v>
       </c>
       <c r="E1030" t="s">
-        <v>102</v>
+        <v>29</v>
       </c>
       <c r="F1030" s="1" t="s">
-        <v>3041</v>
+        <v>3053</v>
       </c>
       <c r="G1030" t="s">
-        <v>3042</v>
+        <v>3054</v>
       </c>
     </row>
     <row r="1031" spans="1:7">
       <c r="A1031" t="s">
-        <v>3043</v>
+        <v>3055</v>
       </c>
       <c r="B1031" t="s">
-        <v>3036</v>
+        <v>3017</v>
       </c>
       <c r="C1031" t="s">
-        <v>174</v>
+        <v>217</v>
       </c>
       <c r="D1031" t="s">
-        <v>211</v>
+        <v>10</v>
       </c>
       <c r="E1031" t="s">
-        <v>212</v>
+        <v>11</v>
       </c>
       <c r="F1031" s="1" t="s">
-        <v>3044</v>
+        <v>3056</v>
       </c>
       <c r="G1031" t="s">
-        <v>3045</v>
+        <v>3050</v>
       </c>
     </row>
     <row r="1032" spans="1:7">
       <c r="A1032" t="s">
-        <v>1766</v>
+        <v>3057</v>
       </c>
       <c r="B1032" t="s">
-        <v>3036</v>
+        <v>3017</v>
       </c>
       <c r="C1032" t="s">
-        <v>1707</v>
+        <v>220</v>
       </c>
       <c r="D1032" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E1032" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F1032" s="1" t="s">
-        <v>3046</v>
+        <v>3058</v>
       </c>
       <c r="G1032" t="s">
-        <v>3047</v>
+        <v>3050</v>
       </c>
     </row>
     <row r="1033" spans="1:7">
       <c r="A1033" t="s">
-        <v>1768</v>
+        <v>2172</v>
       </c>
       <c r="B1033" t="s">
-        <v>3036</v>
+        <v>3017</v>
       </c>
       <c r="C1033" t="s">
-        <v>1711</v>
+        <v>1450</v>
       </c>
       <c r="D1033" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E1033" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F1033" s="1" t="s">
-        <v>3048</v>
+        <v>3059</v>
       </c>
       <c r="G1033" t="s">
-        <v>3049</v>
+        <v>3060</v>
       </c>
     </row>
     <row r="1034" spans="1:7">
       <c r="A1034" t="s">
-        <v>1779</v>
+        <v>2175</v>
       </c>
       <c r="B1034" t="s">
-        <v>3036</v>
+        <v>3017</v>
       </c>
       <c r="C1034" t="s">
-        <v>291</v>
+        <v>1566</v>
       </c>
       <c r="D1034" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E1034" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F1034" s="1" t="s">
-        <v>3050</v>
+        <v>3061</v>
       </c>
       <c r="G1034" t="s">
-        <v>3051</v>
+        <v>3062</v>
       </c>
     </row>
     <row r="1035" spans="1:7">
       <c r="A1035" t="s">
-        <v>1782</v>
+        <v>3063</v>
       </c>
       <c r="B1035" t="s">
-        <v>3036</v>
+        <v>3017</v>
       </c>
       <c r="C1035" t="s">
-        <v>295</v>
+        <v>245</v>
       </c>
       <c r="D1035" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E1035" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F1035" s="1" t="s">
-        <v>3052</v>
+        <v>3064</v>
       </c>
       <c r="G1035" t="s">
-        <v>3053</v>
+        <v>3050</v>
       </c>
     </row>
     <row r="1036" spans="1:7">
       <c r="A1036" t="s">
-        <v>3054</v>
+        <v>3065</v>
       </c>
       <c r="B1036" t="s">
-        <v>3036</v>
+        <v>3017</v>
       </c>
       <c r="C1036" t="s">
-        <v>178</v>
+        <v>9</v>
       </c>
       <c r="D1036" t="s">
-        <v>211</v>
+        <v>10</v>
       </c>
       <c r="E1036" t="s">
-        <v>212</v>
+        <v>11</v>
       </c>
       <c r="F1036" s="1" t="s">
-        <v>3055</v>
+        <v>3066</v>
       </c>
       <c r="G1036" t="s">
-        <v>3056</v>
+        <v>3050</v>
       </c>
     </row>
     <row r="1037" spans="1:7">
       <c r="A1037" t="s">
-        <v>3057</v>
+        <v>2183</v>
       </c>
       <c r="B1037" t="s">
-        <v>3036</v>
+        <v>3017</v>
       </c>
       <c r="C1037" t="s">
-        <v>23</v>
+        <v>1749</v>
       </c>
       <c r="D1037" t="s">
-        <v>2017</v>
+        <v>28</v>
       </c>
       <c r="E1037" t="s">
-        <v>2018</v>
+        <v>29</v>
       </c>
       <c r="F1037" s="1" t="s">
-        <v>3058</v>
+        <v>3067</v>
       </c>
       <c r="G1037" t="s">
-        <v>3059</v>
+        <v>3068</v>
       </c>
     </row>
     <row r="1038" spans="1:7">
       <c r="A1038" t="s">
-        <v>1785</v>
+        <v>2189</v>
       </c>
       <c r="B1038" t="s">
-        <v>3036</v>
+        <v>3017</v>
       </c>
       <c r="C1038" t="s">
-        <v>298</v>
+        <v>1759</v>
       </c>
       <c r="D1038" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E1038" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F1038" s="1" t="s">
-        <v>3060</v>
+        <v>3069</v>
       </c>
       <c r="G1038" t="s">
-        <v>3061</v>
+        <v>3070</v>
       </c>
     </row>
     <row r="1039" spans="1:7">
       <c r="A1039" t="s">
-        <v>1788</v>
+        <v>3071</v>
       </c>
       <c r="B1039" t="s">
-        <v>3036</v>
+        <v>3017</v>
       </c>
       <c r="C1039" t="s">
-        <v>301</v>
+        <v>23</v>
       </c>
       <c r="D1039" t="s">
-        <v>49</v>
+        <v>291</v>
       </c>
       <c r="E1039" t="s">
-        <v>50</v>
+        <v>292</v>
       </c>
       <c r="F1039" s="1" t="s">
-        <v>3062</v>
+        <v>3072</v>
       </c>
       <c r="G1039" t="s">
-        <v>3063</v>
+        <v>2984</v>
       </c>
     </row>
     <row r="1040" spans="1:7">
       <c r="A1040" t="s">
-        <v>1791</v>
+        <v>3073</v>
       </c>
       <c r="B1040" t="s">
-        <v>3036</v>
+        <v>3017</v>
       </c>
       <c r="C1040" t="s">
-        <v>312</v>
+        <v>15</v>
       </c>
       <c r="D1040" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E1040" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F1040" s="1" t="s">
-        <v>3064</v>
+        <v>3074</v>
       </c>
       <c r="G1040" t="s">
-        <v>2981</v>
+        <v>3050</v>
       </c>
     </row>
     <row r="1041" spans="1:7">
       <c r="A1041" t="s">
-        <v>3065</v>
+        <v>3075</v>
       </c>
       <c r="B1041" t="s">
-        <v>3036</v>
+        <v>3017</v>
       </c>
       <c r="C1041" t="s">
-        <v>163</v>
+        <v>19</v>
       </c>
       <c r="D1041" t="s">
         <v>10</v>
       </c>
       <c r="E1041" t="s">
         <v>11</v>
       </c>
       <c r="F1041" s="1" t="s">
-        <v>3066</v>
+        <v>3076</v>
       </c>
       <c r="G1041" t="s">
-        <v>3067</v>
+        <v>3050</v>
       </c>
     </row>
     <row r="1042" spans="1:7">
       <c r="A1042" t="s">
-        <v>1794</v>
+        <v>3077</v>
       </c>
       <c r="B1042" t="s">
-        <v>3036</v>
+        <v>3017</v>
       </c>
       <c r="C1042" t="s">
-        <v>315</v>
+        <v>23</v>
       </c>
       <c r="D1042" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E1042" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F1042" s="1" t="s">
-        <v>3068</v>
+        <v>3078</v>
       </c>
       <c r="G1042" t="s">
-        <v>3069</v>
+        <v>3050</v>
       </c>
     </row>
     <row r="1043" spans="1:7">
       <c r="A1043" t="s">
-        <v>3070</v>
+        <v>3079</v>
       </c>
       <c r="B1043" t="s">
-        <v>3036</v>
+        <v>3017</v>
       </c>
       <c r="C1043" t="s">
-        <v>166</v>
+        <v>45</v>
       </c>
       <c r="D1043" t="s">
         <v>10</v>
       </c>
       <c r="E1043" t="s">
         <v>11</v>
       </c>
       <c r="F1043" s="1" t="s">
-        <v>3071</v>
+        <v>3080</v>
       </c>
       <c r="G1043" t="s">
-        <v>2602</v>
+        <v>3050</v>
       </c>
     </row>
     <row r="1044" spans="1:7">
       <c r="A1044" t="s">
-        <v>1797</v>
+        <v>3081</v>
       </c>
       <c r="B1044" t="s">
-        <v>3036</v>
+        <v>3017</v>
       </c>
       <c r="C1044" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="D1044" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E1044" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F1044" s="1" t="s">
-        <v>3072</v>
+        <v>3082</v>
       </c>
       <c r="G1044" t="s">
-        <v>3073</v>
+        <v>3050</v>
       </c>
     </row>
     <row r="1045" spans="1:7">
       <c r="A1045" t="s">
-        <v>1802</v>
+        <v>3083</v>
       </c>
       <c r="B1045" t="s">
-        <v>3036</v>
+        <v>3017</v>
       </c>
       <c r="C1045" t="s">
-        <v>32</v>
+        <v>52</v>
       </c>
       <c r="D1045" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E1045" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F1045" s="1" t="s">
-        <v>3074</v>
+        <v>3084</v>
       </c>
       <c r="G1045" t="s">
-        <v>3051</v>
+        <v>3050</v>
       </c>
     </row>
     <row r="1046" spans="1:7">
       <c r="A1046" t="s">
-        <v>1805</v>
+        <v>3085</v>
       </c>
       <c r="B1046" t="s">
-        <v>3036</v>
+        <v>3017</v>
       </c>
       <c r="C1046" t="s">
-        <v>36</v>
+        <v>55</v>
       </c>
       <c r="D1046" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E1046" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F1046" s="1" t="s">
-        <v>3075</v>
+        <v>3086</v>
       </c>
       <c r="G1046" t="s">
-        <v>3076</v>
+        <v>3087</v>
       </c>
     </row>
     <row r="1047" spans="1:7">
       <c r="A1047" t="s">
-        <v>1808</v>
+        <v>3088</v>
       </c>
       <c r="B1047" t="s">
-        <v>3036</v>
+        <v>3017</v>
       </c>
       <c r="C1047" t="s">
-        <v>39</v>
+        <v>59</v>
       </c>
       <c r="D1047" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E1047" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F1047" s="1" t="s">
-        <v>3077</v>
+        <v>3089</v>
       </c>
       <c r="G1047" t="s">
-        <v>3078</v>
+        <v>3090</v>
       </c>
     </row>
     <row r="1048" spans="1:7">
       <c r="A1048" t="s">
-        <v>1811</v>
+        <v>3091</v>
       </c>
       <c r="B1048" t="s">
-        <v>3036</v>
+        <v>3017</v>
       </c>
       <c r="C1048" t="s">
-        <v>42</v>
+        <v>63</v>
       </c>
       <c r="D1048" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E1048" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F1048" s="1" t="s">
-        <v>3079</v>
+        <v>3092</v>
       </c>
       <c r="G1048" t="s">
-        <v>3080</v>
+        <v>3093</v>
       </c>
     </row>
     <row r="1049" spans="1:7">
       <c r="A1049" t="s">
-        <v>1820</v>
+        <v>3094</v>
       </c>
       <c r="B1049" t="s">
-        <v>3036</v>
+        <v>3017</v>
       </c>
       <c r="C1049" t="s">
-        <v>45</v>
+        <v>67</v>
       </c>
       <c r="D1049" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E1049" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F1049" s="1" t="s">
-        <v>3081</v>
+        <v>3095</v>
       </c>
       <c r="G1049" t="s">
-        <v>3082</v>
+        <v>57</v>
       </c>
     </row>
     <row r="1050" spans="1:7">
       <c r="A1050" t="s">
-        <v>1823</v>
+        <v>696</v>
       </c>
       <c r="B1050" t="s">
-        <v>3036</v>
+        <v>3017</v>
       </c>
       <c r="C1050" t="s">
-        <v>63</v>
+        <v>1763</v>
       </c>
       <c r="D1050" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E1050" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F1050" s="1" t="s">
-        <v>3083</v>
+        <v>3096</v>
       </c>
       <c r="G1050" t="s">
-        <v>3084</v>
+        <v>3097</v>
       </c>
     </row>
     <row r="1051" spans="1:7">
       <c r="A1051" t="s">
-        <v>1826</v>
+        <v>3098</v>
       </c>
       <c r="B1051" t="s">
-        <v>3036</v>
+        <v>3017</v>
       </c>
       <c r="C1051" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="D1051" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E1051" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F1051" s="1" t="s">
-        <v>3085</v>
+        <v>3099</v>
       </c>
       <c r="G1051" t="s">
-        <v>3086</v>
+        <v>2783</v>
       </c>
     </row>
     <row r="1052" spans="1:7">
       <c r="A1052" t="s">
-        <v>1829</v>
+        <v>704</v>
       </c>
       <c r="B1052" t="s">
-        <v>3036</v>
+        <v>3100</v>
       </c>
       <c r="C1052" t="s">
-        <v>71</v>
+        <v>1767</v>
       </c>
       <c r="D1052" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E1052" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F1052" s="1" t="s">
-        <v>3087</v>
+        <v>3101</v>
       </c>
       <c r="G1052" t="s">
-        <v>3088</v>
+        <v>3102</v>
       </c>
     </row>
     <row r="1053" spans="1:7">
       <c r="A1053" t="s">
-        <v>1832</v>
+        <v>1640</v>
       </c>
       <c r="B1053" t="s">
-        <v>3036</v>
+        <v>3100</v>
       </c>
       <c r="C1053" t="s">
-        <v>91</v>
+        <v>67</v>
       </c>
       <c r="D1053" t="s">
-        <v>49</v>
+        <v>192</v>
       </c>
       <c r="E1053" t="s">
-        <v>50</v>
+        <v>193</v>
       </c>
       <c r="F1053" s="1" t="s">
-        <v>3089</v>
+        <v>3103</v>
       </c>
       <c r="G1053" t="s">
-        <v>3090</v>
+        <v>3104</v>
       </c>
     </row>
     <row r="1054" spans="1:7">
       <c r="A1054" t="s">
-        <v>2447</v>
+        <v>1643</v>
       </c>
       <c r="B1054" t="s">
-        <v>3036</v>
+        <v>3100</v>
       </c>
       <c r="C1054" t="s">
-        <v>23</v>
+        <v>71</v>
       </c>
       <c r="D1054" t="s">
-        <v>3091</v>
+        <v>192</v>
       </c>
       <c r="E1054" t="s">
-        <v>3092</v>
+        <v>193</v>
       </c>
       <c r="F1054" s="1" t="s">
-        <v>3093</v>
+        <v>3105</v>
       </c>
       <c r="G1054" t="s">
-        <v>3094</v>
+        <v>3106</v>
       </c>
     </row>
     <row r="1055" spans="1:7">
       <c r="A1055" t="s">
-        <v>3095</v>
+        <v>3107</v>
       </c>
       <c r="B1055" t="s">
-        <v>3036</v>
+        <v>3100</v>
       </c>
       <c r="C1055" t="s">
-        <v>182</v>
+        <v>45</v>
       </c>
       <c r="D1055" t="s">
-        <v>211</v>
+        <v>291</v>
       </c>
       <c r="E1055" t="s">
-        <v>212</v>
+        <v>292</v>
       </c>
       <c r="F1055" s="1" t="s">
-        <v>3096</v>
+        <v>3108</v>
       </c>
       <c r="G1055" t="s">
-        <v>3097</v>
+        <v>3109</v>
       </c>
     </row>
     <row r="1056" spans="1:7">
       <c r="A1056" t="s">
-        <v>1835</v>
+        <v>1830</v>
       </c>
       <c r="B1056" t="s">
-        <v>3036</v>
+        <v>3100</v>
       </c>
       <c r="C1056" t="s">
-        <v>94</v>
+        <v>1771</v>
       </c>
       <c r="D1056" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E1056" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F1056" s="1" t="s">
-        <v>3098</v>
+        <v>3110</v>
       </c>
       <c r="G1056" t="s">
-        <v>3099</v>
+        <v>3111</v>
       </c>
     </row>
     <row r="1057" spans="1:7">
       <c r="A1057" t="s">
-        <v>1838</v>
+        <v>1832</v>
       </c>
       <c r="B1057" t="s">
-        <v>3036</v>
+        <v>3100</v>
       </c>
       <c r="C1057" t="s">
-        <v>97</v>
+        <v>1775</v>
       </c>
       <c r="D1057" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E1057" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F1057" s="1" t="s">
-        <v>3100</v>
+        <v>3112</v>
       </c>
       <c r="G1057" t="s">
-        <v>3101</v>
+        <v>3113</v>
       </c>
     </row>
     <row r="1058" spans="1:7">
       <c r="A1058" t="s">
-        <v>3102</v>
+        <v>1843</v>
       </c>
       <c r="B1058" t="s">
-        <v>3036</v>
+        <v>3100</v>
       </c>
       <c r="C1058" t="s">
-        <v>170</v>
+        <v>371</v>
       </c>
       <c r="D1058" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E1058" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F1058" s="1" t="s">
-        <v>3103</v>
+        <v>3114</v>
       </c>
       <c r="G1058" t="s">
-        <v>3104</v>
+        <v>3115</v>
       </c>
     </row>
     <row r="1059" spans="1:7">
       <c r="A1059" t="s">
-        <v>3105</v>
+        <v>1846</v>
       </c>
       <c r="B1059" t="s">
-        <v>3036</v>
+        <v>3100</v>
       </c>
       <c r="C1059" t="s">
-        <v>174</v>
+        <v>375</v>
       </c>
       <c r="D1059" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E1059" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F1059" s="1" t="s">
-        <v>3106</v>
+        <v>3116</v>
       </c>
       <c r="G1059" t="s">
-        <v>3104</v>
+        <v>3117</v>
       </c>
     </row>
     <row r="1060" spans="1:7">
       <c r="A1060" t="s">
-        <v>3107</v>
+        <v>3118</v>
       </c>
       <c r="B1060" t="s">
-        <v>3036</v>
+        <v>3100</v>
       </c>
       <c r="C1060" t="s">
-        <v>178</v>
+        <v>49</v>
       </c>
       <c r="D1060" t="s">
-        <v>10</v>
+        <v>291</v>
       </c>
       <c r="E1060" t="s">
-        <v>11</v>
+        <v>292</v>
       </c>
       <c r="F1060" s="1" t="s">
-        <v>3108</v>
+        <v>3119</v>
       </c>
       <c r="G1060" t="s">
-        <v>3104</v>
+        <v>3120</v>
       </c>
     </row>
     <row r="1061" spans="1:7">
       <c r="A1061" t="s">
-        <v>1841</v>
+        <v>3121</v>
       </c>
       <c r="B1061" t="s">
-        <v>3036</v>
+        <v>3100</v>
       </c>
       <c r="C1061" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="D1061" t="s">
-        <v>49</v>
+        <v>2081</v>
       </c>
       <c r="E1061" t="s">
-        <v>50</v>
+        <v>2082</v>
       </c>
       <c r="F1061" s="1" t="s">
-        <v>3109</v>
+        <v>3122</v>
       </c>
       <c r="G1061" t="s">
-        <v>3110</v>
+        <v>3123</v>
       </c>
     </row>
     <row r="1062" spans="1:7">
       <c r="A1062" t="s">
-        <v>3111</v>
+        <v>1849</v>
       </c>
       <c r="B1062" t="s">
-        <v>3036</v>
+        <v>3100</v>
       </c>
       <c r="C1062" t="s">
-        <v>182</v>
+        <v>378</v>
       </c>
       <c r="D1062" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E1062" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F1062" s="1" t="s">
-        <v>3112</v>
+        <v>3124</v>
       </c>
       <c r="G1062" t="s">
-        <v>3113</v>
+        <v>3125</v>
       </c>
     </row>
     <row r="1063" spans="1:7">
       <c r="A1063" t="s">
-        <v>3114</v>
+        <v>1852</v>
       </c>
       <c r="B1063" t="s">
-        <v>3036</v>
+        <v>3100</v>
       </c>
       <c r="C1063" t="s">
-        <v>186</v>
+        <v>381</v>
       </c>
       <c r="D1063" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E1063" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F1063" s="1" t="s">
-        <v>3115</v>
+        <v>3126</v>
       </c>
       <c r="G1063" t="s">
-        <v>3116</v>
+        <v>3127</v>
       </c>
     </row>
     <row r="1064" spans="1:7">
       <c r="A1064" t="s">
-        <v>3117</v>
+        <v>1855</v>
       </c>
       <c r="B1064" t="s">
-        <v>3036</v>
+        <v>3100</v>
       </c>
       <c r="C1064" t="s">
-        <v>186</v>
+        <v>392</v>
       </c>
       <c r="D1064" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E1064" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F1064" s="1" t="s">
-        <v>3118</v>
+        <v>3128</v>
       </c>
       <c r="G1064" t="s">
-        <v>3113</v>
+        <v>3045</v>
       </c>
     </row>
     <row r="1065" spans="1:7">
       <c r="A1065" t="s">
-        <v>1859</v>
+        <v>3129</v>
       </c>
       <c r="B1065" t="s">
-        <v>3036</v>
+        <v>3100</v>
       </c>
       <c r="C1065" t="s">
-        <v>114</v>
+        <v>15</v>
       </c>
       <c r="D1065" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E1065" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F1065" s="1" t="s">
-        <v>3119</v>
+        <v>3130</v>
       </c>
       <c r="G1065" t="s">
-        <v>3120</v>
+        <v>3131</v>
       </c>
     </row>
     <row r="1066" spans="1:7">
       <c r="A1066" t="s">
-        <v>1862</v>
+        <v>1858</v>
       </c>
       <c r="B1066" t="s">
-        <v>3036</v>
+        <v>3100</v>
       </c>
       <c r="C1066" t="s">
-        <v>120</v>
+        <v>395</v>
       </c>
       <c r="D1066" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E1066" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F1066" s="1" t="s">
-        <v>3121</v>
+        <v>3132</v>
       </c>
       <c r="G1066" t="s">
-        <v>3122</v>
+        <v>3133</v>
       </c>
     </row>
     <row r="1067" spans="1:7">
       <c r="A1067" t="s">
-        <v>3123</v>
+        <v>3134</v>
       </c>
       <c r="B1067" t="s">
-        <v>3036</v>
+        <v>3100</v>
       </c>
       <c r="C1067" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="D1067" t="s">
-        <v>211</v>
+        <v>10</v>
       </c>
       <c r="E1067" t="s">
-        <v>212</v>
+        <v>11</v>
       </c>
       <c r="F1067" s="1" t="s">
-        <v>3124</v>
+        <v>3135</v>
       </c>
       <c r="G1067" t="s">
-        <v>3125</v>
+        <v>2666</v>
       </c>
     </row>
     <row r="1068" spans="1:7">
       <c r="A1068" t="s">
-        <v>3126</v>
+        <v>1861</v>
       </c>
       <c r="B1068" t="s">
-        <v>3036</v>
+        <v>3100</v>
       </c>
       <c r="C1068" t="s">
-        <v>9</v>
+        <v>80</v>
       </c>
       <c r="D1068" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E1068" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F1068" s="1" t="s">
-        <v>3127</v>
+        <v>3136</v>
       </c>
       <c r="G1068" t="s">
-        <v>3128</v>
+        <v>3137</v>
       </c>
     </row>
     <row r="1069" spans="1:7">
       <c r="A1069" t="s">
-        <v>3129</v>
+        <v>1866</v>
       </c>
       <c r="B1069" t="s">
-        <v>3036</v>
+        <v>3100</v>
       </c>
       <c r="C1069" t="s">
-        <v>15</v>
+        <v>92</v>
       </c>
       <c r="D1069" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E1069" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F1069" s="1" t="s">
-        <v>3130</v>
+        <v>3138</v>
       </c>
       <c r="G1069" t="s">
-        <v>3131</v>
+        <v>3115</v>
       </c>
     </row>
     <row r="1070" spans="1:7">
       <c r="A1070" t="s">
-        <v>3132</v>
+        <v>1869</v>
       </c>
       <c r="B1070" t="s">
-        <v>3036</v>
+        <v>3100</v>
       </c>
       <c r="C1070" t="s">
-        <v>19</v>
+        <v>108</v>
       </c>
       <c r="D1070" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E1070" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F1070" s="1" t="s">
-        <v>3133</v>
+        <v>3139</v>
       </c>
       <c r="G1070" t="s">
-        <v>3134</v>
+        <v>3140</v>
       </c>
     </row>
     <row r="1071" spans="1:7">
       <c r="A1071" t="s">
-        <v>3135</v>
+        <v>1872</v>
       </c>
       <c r="B1071" t="s">
-        <v>3036</v>
+        <v>3100</v>
       </c>
       <c r="C1071" t="s">
-        <v>15</v>
+        <v>111</v>
       </c>
       <c r="D1071" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E1071" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F1071" s="1" t="s">
-        <v>3136</v>
+        <v>3141</v>
       </c>
       <c r="G1071" t="s">
-        <v>3137</v>
+        <v>3142</v>
       </c>
     </row>
     <row r="1072" spans="1:7">
       <c r="A1072" t="s">
-        <v>1865</v>
+        <v>1875</v>
       </c>
       <c r="B1072" t="s">
-        <v>3036</v>
+        <v>3100</v>
       </c>
       <c r="C1072" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="D1072" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E1072" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F1072" s="1" t="s">
-        <v>3138</v>
+        <v>3143</v>
       </c>
       <c r="G1072" t="s">
-        <v>2780</v>
+        <v>3144</v>
       </c>
     </row>
     <row r="1073" spans="1:7">
       <c r="A1073" t="s">
-        <v>1867</v>
+        <v>1884</v>
       </c>
       <c r="B1073" t="s">
-        <v>3036</v>
+        <v>3100</v>
       </c>
       <c r="C1073" t="s">
-        <v>127</v>
+        <v>136</v>
       </c>
       <c r="D1073" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E1073" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F1073" s="1" t="s">
-        <v>3139</v>
+        <v>3145</v>
       </c>
       <c r="G1073" t="s">
-        <v>3140</v>
+        <v>3146</v>
       </c>
     </row>
     <row r="1074" spans="1:7">
       <c r="A1074" t="s">
-        <v>3141</v>
+        <v>1887</v>
       </c>
       <c r="B1074" t="s">
-        <v>3036</v>
+        <v>3100</v>
       </c>
       <c r="C1074" t="s">
-        <v>19</v>
+        <v>152</v>
       </c>
       <c r="D1074" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E1074" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F1074" s="1" t="s">
-        <v>3142</v>
+        <v>3147</v>
       </c>
       <c r="G1074" t="s">
-        <v>3143</v>
+        <v>3148</v>
       </c>
     </row>
     <row r="1075" spans="1:7">
       <c r="A1075" t="s">
-        <v>1872</v>
+        <v>1890</v>
       </c>
       <c r="B1075" t="s">
-        <v>3036</v>
+        <v>3100</v>
       </c>
       <c r="C1075" t="s">
-        <v>130</v>
+        <v>156</v>
       </c>
       <c r="D1075" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E1075" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F1075" s="1" t="s">
-        <v>3144</v>
+        <v>3149</v>
       </c>
       <c r="G1075" t="s">
-        <v>3145</v>
+        <v>3150</v>
       </c>
     </row>
     <row r="1076" spans="1:7">
       <c r="A1076" t="s">
-        <v>1882</v>
+        <v>1893</v>
       </c>
       <c r="B1076" t="s">
-        <v>3036</v>
+        <v>3100</v>
       </c>
       <c r="C1076" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="D1076" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E1076" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F1076" s="1" t="s">
-        <v>3146</v>
+        <v>3151</v>
       </c>
       <c r="G1076" t="s">
-        <v>3147</v>
+        <v>3152</v>
       </c>
     </row>
     <row r="1077" spans="1:7">
       <c r="A1077" t="s">
-        <v>1900</v>
+        <v>1896</v>
       </c>
       <c r="B1077" t="s">
-        <v>3036</v>
+        <v>3100</v>
       </c>
       <c r="C1077" t="s">
-        <v>160</v>
+        <v>183</v>
       </c>
       <c r="D1077" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E1077" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F1077" s="1" t="s">
-        <v>3148</v>
+        <v>3153</v>
       </c>
       <c r="G1077" t="s">
-        <v>3149</v>
+        <v>3154</v>
       </c>
     </row>
     <row r="1078" spans="1:7">
       <c r="A1078" t="s">
-        <v>1914</v>
+        <v>2511</v>
       </c>
       <c r="B1078" t="s">
-        <v>3036</v>
+        <v>3100</v>
       </c>
       <c r="C1078" t="s">
-        <v>163</v>
+        <v>71</v>
       </c>
       <c r="D1078" t="s">
-        <v>49</v>
+        <v>3155</v>
       </c>
       <c r="E1078" t="s">
-        <v>50</v>
+        <v>3156</v>
       </c>
       <c r="F1078" s="1" t="s">
-        <v>3150</v>
+        <v>3157</v>
       </c>
       <c r="G1078" t="s">
-        <v>3151</v>
+        <v>3158</v>
       </c>
     </row>
     <row r="1079" spans="1:7">
       <c r="A1079" t="s">
-        <v>3152</v>
+        <v>3159</v>
       </c>
       <c r="B1079" t="s">
-        <v>3036</v>
+        <v>3100</v>
       </c>
       <c r="C1079" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="D1079" t="s">
-        <v>58</v>
+        <v>291</v>
       </c>
       <c r="E1079" t="s">
-        <v>59</v>
+        <v>292</v>
       </c>
       <c r="F1079" s="1" t="s">
-        <v>3153</v>
+        <v>3160</v>
       </c>
       <c r="G1079" t="s">
-        <v>3154</v>
+        <v>3161</v>
       </c>
     </row>
     <row r="1080" spans="1:7">
       <c r="A1080" t="s">
-        <v>3155</v>
+        <v>1899</v>
       </c>
       <c r="B1080" t="s">
-        <v>3036</v>
+        <v>3100</v>
       </c>
       <c r="C1080" t="s">
-        <v>23</v>
+        <v>186</v>
       </c>
       <c r="D1080" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E1080" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="F1080" s="1" t="s">
-        <v>3156</v>
+        <v>3162</v>
       </c>
       <c r="G1080" t="s">
-        <v>3157</v>
+        <v>3163</v>
       </c>
     </row>
     <row r="1081" spans="1:7">
       <c r="A1081" t="s">
-        <v>3158</v>
+        <v>1902</v>
       </c>
       <c r="B1081" t="s">
-        <v>3036</v>
+        <v>3100</v>
       </c>
       <c r="C1081" t="s">
-        <v>23</v>
+        <v>189</v>
       </c>
       <c r="D1081" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E1081" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="F1081" s="1" t="s">
-        <v>3159</v>
+        <v>3164</v>
       </c>
       <c r="G1081" t="s">
-        <v>3160</v>
+        <v>3165</v>
       </c>
     </row>
     <row r="1082" spans="1:7">
       <c r="A1082" t="s">
-        <v>1917</v>
+        <v>3166</v>
       </c>
       <c r="B1082" t="s">
-        <v>3036</v>
+        <v>3100</v>
       </c>
       <c r="C1082" t="s">
-        <v>166</v>
+        <v>23</v>
       </c>
       <c r="D1082" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E1082" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F1082" s="1" t="s">
-        <v>3161</v>
+        <v>3167</v>
       </c>
       <c r="G1082" t="s">
-        <v>3162</v>
+        <v>3168</v>
       </c>
     </row>
     <row r="1083" spans="1:7">
       <c r="A1083" t="s">
-        <v>1920</v>
+        <v>3169</v>
       </c>
       <c r="B1083" t="s">
-        <v>3036</v>
+        <v>3100</v>
       </c>
       <c r="C1083" t="s">
-        <v>170</v>
+        <v>45</v>
       </c>
       <c r="D1083" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E1083" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F1083" s="1" t="s">
-        <v>3163</v>
+        <v>3170</v>
       </c>
       <c r="G1083" t="s">
-        <v>3164</v>
+        <v>3168</v>
       </c>
     </row>
     <row r="1084" spans="1:7">
       <c r="A1084" t="s">
-        <v>1923</v>
+        <v>3171</v>
       </c>
       <c r="B1084" t="s">
-        <v>3036</v>
+        <v>3100</v>
       </c>
       <c r="C1084" t="s">
-        <v>174</v>
+        <v>49</v>
       </c>
       <c r="D1084" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E1084" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F1084" s="1" t="s">
-        <v>3165</v>
+        <v>3172</v>
       </c>
       <c r="G1084" t="s">
-        <v>3166</v>
+        <v>3168</v>
       </c>
     </row>
     <row r="1085" spans="1:7">
       <c r="A1085" t="s">
-        <v>1933</v>
+        <v>1905</v>
       </c>
       <c r="B1085" t="s">
-        <v>3036</v>
+        <v>3100</v>
       </c>
       <c r="C1085" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="D1085" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E1085" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F1085" s="1" t="s">
-        <v>3167</v>
+        <v>3173</v>
       </c>
       <c r="G1085" t="s">
-        <v>3168</v>
+        <v>3174</v>
       </c>
     </row>
     <row r="1086" spans="1:7">
       <c r="A1086" t="s">
-        <v>1939</v>
+        <v>3175</v>
       </c>
       <c r="B1086" t="s">
-        <v>3036</v>
+        <v>3100</v>
       </c>
       <c r="C1086" t="s">
-        <v>182</v>
+        <v>52</v>
       </c>
       <c r="D1086" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E1086" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F1086" s="1" t="s">
-        <v>3169</v>
+        <v>3176</v>
       </c>
       <c r="G1086" t="s">
-        <v>3170</v>
+        <v>3177</v>
       </c>
     </row>
     <row r="1087" spans="1:7">
       <c r="A1087" t="s">
-        <v>1942</v>
+        <v>3178</v>
       </c>
       <c r="B1087" t="s">
-        <v>3036</v>
+        <v>3100</v>
       </c>
       <c r="C1087" t="s">
-        <v>186</v>
+        <v>55</v>
       </c>
       <c r="D1087" t="s">
-        <v>49</v>
+        <v>291</v>
       </c>
       <c r="E1087" t="s">
-        <v>50</v>
+        <v>292</v>
       </c>
       <c r="F1087" s="1" t="s">
-        <v>3171</v>
+        <v>3179</v>
       </c>
       <c r="G1087" t="s">
-        <v>3172</v>
+        <v>3180</v>
       </c>
     </row>
     <row r="1088" spans="1:7">
       <c r="A1088" t="s">
-        <v>2122</v>
+        <v>3181</v>
       </c>
       <c r="B1088" t="s">
-        <v>3036</v>
+        <v>3100</v>
       </c>
       <c r="C1088" t="s">
-        <v>9</v>
+        <v>55</v>
       </c>
       <c r="D1088" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="E1088" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F1088" s="1" t="s">
-        <v>3173</v>
+        <v>3182</v>
       </c>
       <c r="G1088" t="s">
-        <v>3174</v>
+        <v>3177</v>
       </c>
     </row>
     <row r="1089" spans="1:7">
       <c r="A1089" t="s">
-        <v>2131</v>
+        <v>1923</v>
       </c>
       <c r="B1089" t="s">
-        <v>3036</v>
+        <v>3100</v>
       </c>
       <c r="C1089" t="s">
-        <v>15</v>
+        <v>205</v>
       </c>
       <c r="D1089" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E1089" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F1089" s="1" t="s">
-        <v>3175</v>
+        <v>3183</v>
       </c>
       <c r="G1089" t="s">
-        <v>3176</v>
+        <v>3184</v>
       </c>
     </row>
     <row r="1090" spans="1:7">
       <c r="A1090" t="s">
-        <v>690</v>
+        <v>1926</v>
       </c>
       <c r="B1090" t="s">
-        <v>3036</v>
+        <v>3100</v>
       </c>
       <c r="C1090" t="s">
-        <v>19</v>
+        <v>211</v>
       </c>
       <c r="D1090" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E1090" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="F1090" s="1" t="s">
-        <v>3177</v>
+        <v>3185</v>
       </c>
       <c r="G1090" t="s">
-        <v>3178</v>
+        <v>3186</v>
       </c>
     </row>
     <row r="1091" spans="1:7">
       <c r="A1091" t="s">
-        <v>2139</v>
+        <v>3187</v>
       </c>
       <c r="B1091" t="s">
-        <v>3036</v>
+        <v>3100</v>
       </c>
       <c r="C1091" t="s">
+        <v>59</v>
+      </c>
+      <c r="D1091" t="s">
+        <v>291</v>
+      </c>
+      <c r="E1091" t="s">
+        <v>292</v>
+      </c>
+      <c r="F1091" s="1" t="s">
+        <v>3188</v>
+      </c>
+      <c r="G1091" t="s">
+        <v>3189</v>
+      </c>
+    </row>
+    <row r="1092" spans="1:7">
+      <c r="A1092" t="s">
+        <v>3190</v>
+      </c>
+      <c r="B1092" t="s">
+        <v>3100</v>
+      </c>
+      <c r="C1092" t="s">
+        <v>59</v>
+      </c>
+      <c r="D1092" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1092" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1092" s="1" t="s">
+        <v>3191</v>
+      </c>
+      <c r="G1092" t="s">
+        <v>3192</v>
+      </c>
+    </row>
+    <row r="1093" spans="1:7">
+      <c r="A1093" t="s">
+        <v>3193</v>
+      </c>
+      <c r="B1093" t="s">
+        <v>3100</v>
+      </c>
+      <c r="C1093" t="s">
+        <v>63</v>
+      </c>
+      <c r="D1093" t="s">
+        <v>291</v>
+      </c>
+      <c r="E1093" t="s">
+        <v>292</v>
+      </c>
+      <c r="F1093" s="1" t="s">
+        <v>3194</v>
+      </c>
+      <c r="G1093" t="s">
+        <v>3195</v>
+      </c>
+    </row>
+    <row r="1094" spans="1:7">
+      <c r="A1094" t="s">
+        <v>3196</v>
+      </c>
+      <c r="B1094" t="s">
+        <v>3100</v>
+      </c>
+      <c r="C1094" t="s">
+        <v>67</v>
+      </c>
+      <c r="D1094" t="s">
+        <v>291</v>
+      </c>
+      <c r="E1094" t="s">
+        <v>292</v>
+      </c>
+      <c r="F1094" s="1" t="s">
+        <v>3197</v>
+      </c>
+      <c r="G1094" t="s">
+        <v>3198</v>
+      </c>
+    </row>
+    <row r="1095" spans="1:7">
+      <c r="A1095" t="s">
+        <v>3199</v>
+      </c>
+      <c r="B1095" t="s">
+        <v>3100</v>
+      </c>
+      <c r="C1095" t="s">
+        <v>63</v>
+      </c>
+      <c r="D1095" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1095" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1095" s="1" t="s">
+        <v>3200</v>
+      </c>
+      <c r="G1095" t="s">
+        <v>3201</v>
+      </c>
+    </row>
+    <row r="1096" spans="1:7">
+      <c r="A1096" t="s">
+        <v>1929</v>
+      </c>
+      <c r="B1096" t="s">
+        <v>3100</v>
+      </c>
+      <c r="C1096" t="s">
+        <v>214</v>
+      </c>
+      <c r="D1096" t="s">
+        <v>28</v>
+      </c>
+      <c r="E1096" t="s">
+        <v>29</v>
+      </c>
+      <c r="F1096" s="1" t="s">
+        <v>3202</v>
+      </c>
+      <c r="G1096" t="s">
+        <v>2844</v>
+      </c>
+    </row>
+    <row r="1097" spans="1:7">
+      <c r="A1097" t="s">
+        <v>1931</v>
+      </c>
+      <c r="B1097" t="s">
+        <v>3100</v>
+      </c>
+      <c r="C1097" t="s">
+        <v>217</v>
+      </c>
+      <c r="D1097" t="s">
+        <v>28</v>
+      </c>
+      <c r="E1097" t="s">
+        <v>29</v>
+      </c>
+      <c r="F1097" s="1" t="s">
+        <v>3203</v>
+      </c>
+      <c r="G1097" t="s">
+        <v>3204</v>
+      </c>
+    </row>
+    <row r="1098" spans="1:7">
+      <c r="A1098" t="s">
+        <v>3205</v>
+      </c>
+      <c r="B1098" t="s">
+        <v>3100</v>
+      </c>
+      <c r="C1098" t="s">
+        <v>67</v>
+      </c>
+      <c r="D1098" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1098" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1098" s="1" t="s">
+        <v>3206</v>
+      </c>
+      <c r="G1098" t="s">
+        <v>3207</v>
+      </c>
+    </row>
+    <row r="1099" spans="1:7">
+      <c r="A1099" t="s">
+        <v>1936</v>
+      </c>
+      <c r="B1099" t="s">
+        <v>3100</v>
+      </c>
+      <c r="C1099" t="s">
+        <v>220</v>
+      </c>
+      <c r="D1099" t="s">
+        <v>28</v>
+      </c>
+      <c r="E1099" t="s">
+        <v>29</v>
+      </c>
+      <c r="F1099" s="1" t="s">
+        <v>3208</v>
+      </c>
+      <c r="G1099" t="s">
+        <v>3209</v>
+      </c>
+    </row>
+    <row r="1100" spans="1:7">
+      <c r="A1100" t="s">
+        <v>1946</v>
+      </c>
+      <c r="B1100" t="s">
+        <v>3100</v>
+      </c>
+      <c r="C1100" t="s">
+        <v>245</v>
+      </c>
+      <c r="D1100" t="s">
+        <v>28</v>
+      </c>
+      <c r="E1100" t="s">
+        <v>29</v>
+      </c>
+      <c r="F1100" s="1" t="s">
+        <v>3210</v>
+      </c>
+      <c r="G1100" t="s">
+        <v>3211</v>
+      </c>
+    </row>
+    <row r="1101" spans="1:7">
+      <c r="A1101" t="s">
+        <v>1964</v>
+      </c>
+      <c r="B1101" t="s">
+        <v>3100</v>
+      </c>
+      <c r="C1101" t="s">
+        <v>9</v>
+      </c>
+      <c r="D1101" t="s">
+        <v>28</v>
+      </c>
+      <c r="E1101" t="s">
+        <v>29</v>
+      </c>
+      <c r="F1101" s="1" t="s">
+        <v>3212</v>
+      </c>
+      <c r="G1101" t="s">
+        <v>3213</v>
+      </c>
+    </row>
+    <row r="1102" spans="1:7">
+      <c r="A1102" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B1102" t="s">
+        <v>3100</v>
+      </c>
+      <c r="C1102" t="s">
+        <v>15</v>
+      </c>
+      <c r="D1102" t="s">
+        <v>28</v>
+      </c>
+      <c r="E1102" t="s">
+        <v>29</v>
+      </c>
+      <c r="F1102" s="1" t="s">
+        <v>3214</v>
+      </c>
+      <c r="G1102" t="s">
+        <v>3215</v>
+      </c>
+    </row>
+    <row r="1103" spans="1:7">
+      <c r="A1103" t="s">
+        <v>3216</v>
+      </c>
+      <c r="B1103" t="s">
+        <v>3100</v>
+      </c>
+      <c r="C1103" t="s">
+        <v>71</v>
+      </c>
+      <c r="D1103" t="s">
+        <v>147</v>
+      </c>
+      <c r="E1103" t="s">
+        <v>148</v>
+      </c>
+      <c r="F1103" s="1" t="s">
+        <v>3217</v>
+      </c>
+      <c r="G1103" t="s">
+        <v>3218</v>
+      </c>
+    </row>
+    <row r="1104" spans="1:7">
+      <c r="A1104" t="s">
+        <v>3219</v>
+      </c>
+      <c r="B1104" t="s">
+        <v>3100</v>
+      </c>
+      <c r="C1104" t="s">
+        <v>71</v>
+      </c>
+      <c r="D1104" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1104" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1104" s="1" t="s">
+        <v>3220</v>
+      </c>
+      <c r="G1104" t="s">
+        <v>3221</v>
+      </c>
+    </row>
+    <row r="1105" spans="1:7">
+      <c r="A1105" t="s">
+        <v>3222</v>
+      </c>
+      <c r="B1105" t="s">
+        <v>3100</v>
+      </c>
+      <c r="C1105" t="s">
+        <v>71</v>
+      </c>
+      <c r="D1105" t="s">
+        <v>291</v>
+      </c>
+      <c r="E1105" t="s">
+        <v>292</v>
+      </c>
+      <c r="F1105" s="1" t="s">
+        <v>3223</v>
+      </c>
+      <c r="G1105" t="s">
+        <v>3224</v>
+      </c>
+    </row>
+    <row r="1106" spans="1:7">
+      <c r="A1106" t="s">
+        <v>1981</v>
+      </c>
+      <c r="B1106" t="s">
+        <v>3100</v>
+      </c>
+      <c r="C1106" t="s">
+        <v>19</v>
+      </c>
+      <c r="D1106" t="s">
+        <v>28</v>
+      </c>
+      <c r="E1106" t="s">
+        <v>29</v>
+      </c>
+      <c r="F1106" s="1" t="s">
+        <v>3225</v>
+      </c>
+      <c r="G1106" t="s">
+        <v>3226</v>
+      </c>
+    </row>
+    <row r="1107" spans="1:7">
+      <c r="A1107" t="s">
+        <v>1984</v>
+      </c>
+      <c r="B1107" t="s">
+        <v>3100</v>
+      </c>
+      <c r="C1107" t="s">
         <v>23</v>
       </c>
-      <c r="D1091" t="s">
+      <c r="D1107" t="s">
+        <v>28</v>
+      </c>
+      <c r="E1107" t="s">
+        <v>29</v>
+      </c>
+      <c r="F1107" s="1" t="s">
+        <v>3227</v>
+      </c>
+      <c r="G1107" t="s">
+        <v>3228</v>
+      </c>
+    </row>
+    <row r="1108" spans="1:7">
+      <c r="A1108" t="s">
+        <v>1987</v>
+      </c>
+      <c r="B1108" t="s">
+        <v>3100</v>
+      </c>
+      <c r="C1108" t="s">
+        <v>45</v>
+      </c>
+      <c r="D1108" t="s">
+        <v>28</v>
+      </c>
+      <c r="E1108" t="s">
+        <v>29</v>
+      </c>
+      <c r="F1108" s="1" t="s">
+        <v>3229</v>
+      </c>
+      <c r="G1108" t="s">
+        <v>3230</v>
+      </c>
+    </row>
+    <row r="1109" spans="1:7">
+      <c r="A1109" t="s">
+        <v>1997</v>
+      </c>
+      <c r="B1109" t="s">
+        <v>3100</v>
+      </c>
+      <c r="C1109" t="s">
         <v>49</v>
       </c>
-      <c r="E1091" t="s">
-[...6 lines deleted...]
-        <v>3180</v>
+      <c r="D1109" t="s">
+        <v>28</v>
+      </c>
+      <c r="E1109" t="s">
+        <v>29</v>
+      </c>
+      <c r="F1109" s="1" t="s">
+        <v>3231</v>
+      </c>
+      <c r="G1109" t="s">
+        <v>3232</v>
+      </c>
+    </row>
+    <row r="1110" spans="1:7">
+      <c r="A1110" t="s">
+        <v>2003</v>
+      </c>
+      <c r="B1110" t="s">
+        <v>3100</v>
+      </c>
+      <c r="C1110" t="s">
+        <v>52</v>
+      </c>
+      <c r="D1110" t="s">
+        <v>28</v>
+      </c>
+      <c r="E1110" t="s">
+        <v>29</v>
+      </c>
+      <c r="F1110" s="1" t="s">
+        <v>3233</v>
+      </c>
+      <c r="G1110" t="s">
+        <v>3234</v>
+      </c>
+    </row>
+    <row r="1111" spans="1:7">
+      <c r="A1111" t="s">
+        <v>2006</v>
+      </c>
+      <c r="B1111" t="s">
+        <v>3100</v>
+      </c>
+      <c r="C1111" t="s">
+        <v>55</v>
+      </c>
+      <c r="D1111" t="s">
+        <v>28</v>
+      </c>
+      <c r="E1111" t="s">
+        <v>29</v>
+      </c>
+      <c r="F1111" s="1" t="s">
+        <v>3235</v>
+      </c>
+      <c r="G1111" t="s">
+        <v>3236</v>
+      </c>
+    </row>
+    <row r="1112" spans="1:7">
+      <c r="A1112" t="s">
+        <v>2186</v>
+      </c>
+      <c r="B1112" t="s">
+        <v>3100</v>
+      </c>
+      <c r="C1112" t="s">
+        <v>59</v>
+      </c>
+      <c r="D1112" t="s">
+        <v>28</v>
+      </c>
+      <c r="E1112" t="s">
+        <v>29</v>
+      </c>
+      <c r="F1112" s="1" t="s">
+        <v>3237</v>
+      </c>
+      <c r="G1112" t="s">
+        <v>3238</v>
+      </c>
+    </row>
+    <row r="1113" spans="1:7">
+      <c r="A1113" t="s">
+        <v>2195</v>
+      </c>
+      <c r="B1113" t="s">
+        <v>3100</v>
+      </c>
+      <c r="C1113" t="s">
+        <v>63</v>
+      </c>
+      <c r="D1113" t="s">
+        <v>28</v>
+      </c>
+      <c r="E1113" t="s">
+        <v>29</v>
+      </c>
+      <c r="F1113" s="1" t="s">
+        <v>3239</v>
+      </c>
+      <c r="G1113" t="s">
+        <v>3240</v>
+      </c>
+    </row>
+    <row r="1114" spans="1:7">
+      <c r="A1114" t="s">
+        <v>769</v>
+      </c>
+      <c r="B1114" t="s">
+        <v>3100</v>
+      </c>
+      <c r="C1114" t="s">
+        <v>67</v>
+      </c>
+      <c r="D1114" t="s">
+        <v>28</v>
+      </c>
+      <c r="E1114" t="s">
+        <v>29</v>
+      </c>
+      <c r="F1114" s="1" t="s">
+        <v>3241</v>
+      </c>
+      <c r="G1114" t="s">
+        <v>3242</v>
+      </c>
+    </row>
+    <row r="1115" spans="1:7">
+      <c r="A1115" t="s">
+        <v>2203</v>
+      </c>
+      <c r="B1115" t="s">
+        <v>3100</v>
+      </c>
+      <c r="C1115" t="s">
+        <v>71</v>
+      </c>
+      <c r="D1115" t="s">
+        <v>28</v>
+      </c>
+      <c r="E1115" t="s">
+        <v>29</v>
+      </c>
+      <c r="F1115" s="1" t="s">
+        <v>3243</v>
+      </c>
+      <c r="G1115" t="s">
+        <v>3244</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
@@ -36131,50 +36875,74 @@
     <hyperlink ref="F1067" r:id="rId1066"/>
     <hyperlink ref="F1068" r:id="rId1067"/>
     <hyperlink ref="F1069" r:id="rId1068"/>
     <hyperlink ref="F1070" r:id="rId1069"/>
     <hyperlink ref="F1071" r:id="rId1070"/>
     <hyperlink ref="F1072" r:id="rId1071"/>
     <hyperlink ref="F1073" r:id="rId1072"/>
     <hyperlink ref="F1074" r:id="rId1073"/>
     <hyperlink ref="F1075" r:id="rId1074"/>
     <hyperlink ref="F1076" r:id="rId1075"/>
     <hyperlink ref="F1077" r:id="rId1076"/>
     <hyperlink ref="F1078" r:id="rId1077"/>
     <hyperlink ref="F1079" r:id="rId1078"/>
     <hyperlink ref="F1080" r:id="rId1079"/>
     <hyperlink ref="F1081" r:id="rId1080"/>
     <hyperlink ref="F1082" r:id="rId1081"/>
     <hyperlink ref="F1083" r:id="rId1082"/>
     <hyperlink ref="F1084" r:id="rId1083"/>
     <hyperlink ref="F1085" r:id="rId1084"/>
     <hyperlink ref="F1086" r:id="rId1085"/>
     <hyperlink ref="F1087" r:id="rId1086"/>
     <hyperlink ref="F1088" r:id="rId1087"/>
     <hyperlink ref="F1089" r:id="rId1088"/>
     <hyperlink ref="F1090" r:id="rId1089"/>
     <hyperlink ref="F1091" r:id="rId1090"/>
+    <hyperlink ref="F1092" r:id="rId1091"/>
+    <hyperlink ref="F1093" r:id="rId1092"/>
+    <hyperlink ref="F1094" r:id="rId1093"/>
+    <hyperlink ref="F1095" r:id="rId1094"/>
+    <hyperlink ref="F1096" r:id="rId1095"/>
+    <hyperlink ref="F1097" r:id="rId1096"/>
+    <hyperlink ref="F1098" r:id="rId1097"/>
+    <hyperlink ref="F1099" r:id="rId1098"/>
+    <hyperlink ref="F1100" r:id="rId1099"/>
+    <hyperlink ref="F1101" r:id="rId1100"/>
+    <hyperlink ref="F1102" r:id="rId1101"/>
+    <hyperlink ref="F1103" r:id="rId1102"/>
+    <hyperlink ref="F1104" r:id="rId1103"/>
+    <hyperlink ref="F1105" r:id="rId1104"/>
+    <hyperlink ref="F1106" r:id="rId1105"/>
+    <hyperlink ref="F1107" r:id="rId1106"/>
+    <hyperlink ref="F1108" r:id="rId1107"/>
+    <hyperlink ref="F1109" r:id="rId1108"/>
+    <hyperlink ref="F1110" r:id="rId1109"/>
+    <hyperlink ref="F1111" r:id="rId1110"/>
+    <hyperlink ref="F1112" r:id="rId1111"/>
+    <hyperlink ref="F1113" r:id="rId1112"/>
+    <hyperlink ref="F1114" r:id="rId1113"/>
+    <hyperlink ref="F1115" r:id="rId1114"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>